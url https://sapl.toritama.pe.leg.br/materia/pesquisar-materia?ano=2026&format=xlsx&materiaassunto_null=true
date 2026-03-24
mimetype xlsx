--- v0 (2026-01-24)
+++ v1 (2026-03-24)
@@ -10,641 +10,1697 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="368" uniqueCount="194">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1072" uniqueCount="527">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ferreirinha Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3068/belmiro_20251103_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3068/belmiro_20251103_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao Prefeito Sérgio Colin que seja ampliada a escola Belmiro Gonçalves com mais salas para atender as demandas das mães.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3069/creche_20251103_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3069/creche_20251103_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao Prefeito Sérgio Cólin que seja ampliada a Creche do Independente, tendo em vista a procura das mães e a enorme lista de espera, que tem na busca por uma vaga.</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Edinaelson do São João</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3070/indicacao23-10-.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3070/indicacao23-10-.pdf</t>
   </si>
   <si>
     <t>Venho, por meio desta, solicitar a consideração e envio, por parte de Vossa Excelência, de um projeto de lei que estabeleça a concessão de Carteira Nacional de Habilitação (CNH) gratuita para cidadãos de baixa renda deste município.</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Mava</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3071/img_20251127_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3071/img_20251127_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, que seja encaminhado ao Excelentíssimo Senhor Sérgio Collin, o presente pleito para que sejam adotadas todas as medidas necessárias junto ao Governo de Pernambuco com o objetivo de viabilizar a vinda da Carreta da Mulher Pernambucana ao nosso município.</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3072/img_20251029_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3072/img_20251029_0001.pdf</t>
   </si>
   <si>
     <t>Solicita a aquisição de novos fardamentos para os garis, guardas municipais e profissionais do SAMU.</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3073/img_20260105_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3073/img_20260105_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, Prefeito Sérgio Procópio Colin da Silva Carvalho, que seja enviado um projeto de Lei criando o REFIS 2026.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Zé Muela</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3086/indasfrgal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3086/indasfrgal.pdf</t>
   </si>
   <si>
     <t>Que seja realizado a pavimentação asfáltica na R. Galdino Afonso que estende da Rua_x000D_
 Manoel Borda até a Travessa Manoel Tenório. Como também na Rua Manoel Tenório_x000D_
 com extensão da Rua Iraci Texeira até a Travessa Largo da Paz e ainda a R. Tiburcio_x000D_
 Bezerra da Silva que se estende da R. Manoel Tenório até a R. Claudemir Elpídio da_x000D_
 Silva.</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3087/indasfger.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3087/indasfger.pdf</t>
   </si>
   <si>
     <t>Que seja realizado a pavimentação asfáltica na Rua Gercino Tabosa que se estende_x000D_
 da Rua Galdino Afonso até a Rua Joaquin Tabosa. Como também na Rua Manoel_x000D_
 Borba com extensão da Travessa Manoel Borda até a Rua Largo da Paz.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Paulo Tavares</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3088/indicacao_01-2026.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3088/indicacao_01-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, a instalação de um bebedouro de água potável no Parque Biblioteca Maria dos Anjos, visando assegurar melhores condições de uso, conforto e bem-estar aos frequentadores do espaço.</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3089/indicacao_02-2026.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3089/indicacao_02-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, e à Secretaria de Infraestrutura Urbana a realização de operação tapa-buracos na Rua José Eraldo da Silva, iniciando em frente ao Mercadinho Soares até o final da rua, com vistas à melhoria das condições de tráfego e segurança no local._x000D_
 _x000D_
 Reconhecendo o excelente trabalho que vem sendo desenvolvido pela gestão municipal e o esforço contínuo do Poder Executivo na manutenção das vias públicas, esta Indicação tem caráter colaborativo, buscando somar às ações já realizadas e atender a uma demanda apresentada por moradores e usuários da região.</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3090/gertulio_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3090/gertulio_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja asfaltada a Rua Gertúlio Vagas no Bairro Fazenda Velha, por solicitação da moradora Rayane.</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3091/beco_sao_joao_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3091/beco_sao_joao_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o complemento da Rua Bom jesus, da Rua sete de Setembro e o Beco São João</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3092/izidio_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3092/izidio_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito uma creche no Bairro do Coqueiral, para atender a demanda dos Bairros: Planalto, Novo Coqueiral, Arlindo e Izidio Tavares.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Matheus Santana</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3094/reforcandoindic.rua.honorio_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3094/reforcandoindic.rua.honorio_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Que seja realizado o calçamento da Rua Honório Minervino, localizada no bairro Deus é Fiel, nas proximidades do batalhão do BEPI._x000D_
 Reforçando a indicação de minha autoria nº 143.</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3096/indicacao_03-2026.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3096/indicacao_03-2026.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, por meio da Secretaria Municipal de Infraestrutura Urbana, a adoção das providências necessárias para a pavimentação asfáltica do trecho compreendido entre a UBS Generino e a Rua 3 Cacetes, neste Município.</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3097/creche_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3097/creche_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja ampliada a escola Belmiro Gonçalves com mais salas, para atender a demanda dos alunos.</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3098/creche_independente_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3098/creche_independente_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja ampliada a creche do Independente com mais salas, utilizando o Terreno Baldio ao lado, para atender a demanda das mães.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3099/lavanderia_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3099/lavanderia_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito a coberta do Canal do Bairro do Antão. Iniciando da Lavanderia de Raniere até a quadra de Borracha.</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3100/abrigo_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3100/abrigo_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja utilizado o espaço da Escola de Travessias para um abrigo de acolhimento dos animais de Rua.</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3101/img_20260114_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3101/img_20260114_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Excelentíssimo Senhor Prefeito Sérgio Collin, que sejam adotadas todas as medidas necessárias para implantação de um ESCOLA MUNICIPAL DE INFORMÁTICA.</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3102/img_20260116_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3102/img_20260116_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Excelentíssimo Senhor Prefeito Sérgio Collin, que sejam adotadas todas as medidas necessárias para idealização de uma Secretaria Municipal da Neurodiversidade.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3103/img_20260119_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3103/img_20260119_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Excelentíssimo Senhor Prefeito Sérgio Collin, que sejam adotadas todas as medidas necessárias para que seja exercida, em todo território municipal, a Lei 14.626/23 que garante o atendimento prioritário para pessoas com transtorno do espectro autista, com mobilidade reduzida ou doadores de sangue.</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3104/indicacao_04-2026_1_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3104/indicacao_04-2026_1_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, a instalação de iluminação pública nas margens da Rodovia PE-90, no trecho compreendido entre o Novo Coqueiral e o Loteamento Nova Morada.</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Carlos da Saúde</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3105/capacitacao_em_libras.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3105/capacitacao_em_libras.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma capacitação em Libras ( Língua Brasileira de sinais), em pelo menos um colaborador, nas repartições públicas, a título de exemplo, no hospital uma enfermeira que tenha essa especialização, para poder atender pacientes, surdos ou mudos. Pois foi notada essa dificuldade no atendimento a esse público alvo, vale ressaltar que essa dificuldade também existe no setor privado.</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3106/indicacao_05-2026_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3106/indicacao_05-2026_1.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, a realização de limpeza, desobstrução e manutenção dos canais existentes no Município.</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3108/img_20260121_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3108/img_20260121_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Excelentíssimo Senhor Prefeito Sérgio Collins, que sejam adotadas todas as medidas necessárias para que seja feito o saneamento e pavimentação de todas às ruas do Bairro Campo Alegre.</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3109/cameras_cemiterio.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3109/cameras_cemiterio.pdf</t>
   </si>
   <si>
     <t>Que seja colocado no cemitério municipal São Jorge câmeras de videomonitoramento, pois foi detectado o furto de pertences dos jazigos que se encontram no mesmo. Com isso irá diminuir as ações desses meliantes e também de alguns vândalos que estão usando o cemitério como descarte de lixo.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3110/indcam.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3110/indcam.pdf</t>
   </si>
   <si>
     <t>Venho, por meio desta, indicar a instalação de câmeras de Monitoramento em toda extensão da estrada que liga o Areal à Vila São Benedito. Com objetivo de aumentar a segurança da população.</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3111/img_20260123_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3111/img_20260123_0001.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Excelentíssimo Senhor Prefeito Sérgio Collin, que sejam adotadas todas as medidas necessárias para que seja feito a pavimentação de todas às ruas do Bairro Tavares Martins</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3112/img_20260123_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3112/img_20260123_0003.pdf</t>
   </si>
   <si>
     <t>Solicito, ao Departamento Estadual de Estradas de Rodagens de Pernambuco-DER/PE, que seja feita a instalação de um semáforo no cruzamento da Rodovia PE-90 com a Rua 07 de Setembro, bairro Independente, neste município de Toritama-PE.</t>
   </si>
   <si>
+    <t>3114</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3114/img_20260123_0004.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro, à Exma. Sra. Raquel Lyra, Governadora do Estado de Pernambuco, extensivo ao Sr. Secretário de Defesa Social, que seja implantada em Toritama uma Delegacia do Idoso.</t>
+  </si>
+  <si>
+    <t>3115</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3115/img_20260123_0005.pdf</t>
+  </si>
+  <si>
+    <t>Solicito, que seja encaminhado veemente apelo à Gerência de Toritama da Companhia Pernambucana de Saneamento – COMPESA, no sentido de que envide esforços para diminuir o valor da taxa de esgoto, bem como melhorar o serviço prestado à população.</t>
+  </si>
+  <si>
+    <t>3116</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3116/indicacao_ortopedista.pdf</t>
+  </si>
+  <si>
+    <t>Venho, por meio desta, indicar ao Poder Executivo Municipal, a necessidade de disponibilização de um médico ortopedista na programação diária de atendimentos do Hospital Municipal.</t>
+  </si>
+  <si>
+    <t>3117</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3117/indicacao_06-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, realização do calçamento (pavimentação) da Rua Belo Jardim, localizada no bairro Deus é Fiel.</t>
+  </si>
+  <si>
+    <t>3118</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3118/img_20260203_0002.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o pavimento asfáltico das seguintes ruas:  Emídio Jordão, Maestro Antônio Rufino, José Mariano da Silva, Nossa Senhora Aparecida, parte restante da rua Santa Mônica, rua Santa Socorro, Surubim, Ayrton Senna e Avenida Celso Andrade.</t>
+  </si>
+  <si>
+    <t>3119</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3119/img_20260203_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Colins, através da Secretaria Municipal de Educação, em parceria com a Secretaria Municipal de Saúde e Secretaria de Esportes, no sentido de que sejam implantadas aulas semanais de natação destinadas a alunos neurodivergentes, devidamente laudados e matriculados na Rede Pública Municipal de Ensino.</t>
+  </si>
+  <si>
+    <t>3120</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3120/indicacao_07-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, que seja feita a realização do calçamento (pavimentação) da Rua Escada, localizada no bairro Deus é Fiel.</t>
+  </si>
+  <si>
+    <t>3121</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3121/indicacao_08-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, que seja feita a realização do calçamento (pavimentação) da Rua João Soares de Jesus, localizada no bairro Planalto.</t>
+  </si>
+  <si>
+    <t>3126</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3126/alteracaodecep_20260203_0001.pdf</t>
+  </si>
+  <si>
+    <t>Excelentíssimo_x000D_
+Senhor Prefeito do Município de Toritama, através da Secretaria competente, a necessidade_x000D_
+de CALÇAMENTO/PAVIMENTAÇÃO da Rua Severino José da Silva, localizada no bairro Deus_x000D_
+é Fiel, CEP 55127-402, neste município._x000D_
+_x000D_
+Ressalta-se que esta indicação substitui a Indicação nº 14 de 2026, tendo em vista a_x000D_
+atualização da denominação oficial da via, anteriormente conhecida como Rua Honório Minervino, passando a ser denominada Rua Severino José da Silva.</t>
+  </si>
+  <si>
+    <t>3128</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3128/img_20260203_0003.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizado um campeonato municipal de futebol com representante de equipes de todos os bairros toritamenses.</t>
+  </si>
+  <si>
+    <t>3129</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3129/ind_projeto_lei_20260204_0001.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito Municipal o envio de Projeto de Lei que dispõe sobre a_x000D_
+concessão de 01 (um) dia de folga remunerada ao servidor público municipal no mês de seu_x000D_
+aniversário._x000D_
+_x000D_
+A presente indicação tem como objetivo valorizar o servidor público, promovendo bem-estar,_x000D_
+motivação e reconhecimento, sem prejuízo à continuidade dos serviços públicos, uma vez que a_x000D_
+A fruição da folga poderá ser organizada de acordo com a necessidade da administração._x000D_
+Sugere-se ainda que, nos casos em que houver necessidade do serviço no dia do aniversário do_x000D_
+servidor, o benefício possa ser compensado em outra data, mediante prévia autorização da chefia_x000D_
+imediata._x000D_
+Trata-se de medida de baixo impacto financeiro, adotada por diversos municípios brasileiros, e que_x000D_
+contribui para a melhoria do clima organizacional e da qualidade do serviço prestado à população.</t>
+  </si>
+  <si>
+    <t>3130</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3130/img_20260205_0003.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja feita a padronização dos funcionários da Prefeitura Municipal de Toritama.</t>
+  </si>
+  <si>
+    <t>3131</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3131/img_20260205_0001.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito o pavimento asfáltico de todas às ruas do bairro Planalto, importante bairro, que interliga o shopping center parque das feiras onde é gerada parte da economia de Toritama.</t>
+  </si>
+  <si>
+    <t>3132</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3132/img_20260205_0002.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja construída uma praça no bairro Areal, ao lado da Unidade Básica de Saúde.</t>
+  </si>
+  <si>
+    <t>3140</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Marli Enfermeira</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3140/calcadao_bairro_colorado.pdf</t>
+  </si>
+  <si>
+    <t>Indico que seja construído o Calçadão do Bairro Colorado, com início na Avenida principal que dá acesso aos bairros São João de Cima e Santa Maria, passando por diversas ruas conforme o mapa anexo até a Rua da Escola de Tempo Integral Municipal._x000D_
+O calçadão terá 5 metros de largura e aproximadamente 850 metros de comprimento, contando com pontos de hidratação, praça com quiosque, bancos e arborização com árvores nativas._x000D_
+O objetivo é transformar o espaço em um importante ponto de lazer, convivência e prática esportiva, beneficiando não apenas os moradores do Bairro Colorado, mas toda a população que busca um local seguro e confortável para caminhadas e atividades ao ar livre.</t>
+  </si>
+  <si>
+    <t>3142</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3142/solicito_que_que_seja_realizada_a_aquisicao_de_bicicletas_eletricas_para_os_agentes_comunitarios_de_saude_do_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Solicito que que seja realizada a aquisição de bicicletas elétricas para os Agentes Comunitários de Saúde do município.</t>
+  </si>
+  <si>
+    <t>3143</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3143/solicito_que_seja_implantada_a_vacinacao_domiciliar_para_pessoas_com_transtorno_do_espectro_autista_tea_em_nosso_municipio..pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja implantada a vacinação domiciliar para pessoas com Transtorno do Espectro Autista (TEA) em nosso município.</t>
+  </si>
+  <si>
+    <t>3144</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3144/acessos_ruas.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que sejam pavimentados todos os acessos que interligam os bairros de nossa cidade com a BR-104 e PE-90.</t>
+  </si>
+  <si>
+    <t>3145</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3145/criacao_do_programa_municipal_de_empregabilidade_inclusiva.pdf</t>
+  </si>
+  <si>
+    <t>Solicito que sejam adotadas as providências necessárias para a Criação do Programa Municipal de Empregabilidade Inclusiva, no município de Toritama – PE.</t>
+  </si>
+  <si>
+    <t>3146</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3146/solicito_que_sejam_adotadas_as_providencias_necessarias_para_a_criacao_da_semana_municipal_da_inclusao_no_municipio_de_toritama__pe..pdf</t>
+  </si>
+  <si>
+    <t>Solicito que sejam adotadas as providências necessárias para a Criação da Semana Municipal da Inclusão, no município de Toritama – PE.</t>
+  </si>
+  <si>
+    <t>3147</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3147/solicita_a_implantacao_de_atendimento_psicologico_nas_escolas_da_rede_municipal_de_ensino_de_toritama__pe._.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a implantação de atendimento psicológico nas escolas da Rede Municipal de Ensino de Toritama – PE.</t>
+  </si>
+  <si>
+    <t>3148</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3148/indicacao_10-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, com encaminhamento à Secretaria competente, que sejam adotadas as providências necessárias para a melhoria da iluminação do Cemitério Municipal, com a instalação, substituição e manutenção de pontos de iluminação em toda a sua área interna e entorno.</t>
+  </si>
+  <si>
+    <t>3149</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3149/indicacao_09-2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, com encaminhamento à  Secretaria competente, que sejam adotadas as providências necessárias para a conclusão do calçamento da Rua João Soares de Jesus, no Bairro do Planalto.</t>
+  </si>
+  <si>
+    <t>3150</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3150/ind.cursomt_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Venho, por meio desta, indicar ao Poder Executivo Municipal a realização de cursos de_x000D_
+capacitação profissional em mecânica de motocicletas, com o objetivo de promover a_x000D_
+qualificação técnica de jovens, adultos e profissionais da área mecânica, gerando_x000D_
+emprego, renda e aperfeiçoamento profissional no município.</t>
+  </si>
+  <si>
+    <t>3155</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3155/distribuicao_do_cordao_de_girassol_no_ambito.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que sejam adotadas as providências necessárias para a implantação do Programa Municipal de Identificação da Pessoa com Transtorno do Espectro Autista (TEA), com a emissão de carteirinha de identificação e distribuição do cordão de girassol, no âmbito do município de Toritama.</t>
+  </si>
+  <si>
+    <t>3156</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3156/praca_do_autista.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que sejam adotadas as providências necessárias para a criação e implantação da “Praça do Autista” no município de Toritama.</t>
+  </si>
+  <si>
+    <t>3157</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3157/ind.telemedicina_assinado_1.pdf</t>
+  </si>
+  <si>
+    <t>Venho, por meio desta, indicar ao Poder Executivo Municipal a implantação e_x000D_
+ampliação do serviço de Telemedicina no âmbito da rede pública de saúde do_x000D_
+Município de Toritama, com oferta de tele consultas médicas especializadas à_x000D_
+população.</t>
+  </si>
+  <si>
+    <t>3158</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3158/indicacao_rciclaveis.pdf</t>
+  </si>
+  <si>
+    <t>Que seja criado em nosso município um programa voltado ao recolhimento de recicláveis, com coletores sendo espalhados em pontos estratégicos da cidade, e através de uma parceria público-privada, o recolhimento desses recicláveis sejam revertidos em alimentação para os animais de rua.</t>
+  </si>
+  <si>
+    <t>3159</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3159/rua_sao_soares_20260223_0002.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Cólin que seja feito o calçamento da Rua São Soares, onde foi quebrada a pedra, em frente a casa da irmã Edileuza</t>
+  </si>
+  <si>
+    <t>3160</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3160/acacia_20260224_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Colin que seja calçada a Travessa Planalto, ao lado da Capela, interligando da Rua das Acácias até a Avenida Planalto.</t>
+  </si>
+  <si>
+    <t>3161</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3161/indicacao_11_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, no sentido de determinar, junto à Secretaria Municipal de Educação, a implantação de internet móvel (Wi-Fi) nos ônibus escolares da rede pública municipal.</t>
+  </si>
+  <si>
+    <t>3162</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3162/cobertura_do_canal_20260224_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Cólin que seja Retomada a Cobertura do Canal em frente a Redencia de Demário e finalizada com a praça Cláudio Daniel</t>
+  </si>
+  <si>
+    <t>3163</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3163/indicacao_13_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, junto à Secretaria competente, no sentido de determinar, junto à Secretaria Municipal competente, a construção de uma praça pública na rua conhecida como "Rua do Cacimbão", localizada no Novo Coqueiral..</t>
+  </si>
+  <si>
+    <t>3164</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_12_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, junto à Secretaria competente, a retirada das pedras existentes na Rua Manoel Lopes Filho, localizada no Bairro do Antão, com a devida abertura da via para garantir sua plena utilização pela população.</t>
+  </si>
+  <si>
+    <t>3165</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3165/ind_luartoritama_assinado.pdf</t>
+  </si>
+  <si>
+    <t>que seja encaminhado ao Excelentíssimo Senhor Prefeito Municipal, Sérgio Colin, solicitando, com urgência, a execução de obras de saneamento básico e calçamento nas seguintes vias do Bairro Luar de toritama:_x000D_
+	•	Estrada do novo alvorecer para o luar de toritama._x000D_
+	•	Rua Manoel Umberlino _x000D_
+	E as demais  ruas que compõem o bairro._x000D_
+_x000D_
+A presente indicação reforça pedidos anteriores já protocolados por este vereador, considerando que, até o presente momento, as obras não foram iniciadas._x000D_
+_x000D_
+Ressalto que houve anúncio público informando que as referidas ruas seriam calçadas. No entanto, até agora nenhuma providência concreta foi tomada, permanecendo a população convivendo com poeira no verão, lama no inverno, buracos, dificuldades de acesso e risco à saúde devido à ausência de saneamento adequado._x000D_
+_x000D_
+A falta de pavimentação e rede de esgoto compromete a mobilidade, a dignidade e a qualidade de vida do bairro._x000D_
+_x000D_
+Diante disso, solicitamos que a gestão municipal apresente um cronograma oficial para execução das obras e atenda, com responsabilidade e compromisso, a população do Bairro Luar de Toritama.</t>
+  </si>
+  <si>
+    <t>3166</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3166/ind.ctsaudemental_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Venho, por meio desta, indicar ao Poder_x000D_
+Executivo Municipal a criação e fortalecimento de um “Centro Municipal de Saúde_x000D_
+Mental e Prevenção” no município, com foco na ampliação da atenção psicossocial,_x000D_
+atendimento psiquiátrico e psicológicos integrados à rede de saúde pública._x000D_
+Utilizando e ampliando também o atendimento remoto. (Tele psicologia e Tele_x000D_
+psiquiatria)</t>
+  </si>
+  <si>
+    <t>3167</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3167/rm_e_ultrassom.pdf</t>
+  </si>
+  <si>
+    <t>Solicito, ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, que seja implantado no Hospital Municipal de Toritama o atendimento para realização de exames de Ressonância Magnética e Raio-X também aos sábados.</t>
+  </si>
+  <si>
+    <t>3168</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3168/medico_reumatologista..pdf</t>
+  </si>
+  <si>
+    <t>Solicito, ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde, a disponibilização de atendimento com médico reumatologista no Hospital Municipal de Toritama, visando ampliar o acesso da população aos serviços especializados de saúde.</t>
+  </si>
+  <si>
+    <t>3169</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3169/paisagisticas_e_de_iluminacao_nesses_importantes_espacos_de_convivencia_da_populacao..pdf</t>
+  </si>
+  <si>
+    <t>Solicito que seja realizada a revitalização de todas as praças públicas municipais, promovendo melhorias estruturais, paisagísticas e de iluminação nesses importantes espaços de convivência da população.</t>
+  </si>
+  <si>
+    <t>3170</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3170/concerto_20260309_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Colin que seja feito uma praça no espaço público denominada de: Otacílio Ferreira de Carvalho que fica entre a Travessa Planalto, Rua das Acácias e a Rua Alfredo Freitosa, onde foi construída a capela. Buscando assim, trazer lazer e conforto para as pessoas.</t>
+  </si>
+  <si>
+    <t>3171</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3171/jose_heleno_20260309_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Colin que seja feito o complemento do calçamento da Rua José Heleno, antiga Riachuelo e a Rua Metrópole, no Bairro do Antão.</t>
+  </si>
+  <si>
+    <t>3172</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3172/travessa_projetada_20260309_0001.pdf</t>
+  </si>
+  <si>
+    <t>Solicito ao Prefeito Sérgio Cólin que seja feito o complemento do calçamento das Ruas: Princesa Isabel, Maragogi, João Soares e as Travessas Projetadas, ligando com a Rua Maria dos Anjos, no Bairro do Planalto.</t>
+  </si>
+  <si>
+    <t>3174</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3174/indicacao_09-01.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Prefeito, Sr. Sérgio Collin, com extensão ao Secretário Municipal de Saúde, no sentido de que sejam instalados trocadores infantis nos banheiros das Unidades de Saúde do Município, bem como no banheiro do Hospital Municipal Nossa Senhora de Fátima.</t>
+  </si>
+  <si>
+    <t>3175</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3175/indicacao_09-02.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Prefeito, Sr. Sérgio Collin, com extensão à Secretaria competente, no sentido de que seja providenciada a instalação de quebra-molas na Rua Pio X, ao lado do cemitério, no bairro Fazenda Velha.</t>
+  </si>
+  <si>
+    <t>3176</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3176/indicacao_09-03_2_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Prefeito, Sr. Sérgio Collin, com extensão à Secretaria competente, no sentido de que seja providenciada a instalação de quebra-molas na Rua Monteiro Lobato, no bairro do Areal.</t>
+  </si>
+  <si>
+    <t>3177</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3177/placa_da_vaca_leiteira_20260310_0001.pdf</t>
+  </si>
+  <si>
+    <t>Que sejam retiradas as placas do canal da Vaca leiteira, seja feita uma limpeza e que seja colocada uma estrutura a mais composta por 0,50cm de altura. Que seja colocada também uma turbulação de 400 em cada lado do canal, para receber as águas que vem das casas. Resolvendo assim o problema que as pessoas enfrentam com as chuvas, repetindo uma indicação minha de 2025.</t>
+  </si>
+  <si>
+    <t>3178</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3178/ong_20260310_0001.pdf</t>
+  </si>
+  <si>
+    <t>Que seja construída uma ONG para acolher os animais abandonados nas Ruas, reforçando uma indicação do Vereador Edinaelson e atendendo a solicitação do Morador Antonio do Antão</t>
+  </si>
+  <si>
+    <t>3179</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3179/indicacao_padaria.pdf</t>
+  </si>
+  <si>
+    <t>Que seja criado em nosso município uma padaria comunitária, onde irá prover de uma alimentação saudável, balanceada e acessível a população em situação de vulnerabilidade social, sendo feito um pré-cadastro na secretaria de assistência social, para que assim, todos os dias possam ser disponibilizados os alimentos destinados as famílias cadastradas. Podendo ser denominado de projeto "pão de cada dia".</t>
+  </si>
+  <si>
+    <t>3180</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3180/whatsapp_scan_2026-03-15_at_14.28.25.pdf</t>
+  </si>
+  <si>
+    <t>no sentido de providenciar a instalação de um quebra-molas (redutor de velocidade) na Rua Boa Vista, no cruzamento com a Rua Henrique Tavares, no bairro Fazenda Velha, neste município.</t>
+  </si>
+  <si>
+    <t>3181</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3181/whatsapp_scan_2026-03-15_at_14.29.01.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Saúde de Toritama, a criação de um Programa de Atendimento Especializado para Crianças com Microcefalia no município de Toritama.</t>
+  </si>
+  <si>
+    <t>3185</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3185/pl_de_caes_e_gatos_1.pdf</t>
+  </si>
+  <si>
+    <t>Que seja encaminhado um Projeto de Lei a esta casa Legislativa para ser recolhidos os animais de ruas gatos e cachorros.</t>
+  </si>
+  <si>
+    <t>3186</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3186/indicacao_veiculos.pdf</t>
+  </si>
+  <si>
+    <t>Que seja feito um levantamento das condições da frota municipal para novas aquisições de veículos para as secretarias municipais.</t>
+  </si>
+  <si>
+    <t>3187</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3187/asf_planalto_ind_e_deus_e_fiel_.pdf</t>
+  </si>
+  <si>
+    <t>Que seja asfaltada todas as ruas do bairro Planalto, Independente e Deus é Fiel.</t>
+  </si>
+  <si>
+    <t>3189</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3189/indicacao_16-03-01_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico nos termos regimentais, que seja realizado o pavimento asfáltico e o _x000D_
+saneamento básico, iniciando ás margens da BR – 104 até a AME Animal, Rua Heleno _x000D_
+Rodrigues da Silva CEP 55126-470, localizada no Loteamento Monte Verde.</t>
+  </si>
+  <si>
+    <t>3190</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_16-03-02_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico que seja feito a pavimentação e o saneamento básico da área ao entorno do _x000D_
+local onde será construído o novo Hospital Municipal, considerando a importância da _x000D_
+infraestrutura adequada para o acesso da população, mobilidade urbana e melhores _x000D_
+condições de atendimento á comunidade.</t>
+  </si>
+  <si>
+    <t>3191</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_16-03-03_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico que seja realizado a  pavimentação e implantação de saneamento básico nas três ruas _x000D_
+projetadas localizadas por trás do Postinho do Coqueiral.</t>
+  </si>
+  <si>
+    <t>3194</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3194/indicacao_18-01_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, a implantação de rede pública de Wi-Fi gratuito no Parque Biblioteca Maria dos Anjos.</t>
+  </si>
+  <si>
+    <t>3195</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3195/indicacao_18-02_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito, Sr. Sérgio Collin, a contratação de um médico endocrinologista para atuar na rede pública municipal de saúde.</t>
+  </si>
+  <si>
+    <t>3197</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3197/indicacao_16-03-04_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Poder Executivo Municipal que seja realizada a implantação de iluminação pública _x000D_
+na estrada do Sítio São João, no trecho que fica próximo ao Colorado até as proximidades da _x000D_
+casa de Lourinho da Caçamba, atendendo à solicitação dos moradores da localidade.</t>
+  </si>
+  <si>
+    <t>3198</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3198/ind_ruas_asfalto.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado expediente ao Poder Executivo Municipal, solicitando a realização de pavimentação asfáltica nas ruas que ainda não possuem esse benefício nos seguintes bairros:_x000D_
+	•	Fazenda Velha_x000D_
+	•	Parque das Feiras_x000D_
+	•	Centro_x000D_
+	•	COHAB</t>
+  </si>
+  <si>
+    <t>3199</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3199/seguranca_.pdf</t>
+  </si>
+  <si>
+    <t>Indico à Mesa, ouvido o Plenário e cumpridas as formalidades regimentais, que seja encaminhado expediente ao Poder Executivo Municipal, solicitando que seja implantado serviço de segurança permanente, durante 24 horas, em todas as Unidades Básicas de Saúde do município de Toritama.</t>
+  </si>
+  <si>
+    <t>3200</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3200/solicita_que_os_servidores_da_educacao_tenham_seus_contratos_de_atividade_de_no_minimo_12_meses.pdf</t>
+  </si>
+  <si>
+    <t>Solicita que os servidores da Educação tenham seus contratos de atividade de no mínimo 12 meses</t>
+  </si>
+  <si>
     <t>3093</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3093/img_20260112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3093/img_20260112_0001.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família da senhor Jorge Rufino da Silva (Dr. Jorge).</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3095/img_20260114_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3095/img_20260114_0002.pdf</t>
   </si>
   <si>
     <t>Voto de pesar à família da senhora Alaíde Carmelita da Silva.</t>
   </si>
   <si>
+    <t>3113</t>
+  </si>
+  <si>
+    <t>Mariana Leal</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3113/req_nc2ba_02_2026_retirada_de_pauta_do_pl_dos_medicamentos_assinado.pdf</t>
+  </si>
+  <si>
+    <t>Solicito, nos termos regimentais, a retirada de matéria, da pauta das comissões desta Casa, o Projeto de Lei Ordinária nº 140 de 2025, que “Dispõe sobre a divulgação da relação de medicamentos disponíveis e indisponíveis fornecidos pela rede pública de saúde do Município de Toritama, por meio do site oficial da Prefeitura e em demais locais de distribuição, e dá outras providências”, para que as adequações legais sejam realizadas.</t>
+  </si>
+  <si>
+    <t>3127</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3127/img_20260203_0004.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar à família da criança Anny Karollyne.</t>
+  </si>
+  <si>
+    <t>3151</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3151/requerimento_-_voto_de_pesar-2.pdf</t>
+  </si>
+  <si>
+    <t>Votos de pesar pelo falecimento do senhor Bruno Noberto. _x000D_
+Bruno se destacava por sua entrega total na Obra de Deus, servindo com dedicação e amor, cooperando fielmente na Igreja Evangélica Assembleia de Deus.</t>
+  </si>
+  <si>
+    <t>3152</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3152/voto_de_pesar_a_familia_da_senhor_walentim_soares_de_souza..pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar a família da senhor Walentim Soares de Souza.</t>
+  </si>
+  <si>
+    <t>3182</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3182/requerimento_-_voto_de_pesar_merinha.pdf</t>
+  </si>
+  <si>
+    <t>Voto de pesar à família da senhora Alcimere de Almeida Coelho (Merinha).</t>
+  </si>
+  <si>
+    <t>3193</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3193/votos_de_pesar_zefa_de_ze_regina_20260316_0001.pdf</t>
+  </si>
+  <si>
+    <t>Votos de pesar a família da senhora Josefa Florêncio da Silva (Zefa de Zé Regina).</t>
+  </si>
+  <si>
     <t>3074</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3074/titulo_luiz_-_edinaelson_20251022_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3074/titulo_luiz_-_edinaelson_20251022_0001.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Toritamense a Luiz Carlos de Souza</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3075/titulo_valberta_-_edinaelson_20251022_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3075/titulo_valberta_-_edinaelson_20251022_0001.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Toritamense a Valberta Pereira da Silva Souza</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3076/projeto_de_resolucao_thiago_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3076/projeto_de_resolucao_thiago_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Thiago Alexandre Ferreira dos Santos</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3077/img_20251215_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3077/img_20251215_0003.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor Cicero Augusto de Lucena Pessoa.</t>
   </si>
   <si>
     <t>3078</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3078/img_20251127_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3078/img_20251127_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor Rogério Davi da Fonseca.</t>
   </si>
   <si>
     <t>3079</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3079/img_20251215_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3079/img_20251215_0004.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor Sérgio Gomes da Silva.</t>
   </si>
   <si>
     <t>3080</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3080/img_20251217_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3080/img_20251217_0001.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor Letiere José da Silva.</t>
   </si>
   <si>
     <t>3081</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3081/titulo_de_cidadania_walles_20251111_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3081/titulo_de_cidadania_walles_20251111_0001.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadania Toritamense a Walles Henrique de Oliveira Couto.</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3082/img_20251127_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3082/img_20251127_0003.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor José Janderson de Brito.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3083/img_20251217_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3083/img_20251217_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense ao senhor Adeilson Coelho de Lima.</t>
   </si>
   <si>
+    <t>3138</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3138/titulo_20260210_0001.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadania a Adenildo Pereira da Silva</t>
+  </si>
+  <si>
+    <t>3153</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3153/concede_titulo_de_cidadania_toritamense_a_karla_cazumba_rodrigues.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadania Toritamense a Karla Cazumba Rodrigues</t>
+  </si>
+  <si>
+    <t>3154</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3154/concede_titulo_de_cidadania_toritamense_a_wanessa_kelly_almeida_silva.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadania Toritamense a Wanessa Kelly Almeida Silva</t>
+  </si>
+  <si>
+    <t>3192</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3192/titulo_padre_sergio.pdf</t>
+  </si>
+  <si>
+    <t>Concede o título de cidadania Toritamense a Sérgio Fernando de Albuquerque Lima</t>
+  </si>
+  <si>
+    <t>3139</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>Zé Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3139/emenda_modificativa_1.pdf</t>
+  </si>
+  <si>
+    <t>MODIFICA O ART. 4º E O ANEXO III DO PROJETO DE LEI DO LEGISLATIVO Nº 4/2026, DANDO AINDA OUTRAS PROVIDÊNCIAS</t>
+  </si>
+  <si>
     <t>3085</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
     <t>Marli Enfermeira, Paulo Tavares</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3085/plol_marli_e_paulo_-_creche_cleonice.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3085/plol_marli_e_paulo_-_creche_cleonice.pdf</t>
   </si>
   <si>
     <t>Denomina de Cleonice Maria da Silva, a Creche Municipal localizada na R. Olavo Bilac, bairro Planalto</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
-    <t>Mariana Leal</t>
-[...2 lines deleted...]
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3107/pl_nc2ba_09_qr_code_dos_postes._assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3107/pl_nc2ba_09_qr_code_dos_postes._assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para implantação do Sistema de Identificação e Comunicação para Manutenção da Iluminação Pública, por meio de placas com QR CODE instaladas nos postes no âmbito do Município de Toritama e dá outras providências.</t>
   </si>
   <si>
+    <t>3135</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3135/plol_-2026_cria_o_arquivo_publico_no_ambito_da_camara_de_vereadores_do_municipio_de_toritama-pe.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Arquivo Público no âmbito da Câmara de Vereadores do Município de Toritama-PE</t>
+  </si>
+  <si>
+    <t>3136</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3136/estabelece_a_estrutura_administrativa_e_organizacional_do_poder_legislativo_do_municipio_de_toritama_estado_de_pernambuco_e_da_outras_providencias_correlatas_novo.pdf</t>
+  </si>
+  <si>
+    <t>ESTABELECE A ESTRUTURA ADMINISTRATIVA E ORGANIZACIONAL DO PODER LEGISLATIVO DO MUNICÍPIO DE TORITAMA, ESTADO DE PERNAMBUCO E DÁ OUTRAS PROVIDÊNCIAS CORRELATAS</t>
+  </si>
+  <si>
+    <t>3137</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3137/institui_no_ambito_da_camara_municipal_de_toritama_o_registro_de_frequencia_e_da_jornada_de_trabalho_dos_servidores_efetivos_e_comissionados.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito da Câmara Municipal de Toritama, o registro de frequência e da jornada de trabalho dos servidores efetivos e comissionados, por meio de ponto eletrônico, bem como dá outras providências correlatas.</t>
+  </si>
+  <si>
+    <t>3141</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3141/dispoe_sobre_a_concessao_do_auxilio_alimentacao_destinado_aos_servidores_publicos_da_camara_municipal_de_toritama.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CONCESSÃO DO AUXÍLIO ALIMENTAÇÃO - AOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE TORITAMA, BEM COMO DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>3173</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3173/praca_20260309_0001.pdf</t>
+  </si>
+  <si>
+    <t>Que denomina de André Francisco Deodato a Praça do espaço Público que fica as margens da PE 90, entre as Ruas: Paissandu e São Damião, no Bairro do Independente.</t>
+  </si>
+  <si>
+    <t>3188</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3188/projeto_festa_20260316_0001.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe que a Festa “Festeja Independente e Planalto“ seja inserida No calendário de Festas Juninas da Prefeitura de Toritama, a ser comemorada no dia 30 de junho no Bairro do Independente.</t>
+  </si>
+  <si>
+    <t>3122</t>
+  </si>
+  <si>
+    <t>PLOE</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Ordinária Executivo</t>
+  </si>
+  <si>
+    <t>Sérgio Procópio Colin da Silva Carvalho</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3122/pl_acs_e_acs.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 1.894/2022, com alterações dada pelas Leis nº 1.936/2023, nº 1.952/2023, nº 2.006/2024 e nº 2.044/2025, para reajustar o piso salarial profissional dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate às Endemias (ACE) do Município de Toritama – PE.</t>
+  </si>
+  <si>
+    <t>3123</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3123/emprestimo_fiis.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a contratar operação de crédito, com a Caixa Econômica Federal com ou sem a Garantia da União, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3124</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3124/pl_salario_minimo.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste da remuneração mínima dos servidores do Município de Toritama - PE.</t>
+  </si>
+  <si>
+    <t>3133</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3133/projeto_de_lei_reajuste_piso_magisterio_2026_final__2.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o novo Piso Salarial dos profissionais do magistério público da educação básica do Município de Toritama.</t>
+  </si>
+  <si>
+    <t>3134</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3134/emissao_e9826432031cef9cd022345b_memorando-362-2026_assinado_versaoimpressao.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para abertura de Crédito Adicional Especial e dá outras providências</t>
+  </si>
+  <si>
+    <t>3184</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_lei_-__altera_a_remuneracao_dos_guardas_civis_em_679_final.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo III da Lei Municipal Nº 1.616, de 21 de junho de 2018, que dispõe sobre a criação da Guarda Civil Municipal.</t>
+  </si>
+  <si>
+    <t>3196</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3196/projeto_de_lei_-_aquisicao_854_ingressos_paixao_de_cristo_alunos_9_ano_e_eja.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a adquirir e disponibilizar até 854 (oitocentos e cinquenta e quatro) ingressos, sendo 759_x000D_
+(setecentos e cinquenta e nove) destinados aos alunos do 9º ano do ensino fundamental e da Educação de Jovens e Adultos (EJA) da rede_x000D_
+pública municipal de ensino, e 95 (noventa e cinco) destinados aos professores e à equipe de apoio que acompanharão os alunos, para_x000D_
+acesso ao espetáculo da Paixão de Cristo de Nova Jerusalém, e dá outras providências.</t>
+  </si>
+  <si>
     <t>3084</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>Sérgio Procópio Colin da Silva Carvalho</t>
-[...2 lines deleted...]
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3084/emissao_d7b48facf45eea8d44ad9736_memorando-5.428-2025_assinado_versaoimpressao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3084/emissao_d7b48facf45eea8d44ad9736_memorando-5.428-2025_assinado_versaoimpressao.pdf</t>
   </si>
   <si>
     <t>Revoga integralmente a Lei Complementar nº 34, de 20 de dezembro de 2024.</t>
+  </si>
+  <si>
+    <t>3125</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3125/refis_2026.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Recuperação Fiscal do Município de Toritama, sob a denominação de PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS 2026, para pessoas físicas e jurídicas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3183</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3183/projeto_de_lei_complementar_-_altera_a_remuneracao_dos_agentes_de_transito_em_679_final.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo Único da Lei Complementar Municipal nº 11, de 13 de julho de 2018, para atualizar a remuneração dos cargos de Agente Municipal de Trânsito.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -948,67 +2004,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3068/belmiro_20251103_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3069/creche_20251103_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3070/indicacao23-10-.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3071/img_20251127_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3072/img_20251029_0001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3073/img_20260105_0001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3086/indasfrgal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3087/indasfger.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3088/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3089/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3090/gertulio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3091/beco_sao_joao_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3092/izidio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3094/reforcandoindic.rua.honorio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3096/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3097/creche_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3098/creche_independente_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3099/lavanderia_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3100/abrigo_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3101/img_20260114_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3102/img_20260116_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3103/img_20260119_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3104/indicacao_04-2026_1_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3105/capacitacao_em_libras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3106/indicacao_05-2026_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3108/img_20260121_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3109/cameras_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3110/indcam.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3111/img_20260123_0001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3112/img_20260123_0003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3093/img_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3095/img_20260114_0002.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3074/titulo_luiz_-_edinaelson_20251022_0001.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3075/titulo_valberta_-_edinaelson_20251022_0001.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3076/projeto_de_resolucao_thiago_assinado.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3077/img_20251215_0003.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3078/img_20251127_0002.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3079/img_20251215_0004.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3080/img_20251217_0001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3081/titulo_de_cidadania_walles_20251111_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3082/img_20251127_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3083/img_20251217_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3085/plol_marli_e_paulo_-_creche_cleonice.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3107/pl_nc2ba_09_qr_code_dos_postes._assinado.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3084/emissao_d7b48facf45eea8d44ad9736_memorando-5.428-2025_assinado_versaoimpressao.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3068/belmiro_20251103_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3069/creche_20251103_0001.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3070/indicacao23-10-.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3071/img_20251127_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3072/img_20251029_0001.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3073/img_20260105_0001.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3086/indasfrgal.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3087/indasfger.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3088/indicacao_01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3089/indicacao_02-2026.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3090/gertulio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3091/beco_sao_joao_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3092/izidio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3094/reforcandoindic.rua.honorio_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3096/indicacao_03-2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3097/creche_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3098/creche_independente_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3099/lavanderia_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3100/abrigo_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3101/img_20260114_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3102/img_20260116_0001.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3103/img_20260119_0001.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3104/indicacao_04-2026_1_1.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3105/capacitacao_em_libras.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3106/indicacao_05-2026_1.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3108/img_20260121_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3109/cameras_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3110/indcam.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3111/img_20260123_0001.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3112/img_20260123_0003.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3114/img_20260123_0004.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3115/img_20260123_0005.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3116/indicacao_ortopedista.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3117/indicacao_06-2026_1.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3118/img_20260203_0002.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3119/img_20260203_0001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3120/indicacao_07-2026_1.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3121/indicacao_08-2026_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3126/alteracaodecep_20260203_0001.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3128/img_20260203_0003.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3129/ind_projeto_lei_20260204_0001.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3130/img_20260205_0003.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3131/img_20260205_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3132/img_20260205_0002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3140/calcadao_bairro_colorado.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3142/solicito_que_que_seja_realizada_a_aquisicao_de_bicicletas_eletricas_para_os_agentes_comunitarios_de_saude_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3143/solicito_que_seja_implantada_a_vacinacao_domiciliar_para_pessoas_com_transtorno_do_espectro_autista_tea_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3144/acessos_ruas.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3145/criacao_do_programa_municipal_de_empregabilidade_inclusiva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3146/solicito_que_sejam_adotadas_as_providencias_necessarias_para_a_criacao_da_semana_municipal_da_inclusao_no_municipio_de_toritama__pe..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3147/solicita_a_implantacao_de_atendimento_psicologico_nas_escolas_da_rede_municipal_de_ensino_de_toritama__pe._.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3148/indicacao_10-2026.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3149/indicacao_09-2026.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3150/ind.cursomt_assinado.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3155/distribuicao_do_cordao_de_girassol_no_ambito.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3156/praca_do_autista.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3157/ind.telemedicina_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3158/indicacao_rciclaveis.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3159/rua_sao_soares_20260223_0002.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3160/acacia_20260224_0001.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3161/indicacao_11_1.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3162/cobertura_do_canal_20260224_0001.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3163/indicacao_13_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3164/indicacao_12_1.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3165/ind_luartoritama_assinado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3166/ind.ctsaudemental_assinado.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3167/rm_e_ultrassom.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3168/medico_reumatologista..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3169/paisagisticas_e_de_iluminacao_nesses_importantes_espacos_de_convivencia_da_populacao..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3170/concerto_20260309_0001.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3171/jose_heleno_20260309_0001.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3172/travessa_projetada_20260309_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3174/indicacao_09-01.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3175/indicacao_09-02.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3176/indicacao_09-03_2_1.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3177/placa_da_vaca_leiteira_20260310_0001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3178/ong_20260310_0001.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3179/indicacao_padaria.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3180/whatsapp_scan_2026-03-15_at_14.28.25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3181/whatsapp_scan_2026-03-15_at_14.29.01.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3185/pl_de_caes_e_gatos_1.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3186/indicacao_veiculos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3187/asf_planalto_ind_e_deus_e_fiel_.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3189/indicacao_16-03-01_assinado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3190/indicacao_16-03-02_assinado.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3191/indicacao_16-03-03_assinado.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3194/indicacao_18-01_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3195/indicacao_18-02_1.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3197/indicacao_16-03-04_assinado.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3198/ind_ruas_asfalto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3199/seguranca_.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3200/solicita_que_os_servidores_da_educacao_tenham_seus_contratos_de_atividade_de_no_minimo_12_meses.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3093/img_20260112_0001.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3095/img_20260114_0002.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3113/req_nc2ba_02_2026_retirada_de_pauta_do_pl_dos_medicamentos_assinado.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3127/img_20260203_0004.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3151/requerimento_-_voto_de_pesar-2.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3152/voto_de_pesar_a_familia_da_senhor_walentim_soares_de_souza..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3182/requerimento_-_voto_de_pesar_merinha.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3193/votos_de_pesar_zefa_de_ze_regina_20260316_0001.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3074/titulo_luiz_-_edinaelson_20251022_0001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3075/titulo_valberta_-_edinaelson_20251022_0001.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3076/projeto_de_resolucao_thiago_assinado.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3077/img_20251215_0003.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3078/img_20251127_0002.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3079/img_20251215_0004.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3080/img_20251217_0001.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3081/titulo_de_cidadania_walles_20251111_0001.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3082/img_20251127_0003.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3083/img_20251217_0002.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3138/titulo_20260210_0001.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3153/concede_titulo_de_cidadania_toritamense_a_karla_cazumba_rodrigues.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3154/concede_titulo_de_cidadania_toritamense_a_wanessa_kelly_almeida_silva.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3192/titulo_padre_sergio.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3139/emenda_modificativa_1.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3085/plol_marli_e_paulo_-_creche_cleonice.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3107/pl_nc2ba_09_qr_code_dos_postes._assinado.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3135/plol_-2026_cria_o_arquivo_publico_no_ambito_da_camara_de_vereadores_do_municipio_de_toritama-pe.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3136/estabelece_a_estrutura_administrativa_e_organizacional_do_poder_legislativo_do_municipio_de_toritama_estado_de_pernambuco_e_da_outras_providencias_correlatas_novo.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3137/institui_no_ambito_da_camara_municipal_de_toritama_o_registro_de_frequencia_e_da_jornada_de_trabalho_dos_servidores_efetivos_e_comissionados.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3141/dispoe_sobre_a_concessao_do_auxilio_alimentacao_destinado_aos_servidores_publicos_da_camara_municipal_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3173/praca_20260309_0001.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3188/projeto_festa_20260316_0001.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3122/pl_acs_e_acs.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3123/emprestimo_fiis.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3124/pl_salario_minimo.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3133/projeto_de_lei_reajuste_piso_magisterio_2026_final__2.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3134/emissao_e9826432031cef9cd022345b_memorando-362-2026_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3184/projeto_de_lei_-__altera_a_remuneracao_dos_guardas_civis_em_679_final.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3196/projeto_de_lei_-_aquisicao_854_ingressos_paixao_de_cristo_alunos_9_ano_e_eja.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3084/emissao_d7b48facf45eea8d44ad9736_memorando-5.428-2025_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3125/refis_2026.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2026/3183/projeto_de_lei_complementar_-_altera_a_remuneracao_dos_agentes_de_transito_em_679_final.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="155.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="232.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1782,479 +2838,2855 @@
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>12</v>
       </c>
       <c r="F31" t="s">
         <v>27</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>136</v>
       </c>
       <c r="H31" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>138</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>10</v>
+        <v>139</v>
       </c>
       <c r="D32" t="s">
-        <v>139</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="F32" t="s">
         <v>27</v>
       </c>
       <c r="G32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="H32" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>143</v>
       </c>
-      <c r="B33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>139</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>140</v>
+        <v>12</v>
       </c>
       <c r="F33" t="s">
         <v>27</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>144</v>
       </c>
       <c r="H33" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>146</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>10</v>
+        <v>147</v>
       </c>
       <c r="D34" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>40</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>151</v>
       </c>
-      <c r="B35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F35" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>152</v>
       </c>
       <c r="H35" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>154</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>21</v>
+        <v>155</v>
       </c>
       <c r="D36" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F36" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H36" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>26</v>
+        <v>159</v>
       </c>
       <c r="D37" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
         <v>27</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="H37" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D38" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="H38" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>35</v>
+        <v>167</v>
       </c>
       <c r="D39" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>27</v>
+        <v>49</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H39" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>39</v>
+        <v>171</v>
       </c>
       <c r="D40" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F40" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="H40" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>44</v>
+        <v>175</v>
       </c>
       <c r="D41" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="H41" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>48</v>
+        <v>179</v>
       </c>
       <c r="D42" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F42" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="H42" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>53</v>
+        <v>183</v>
       </c>
       <c r="D43" t="s">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>148</v>
+        <v>12</v>
       </c>
       <c r="F43" t="s">
         <v>27</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="H43" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>10</v>
+        <v>187</v>
       </c>
       <c r="D44" t="s">
-        <v>179</v>
+        <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="F44" t="s">
-        <v>181</v>
+        <v>27</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="H44" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>17</v>
+        <v>191</v>
       </c>
       <c r="D45" t="s">
-        <v>179</v>
+        <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>180</v>
+        <v>12</v>
       </c>
       <c r="F45" t="s">
-        <v>185</v>
+        <v>27</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H45" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
+        <v>195</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>12</v>
+      </c>
+      <c r="F46" t="s">
+        <v>196</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="H46" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>199</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>200</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>12</v>
+      </c>
+      <c r="F47" t="s">
+        <v>27</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="H47" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>203</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>204</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>12</v>
+      </c>
+      <c r="F48" t="s">
+        <v>27</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="H48" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>207</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>208</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>12</v>
+      </c>
+      <c r="F49" t="s">
+        <v>27</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="H49" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>211</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>212</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>12</v>
+      </c>
+      <c r="F50" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="H50" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>215</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>216</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>27</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>220</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>12</v>
+      </c>
+      <c r="F52" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="H52" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>223</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>224</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>12</v>
+      </c>
+      <c r="F53" t="s">
+        <v>49</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="H53" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>227</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>228</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>12</v>
+      </c>
+      <c r="F54" t="s">
+        <v>49</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>232</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>12</v>
+      </c>
+      <c r="F55" t="s">
+        <v>40</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="H55" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>235</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>236</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>12</v>
+      </c>
+      <c r="F56" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="H56" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>240</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>12</v>
+      </c>
+      <c r="F57" t="s">
+        <v>27</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H57" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>243</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>244</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>12</v>
+      </c>
+      <c r="F58" t="s">
+        <v>40</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="H58" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>247</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>248</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>12</v>
+      </c>
+      <c r="F59" t="s">
+        <v>111</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H59" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>251</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>252</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>12</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="H60" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>255</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>256</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>12</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="H61" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>259</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>260</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>12</v>
+      </c>
+      <c r="F62" t="s">
+        <v>49</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H62" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>263</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>264</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>12</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="H63" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>267</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>268</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>12</v>
+      </c>
+      <c r="F64" t="s">
+        <v>49</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H64" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>272</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>12</v>
+      </c>
+      <c r="F65" t="s">
+        <v>49</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="H65" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>275</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>276</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>12</v>
+      </c>
+      <c r="F66" t="s">
+        <v>70</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="H66" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>279</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>280</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>12</v>
+      </c>
+      <c r="F67" t="s">
+        <v>40</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="H67" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>283</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>284</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>12</v>
+      </c>
+      <c r="F68" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H68" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>287</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>288</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>12</v>
+      </c>
+      <c r="F69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="H69" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>291</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>292</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>12</v>
+      </c>
+      <c r="F70" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H70" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>295</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>296</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>12</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="H71" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>299</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>300</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>12</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H72" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>303</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>304</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>12</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H73" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>307</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>308</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>12</v>
+      </c>
+      <c r="F74" t="s">
+        <v>49</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H74" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>311</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>312</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>12</v>
+      </c>
+      <c r="F75" t="s">
+        <v>49</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H75" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>315</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>316</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>12</v>
+      </c>
+      <c r="F76" t="s">
+        <v>49</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H76" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>319</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>320</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>12</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>321</v>
+      </c>
+      <c r="H77" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>323</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>324</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>12</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>325</v>
+      </c>
+      <c r="H78" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>327</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>328</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>12</v>
+      </c>
+      <c r="F79" t="s">
+        <v>111</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>329</v>
+      </c>
+      <c r="H79" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>331</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>332</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>12</v>
+      </c>
+      <c r="F80" t="s">
+        <v>70</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>333</v>
+      </c>
+      <c r="H80" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>335</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>336</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>12</v>
+      </c>
+      <c r="F81" t="s">
+        <v>70</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>337</v>
+      </c>
+      <c r="H81" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>339</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>340</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H82" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>343</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>344</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>12</v>
+      </c>
+      <c r="F83" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H83" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>347</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>348</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>12</v>
+      </c>
+      <c r="F84" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>349</v>
+      </c>
+      <c r="H84" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>351</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>352</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>12</v>
+      </c>
+      <c r="F85" t="s">
+        <v>22</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H85" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>355</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>356</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>12</v>
+      </c>
+      <c r="F86" t="s">
+        <v>22</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>357</v>
+      </c>
+      <c r="H86" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>359</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>360</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>12</v>
+      </c>
+      <c r="F87" t="s">
+        <v>22</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>361</v>
+      </c>
+      <c r="H87" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>363</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>364</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>12</v>
+      </c>
+      <c r="F88" t="s">
+        <v>49</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H88" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>367</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>368</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>12</v>
+      </c>
+      <c r="F89" t="s">
+        <v>49</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="H89" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>371</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>372</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>12</v>
+      </c>
+      <c r="F90" t="s">
+        <v>22</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>373</v>
+      </c>
+      <c r="H90" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>375</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>376</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>12</v>
+      </c>
+      <c r="F91" t="s">
+        <v>27</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H91" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>379</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>380</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>12</v>
+      </c>
+      <c r="F92" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H92" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>383</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>384</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>12</v>
+      </c>
+      <c r="F93" t="s">
+        <v>27</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>385</v>
+      </c>
+      <c r="H93" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>387</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>10</v>
       </c>
-      <c r="D46" t="s">
-[...12 lines deleted...]
-        <v>193</v>
+      <c r="D94" t="s">
+        <v>388</v>
+      </c>
+      <c r="E94" t="s">
+        <v>389</v>
+      </c>
+      <c r="F94" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H94" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>392</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>17</v>
+      </c>
+      <c r="D95" t="s">
+        <v>388</v>
+      </c>
+      <c r="E95" t="s">
+        <v>389</v>
+      </c>
+      <c r="F95" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>393</v>
+      </c>
+      <c r="H95" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>395</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>21</v>
+      </c>
+      <c r="D96" t="s">
+        <v>388</v>
+      </c>
+      <c r="E96" t="s">
+        <v>389</v>
+      </c>
+      <c r="F96" t="s">
+        <v>396</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>397</v>
+      </c>
+      <c r="H96" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>399</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>26</v>
+      </c>
+      <c r="D97" t="s">
+        <v>388</v>
+      </c>
+      <c r="E97" t="s">
+        <v>389</v>
+      </c>
+      <c r="F97" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>400</v>
+      </c>
+      <c r="H97" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>402</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>31</v>
+      </c>
+      <c r="D98" t="s">
+        <v>388</v>
+      </c>
+      <c r="E98" t="s">
+        <v>389</v>
+      </c>
+      <c r="F98" t="s">
+        <v>49</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H98" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>405</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>35</v>
+      </c>
+      <c r="D99" t="s">
+        <v>388</v>
+      </c>
+      <c r="E99" t="s">
+        <v>389</v>
+      </c>
+      <c r="F99" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>406</v>
+      </c>
+      <c r="H99" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>408</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>39</v>
+      </c>
+      <c r="D100" t="s">
+        <v>388</v>
+      </c>
+      <c r="E100" t="s">
+        <v>389</v>
+      </c>
+      <c r="F100" t="s">
+        <v>27</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>409</v>
+      </c>
+      <c r="H100" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>411</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>44</v>
+      </c>
+      <c r="D101" t="s">
+        <v>388</v>
+      </c>
+      <c r="E101" t="s">
+        <v>389</v>
+      </c>
+      <c r="F101" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>412</v>
+      </c>
+      <c r="H101" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>414</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>10</v>
+      </c>
+      <c r="D102" t="s">
+        <v>415</v>
+      </c>
+      <c r="E102" t="s">
+        <v>416</v>
+      </c>
+      <c r="F102" t="s">
+        <v>22</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>417</v>
+      </c>
+      <c r="H102" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>419</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>17</v>
+      </c>
+      <c r="D103" t="s">
+        <v>415</v>
+      </c>
+      <c r="E103" t="s">
+        <v>416</v>
+      </c>
+      <c r="F103" t="s">
+        <v>22</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>420</v>
+      </c>
+      <c r="H103" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>422</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>21</v>
+      </c>
+      <c r="D104" t="s">
+        <v>415</v>
+      </c>
+      <c r="E104" t="s">
+        <v>416</v>
+      </c>
+      <c r="F104" t="s">
+        <v>22</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>423</v>
+      </c>
+      <c r="H104" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>425</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>26</v>
+      </c>
+      <c r="D105" t="s">
+        <v>415</v>
+      </c>
+      <c r="E105" t="s">
+        <v>416</v>
+      </c>
+      <c r="F105" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>426</v>
+      </c>
+      <c r="H105" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>428</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>31</v>
+      </c>
+      <c r="D106" t="s">
+        <v>415</v>
+      </c>
+      <c r="E106" t="s">
+        <v>416</v>
+      </c>
+      <c r="F106" t="s">
+        <v>27</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>429</v>
+      </c>
+      <c r="H106" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>431</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>35</v>
+      </c>
+      <c r="D107" t="s">
+        <v>415</v>
+      </c>
+      <c r="E107" t="s">
+        <v>416</v>
+      </c>
+      <c r="F107" t="s">
+        <v>27</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>432</v>
+      </c>
+      <c r="H107" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>434</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>39</v>
+      </c>
+      <c r="D108" t="s">
+        <v>415</v>
+      </c>
+      <c r="E108" t="s">
+        <v>416</v>
+      </c>
+      <c r="F108" t="s">
+        <v>27</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>435</v>
+      </c>
+      <c r="H108" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>437</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>44</v>
+      </c>
+      <c r="D109" t="s">
+        <v>415</v>
+      </c>
+      <c r="E109" t="s">
+        <v>416</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>438</v>
+      </c>
+      <c r="H109" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>440</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>48</v>
+      </c>
+      <c r="D110" t="s">
+        <v>415</v>
+      </c>
+      <c r="E110" t="s">
+        <v>416</v>
+      </c>
+      <c r="F110" t="s">
+        <v>27</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>441</v>
+      </c>
+      <c r="H110" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>443</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>53</v>
+      </c>
+      <c r="D111" t="s">
+        <v>415</v>
+      </c>
+      <c r="E111" t="s">
+        <v>416</v>
+      </c>
+      <c r="F111" t="s">
+        <v>27</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>444</v>
+      </c>
+      <c r="H111" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>446</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>57</v>
+      </c>
+      <c r="D112" t="s">
+        <v>415</v>
+      </c>
+      <c r="E112" t="s">
+        <v>416</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>447</v>
+      </c>
+      <c r="H112" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>449</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>61</v>
+      </c>
+      <c r="D113" t="s">
+        <v>415</v>
+      </c>
+      <c r="E113" t="s">
+        <v>416</v>
+      </c>
+      <c r="F113" t="s">
+        <v>196</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="H113" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>452</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>65</v>
+      </c>
+      <c r="D114" t="s">
+        <v>415</v>
+      </c>
+      <c r="E114" t="s">
+        <v>416</v>
+      </c>
+      <c r="F114" t="s">
+        <v>196</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>453</v>
+      </c>
+      <c r="H114" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>455</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>69</v>
+      </c>
+      <c r="D115" t="s">
+        <v>415</v>
+      </c>
+      <c r="E115" t="s">
+        <v>416</v>
+      </c>
+      <c r="F115" t="s">
+        <v>27</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>456</v>
+      </c>
+      <c r="H115" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>458</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>10</v>
+      </c>
+      <c r="D116" t="s">
+        <v>459</v>
+      </c>
+      <c r="E116" t="s">
+        <v>460</v>
+      </c>
+      <c r="F116" t="s">
+        <v>461</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>462</v>
+      </c>
+      <c r="H116" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>464</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>10</v>
+      </c>
+      <c r="D117" t="s">
+        <v>465</v>
+      </c>
+      <c r="E117" t="s">
+        <v>466</v>
+      </c>
+      <c r="F117" t="s">
+        <v>467</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="H117" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>470</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>17</v>
+      </c>
+      <c r="D118" t="s">
+        <v>465</v>
+      </c>
+      <c r="E118" t="s">
+        <v>466</v>
+      </c>
+      <c r="F118" t="s">
+        <v>396</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="H118" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>473</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>21</v>
+      </c>
+      <c r="D119" t="s">
+        <v>465</v>
+      </c>
+      <c r="E119" t="s">
+        <v>466</v>
+      </c>
+      <c r="F119" t="s">
+        <v>474</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H119" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>477</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>26</v>
+      </c>
+      <c r="D120" t="s">
+        <v>465</v>
+      </c>
+      <c r="E120" t="s">
+        <v>466</v>
+      </c>
+      <c r="F120" t="s">
+        <v>474</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H120" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>480</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>31</v>
+      </c>
+      <c r="D121" t="s">
+        <v>465</v>
+      </c>
+      <c r="E121" t="s">
+        <v>466</v>
+      </c>
+      <c r="F121" t="s">
+        <v>474</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H121" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>483</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>35</v>
+      </c>
+      <c r="D122" t="s">
+        <v>465</v>
+      </c>
+      <c r="E122" t="s">
+        <v>466</v>
+      </c>
+      <c r="F122" t="s">
+        <v>474</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H122" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>486</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>39</v>
+      </c>
+      <c r="D123" t="s">
+        <v>465</v>
+      </c>
+      <c r="E123" t="s">
+        <v>466</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H123" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>489</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>44</v>
+      </c>
+      <c r="D124" t="s">
+        <v>465</v>
+      </c>
+      <c r="E124" t="s">
+        <v>466</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H124" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>492</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>10</v>
+      </c>
+      <c r="D125" t="s">
+        <v>493</v>
+      </c>
+      <c r="E125" t="s">
+        <v>494</v>
+      </c>
+      <c r="F125" t="s">
+        <v>495</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H125" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>498</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>17</v>
+      </c>
+      <c r="D126" t="s">
+        <v>493</v>
+      </c>
+      <c r="E126" t="s">
+        <v>494</v>
+      </c>
+      <c r="F126" t="s">
+        <v>495</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="H126" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>501</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>21</v>
+      </c>
+      <c r="D127" t="s">
+        <v>493</v>
+      </c>
+      <c r="E127" t="s">
+        <v>494</v>
+      </c>
+      <c r="F127" t="s">
+        <v>495</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H127" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>504</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>26</v>
+      </c>
+      <c r="D128" t="s">
+        <v>493</v>
+      </c>
+      <c r="E128" t="s">
+        <v>494</v>
+      </c>
+      <c r="F128" t="s">
+        <v>495</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H128" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>507</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>31</v>
+      </c>
+      <c r="D129" t="s">
+        <v>493</v>
+      </c>
+      <c r="E129" t="s">
+        <v>494</v>
+      </c>
+      <c r="F129" t="s">
+        <v>495</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="H129" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>510</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>35</v>
+      </c>
+      <c r="D130" t="s">
+        <v>493</v>
+      </c>
+      <c r="E130" t="s">
+        <v>494</v>
+      </c>
+      <c r="F130" t="s">
+        <v>495</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="H130" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>513</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>39</v>
+      </c>
+      <c r="D131" t="s">
+        <v>493</v>
+      </c>
+      <c r="E131" t="s">
+        <v>494</v>
+      </c>
+      <c r="F131" t="s">
+        <v>495</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H131" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>516</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>10</v>
+      </c>
+      <c r="D132" t="s">
+        <v>517</v>
+      </c>
+      <c r="E132" t="s">
+        <v>518</v>
+      </c>
+      <c r="F132" t="s">
+        <v>495</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H132" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>521</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>17</v>
+      </c>
+      <c r="D133" t="s">
+        <v>517</v>
+      </c>
+      <c r="E133" t="s">
+        <v>518</v>
+      </c>
+      <c r="F133" t="s">
+        <v>495</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H133" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>524</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>21</v>
+      </c>
+      <c r="D134" t="s">
+        <v>517</v>
+      </c>
+      <c r="E134" t="s">
+        <v>518</v>
+      </c>
+      <c r="F134" t="s">
+        <v>495</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H134" t="s">
+        <v>526</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>