--- v0 (2025-11-22)
+++ v1 (2026-03-28)
@@ -54,4980 +54,4980 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Mava</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/img_20240108_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/img_20240108_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja enviado um projeto de Lei criando o REFIS 2024.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Doutor do São João</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/documento_2024-01-09_114806.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/documento_2024-01-09_114806.pdf</t>
   </si>
   <si>
     <t>Ementa, Que institui o dia da Cidadania nas Escolas Municipais e Estaduais. As Professoras e Professores agendarão um dia na semana para levar os seus alunos acima de 16 anos até o dia 06-10-2024 ao Cartório Eleitoral, para tirar o Título de Eleitor e na Secretaria de Assistência Social para emitir a sua Identidade(RG).</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Ferreirinha Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1917/img_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1917/img_0007.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento e o saneamento das Ruas Paulo Roberto Barbosa Camelo, Maria Helena Amorim, José Pedro da Silva, Adolfo Gonsalves de Melo, Amaro Lopes da Silva e a Av. Gilberto Ferreira da Cruz.  no Loteamento de Arlindo. Reforçando minha indicação de nº 446 / 2021.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/img_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento das Ruas Olavo Bilac, Alfredo Feitosa, Maragogi, Luiz Gonzaga, Raquel de Queiroz, Alto da Saudade e os Becos São Paulo, São Pedro, Alto da Saudade e os Becos da Sete de Setembro, entre os Bairros Independente e Planalto. Reforçando minhas indicações de _x000D_
 nº 27 / 2021 e de 27 de julho de 2022.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/img_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/img_0003.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento e o saneamento da AV. Maria das Neves de Souza Lima e as Ruas Euclides Pereira da Silva, Maria Josefa da Silva, Amaro Raimundo da Silva, Maria Izabel da Conceição, Amaro Avelino da Silva e José Agostinho dos Santos.  no Loteamento Campo Alegre. Reforçando minha indicação de nº 368 / 2021.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/img_20240111_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/img_20240111_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito a construção de salas de aula nas escolas, Maria Aurora de Jesus, Laura Lopez, Maria Gonçalves e na creche CMEI, no Bairro Independente.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Edijan</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/img_0001.pdf</t>
   </si>
   <si>
     <t>Colocar busto em homenagem ao Sr. Jurandir Pedro Santana na avenida com mesma denominação (Av. Vereador Jurandir Pedro de Santana), próxima à rodovia PE-90, na zona urbana deste município.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/img_20240112_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/img_20240112_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que os garis receba insalubridade de 40% do salário mínimo, e que seja distribuído dois kits anual.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Derivaldo José</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/ind_que_seja_nomeada_de_abidias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/ind_que_seja_nomeada_de_abidias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar..pdf</t>
   </si>
   <si>
     <t>Que seja nomeada de Abidias Bezerra da Silva a praça em frente a pelado do Bar.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Jeziel</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1931/img_20240112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1931/img_20240112_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito do reparo da Rua: Virginia Maria De Jesus no Bairro Do Antão.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/img_20240112_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/img_20240112_0002.pdf</t>
   </si>
   <si>
     <t>Que seja trocada a iluminação da Rua: Riachuelo no Centro da Cidade.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/img_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/img_0004.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento e o saneamento da Rua da Sorte, Rua da Saúde, Rua do Açude e as demais ruas do Loteamento de Jairo de Arú. Reforçando minha indicação de nº 87 / 2021.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/img_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/img_0005.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento e o saneamento das Ruas do Loteamento Luar de Toritama. Reforçando minha indicação de 11 de Maio de  2022.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/img_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/img_0002.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento e o saneamento da AV. José Manoel da Silva e das Ruas Allan Wilker da Silva, Rua Abdias Apolinário de Almeida, Rua Laura Lopez Tavares da Silva, Maria de Lourdes dos Santos, Rua Maria do Carmo da Silva, Rua Diego Arthur da Silva e a Rua João Tavares Sobrinho, no Bairro Izídio Tavares. Reforçando minha indicação de nº 129 / 2021.</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/img_20240116_0009.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/img_20240116_0009.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja construída uma arena para realização de vaquejada.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito a manutenção e troca das lâmpadas dos postes de iluminação pública, localizados na Rua Esmael Duda de Araújo no bairro Parque das Pedras.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/img_20240123_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/img_20240123_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito a compra de veículos para a secretaria de Educação, 2 vans, 3 ônibus. E para a secretaria de saúde, 1 ônibus 54 lugares para TFD, 4 ambulâncias classe média (Peugeot Expert).</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/img_20240123_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/img_20240123_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito a instalação de semáforo no cruzamento da Rua: Ernesto Herculino com a Rua: Izaias Soares Bairro: Centro.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/que_seja_ampliada_a_creche_do_independente_com_amis_salas.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/que_seja_ampliada_a_creche_do_independente_com_amis_salas.pdf</t>
   </si>
   <si>
     <t>Que seja ampliada a creche do Bairro Independente com mais salas, para comportar mais crianças, tendo em vista que a procura por vagas está cada vez mais maior e não há vagas suficientes para comportar todos os pedidos por matrícula.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/ampliacao_da_escola_belmiro_goncalves.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/ampliacao_da_escola_belmiro_goncalves.pdf</t>
   </si>
   <si>
     <t>Que seja ampliada a escola Belmiro Gonçalves com duas ou três salas, para comportar a demanda de Pais que vem em busca de matricular  seus filhos e não encontram vagas.</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Zé Neto</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/ind-_que_seja_construido_um_espaco_pet__para_abrigar_e_cuidar_de_animais_de_rua.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/ind-_que_seja_construido_um_espaco_pet__para_abrigar_e_cuidar_de_animais_de_rua.pdf</t>
   </si>
   <si>
     <t>Que seja construído um Espaço Pet  para abrigar e cuidar de animais de rua</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_da_clinica.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_da_clinica.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja implantado a Clínica de recuperação com os seguintes tratamentos: Dependência Química, Alcoolismo, Crack, Depressão, Maconha, Cocaína, Ansiedade e Esquizofrenia.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/img_20240131_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/img_20240131_0002.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a Rua: Grineide Gonçalves De Lima no  Loteamento Campo Alegre.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/img_20240131_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/img_20240131_0001.pdf</t>
   </si>
   <si>
     <t>Que seja colocado uma Braço de poste na Rua: Travessa treze De Maio Próximo ao Beco estreito da Ladeira do Bujão.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Salém no Príncipe da Paz.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1971/img_20240205_0009.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1971/img_20240205_0009.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o calçamento e saneamento do loteamento campo alegre, onde tenho feito o requerimento desde 2016.</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1972/img_20240205_0010.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1972/img_20240205_0010.pdf</t>
   </si>
   <si>
     <t>Solicito ao DER, Departamento de Estrada e Rodagem-PE. Que seja instalado uma lombada eletrônica na PE-90, entre a entrada do loteamento Izídio Tavares e o posto de combustível de Ednaldo.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/img_20240205_0011.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/img_20240205_0011.pdf</t>
   </si>
   <si>
     <t>Solicito ao Superintendente do Departamento Nacional de infraestrutura de transportes no Estado de Pernambuco (DNIT). Que seja construída uma passarela na BR-104 no período Urbano de Toritama-PE.</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/que_seja_feita_a_limpeza_do_canal_da_cohab_e_feita_aquela_passagem_da_rua_padre_zuzinha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/que_seja_feita_a_limpeza_do_canal_da_cohab_e_feita_aquela_passagem_da_rua_padre_zuzinha..pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do canal da Cohab e feita aquela passagem da Rua Padre Zuzinha.</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/que_seja_feito_o_saneamento_e_o_calcamento_das_ruas_do_bairro_tavares_martins..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/que_seja_feito_o_saneamento_e_o_calcamento_das_ruas_do_bairro_tavares_martins..pdf</t>
   </si>
   <si>
     <t>Que seja feito o Saneamento e o Calçamento das Ruas do Bairro Tavares Martins.</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/que_seja_colocado_uns_gradil_na_praca_jose_acacio_na_rua_bom_jesus_para_proteger_as_plantas_para_nao_sem_pisadas.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/que_seja_colocado_uns_gradil_na_praca_jose_acacio_na_rua_bom_jesus_para_proteger_as_plantas_para_nao_sem_pisadas.pdf</t>
   </si>
   <si>
     <t>Que seja colocado Grades de Proteção na Praça José Acácio, na Rua Bom Jesus para proteger as plantas para não sejam pisoteadas.</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/que_seja_denominado_o_parque_de_vaquejada_de_jose_bezerra_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/que_seja_denominado_o_parque_de_vaquejada_de_jose_bezerra_da_silva..pdf</t>
   </si>
   <si>
     <t>Que seja denominado o parque de vaquejada de José Bezerra da Silva.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/que_seja_criada_uma_ppp_parceria_publico-privada_entre_a_secretaria_de_educacao_e_esportes_de_toritama_e_clubes_da_capital_para_que_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/que_seja_criada_uma_ppp_parceria_publico-privada_entre_a_secretaria_de_educacao_e_esportes_de_toritama_e_clubes_da_capital_para_que_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>Que seja criada uma PPP (Parceria Público-privada) entre a Secretaria de Educação e Esportes de Toritama, e clubes da Capital para que Crianças e Adolescentes, que se destacarem na escola municipal de futebol de futebol, possam fazer suas avaliações para o futebol profissional.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/que_seja_saneada_e_calcada_a_rua_sivonaldo_procopio_e_a_rua_jose_cicero_da_silva_no_bairro_deus_e_fiel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/que_seja_saneada_e_calcada_a_rua_sivonaldo_procopio_e_a_rua_jose_cicero_da_silva_no_bairro_deus_e_fiel..pdf</t>
   </si>
   <si>
     <t>Que seja Saneada e Calçada a Rua Sivonaldo Procópio e a Rua José Cícero da Silva no bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Carol Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/img_0001.pdf</t>
   </si>
   <si>
     <t>Que sejam realizados: a capinação de terreno baldio presente na Travessa Linda Inês (ao lado da lavanderia Nazaré) no bairro Valentim 1; e a limpeza dos canais do riacho dos canudos, na mesma localidade. A presente indicação acontece a partir de demandas populares apresentadas no Programa Gabinete no Bairro, da Vereadora Carol Gonçalves.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Palmares no Deus é Fiel.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/img_20240219_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/img_20240219_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja tomada as providências na segurança e o conserto do calçamento das ruas, e seja feito cobranças ao presidente da compesa que libere água para os moradores dessa localidade no loteamento Colorado.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1995/img_20240219_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1995/img_20240219_0005.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja colocado um plantão extra de enfermeiros aos finais de semana no hospital Municipal em decorrências das demandas e ocorrências.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/img_20240219_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/img_20240219_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que através da secretaria de saúde, realize mutirões a combate da dengue nos bairros, loteamentos, riachos e rio Capibaribe, canais, limpezas dos lixos, um trabalho em conscientização da população sobre o cuidado com recipientes que possam servir de criadores de mosquito.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/img_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento do Beco Nova Betel, que fica próximo à rodovia PE-90.</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2001/img_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2001/img_0003.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calcamento da Avenida José de Chico,  que dá acesso à escola do Izídio Tavares.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/img_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/img_0002.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento das Ruas Escada, Ribeirão, Salem e as Travessas Palmares 1 e 2, no Bairro Elshaday.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito manutenção da primeira e da segunda praça, no bairro Príncipe da Paz, pois as mesmas encontram-se deterioradas, e são de grande importância para a comunidade local, sendo umas das poucas áreas de lazer existentes no bairro.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/img_20240223_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/img_20240223_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o conserto do calçamento da Avenida Dorival José Pereira, onde existe o estacionamento dos ônibus, trafego dos clientes e lojistas da capital do jeans.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/img_20240223_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/img_20240223_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja entregue dois kits de EPI para os garis responsáveis por saneamento e coletor de lixo.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/img_20240223_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/img_20240223_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja asfaltadas as Ruas: João Soares de Jesus, Vereador Raimundo Feitosa da Silva (conhecida 7 de Setembro), Rita Maria do Carmo, no Bairro: Independente, com o repasse referente ao ano de 2023 da Câmara Municipal de Vereadores, com a finalidade de beneficiar os moradores e o fluxo de veículos, nos dias de feiras.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_do_salao_desenvolvimento.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_do_salao_desenvolvimento.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja implantado o salão do desenvolvimento econômico, e que tenha os seguintes serviços: abertura de MEI, Orientações as empresas, para que elas fiquem aptas a vender para Prefeitura, e que seja implantado a Lei do Credenciamento, decreto N°11.878 de 09-01-2024 para cadastrar as empresas de bens e Serviços, para o chamamento público, procedimento Auxiliar.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/img_20240227_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/img_20240227_0002.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a Rua: Projetada Quadra96 e Quadra193 no Setor02  no Bairro Duque De Caxias.</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/img_20240304_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/img_20240304_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja instalado postes de iluminação pública em todas as vias dos bairros e loteamentos do município de Toritama-PE.</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/img_20240304_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/img_20240304_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que nos dias de feiras seja instalado guardas municipais nas entradas e saídas de ruas nos dias da feira do jeans, para garantir a segurança de feirantes e clientes.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/img_20240304_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/img_20240304_0005.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o saneamento da Rua: Antônio Onival Fernandes (vava guarda) Bairro: Príncipe da Paz, a mesma se encontra calçada.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Belo Jardim, no bairro El Shaday.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/img_20240311_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/img_20240311_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Santa Inês no bairro Independente.</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/img_20240311_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/img_20240311_0002.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Das Acacias no bairro Independente.</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/img_20240311_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/img_20240311_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o asfalto das vias locais e cruzamento de acesso aos bairros que se interligam com a BR-104.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/img_20240312_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/img_20240312_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja contratado dois profissionais técnicos em enfermagem, nos finais de semanas para o hospital Nossa Senhora de Fátima em nosso município.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/img_20240312_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/img_20240312_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja realizado mutirão nos Sítios do município, com as Secretarias de Saúde e Assistência Social, afim de realizar exames e documentos a cada 6 meses, em nosso município.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/solicito_que_seja_feita_uma_forca_tarefa_para_limpeza_do_canal_do_independente_e_o_canal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/solicito_que_seja_feita_uma_forca_tarefa_para_limpeza_do_canal_do_independente_e_o_canal.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feita uma força tarefa para limpeza do canal do independente e o canal na cohab, para a prevenção de fortes chuvas que virão.</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/solicito_que_sejam_feitos_os_complementos_dos_calcamentos_das_ruas_olavo_bilac_7_de_setembro_beco_na_rua_maragogi_e_os_becos_sao_paulo_sao_pedro_e_a_rua_luiz_gonzaga_entre_os_bai.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/solicito_que_sejam_feitos_os_complementos_dos_calcamentos_das_ruas_olavo_bilac_7_de_setembro_beco_na_rua_maragogi_e_os_becos_sao_paulo_sao_pedro_e_a_rua_luiz_gonzaga_entre_os_bai.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos os complementos dos calçamentos das ruas Olavo Bilac, 7 de setembro, Beco na rua Maragogi e os becos São Paulo, São Pedro e a rua Luiz Gonzaga entre os bairros independente e planalto.</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/solicito_que_seja_aprofundado_e_colocado_uma_cobertura_ate_a_boca_desse_canal_que.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/solicito_que_seja_aprofundado_e_colocado_uma_cobertura_ate_a_boca_desse_canal_que.pdf</t>
   </si>
   <si>
     <t>Solicito que seja aprofundado e colocado uma cobertura até a boca desse canal que fica em frente as garagens de Jeziel, no bairro independente.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_campo_alegre.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_campo_alegre.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento do bairro campo Alegre.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/que_sejam_saneadas_e_calcadas_as_ruas_do_bairro_tavares_martins.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/que_sejam_saneadas_e_calcadas_as_ruas_do_bairro_tavares_martins.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas do bairro Tavares Martins.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_luar_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_luar_de_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento do bairro luar de Toritama.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/img_20240326_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/img_20240326_0005.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o calçamento e o saneamento do Loteamento Tavares Martins, as Ruas: José Jorge Irmão, Pedro Xavier da Silva, Olindina Maria da Conceição, Jackson Araújo de Melo, Luiz Bezerra da Silva, Eraldo Severino Bezerra da Silva, Ana Teixeira Tavares, Adejar Soares de Jesus, Severina Joventina de Souza, Maria das Dores Silva, Edileusa Bezerra da Silva, e Luiz Augusto da Silva.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/img_20240326_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/img_20240326_0006.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o calçamento e o saneamento do bairro Novo Alvorecer, nas rua: Janailson João dos Santos, José Manoel da Silva, Estelina Anunciada Tavares, Severina Maria Vicente. E o complemento dos calçamentos das ruas: Euzébio Florentino Danda, Anália Florentino Danda, Francisco Ferreira Vicente, Augusto de Oliveira Cordeiro.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2060/img_20240326_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2060/img_20240326_0007.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o calçamento e o saneamento do Loteamento Central, nas ruas: Mauricio Manoel de Lima, Maria Teresa da Conceição, Odete Bento Sobral, José Paulo de Lima, Luiz Gonzaga da Silva, João Vitor da Silva.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/00001111.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/00001111.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja implantado o Clia. Centro Logístico e Industrial Aduaneiro, Porto seco Alfandegado para Importação e Exportação de Mercadorias.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Ipojuca, no bairro El Shaday.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/img_20240401_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/img_20240401_0001.pdf</t>
   </si>
   <si>
     <t>Que seja trocada as lâmpadas da Rua: Jeronimo Celestino De Lima no Centro.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/img_20240401_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/img_20240401_0002.pdf</t>
   </si>
   <si>
     <t>Que seja retirado os entulhos da Rua: João Soares De Jesus no Bairro do Independente.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/img_20240401_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/img_20240401_0003.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Manoel Tenório no Centro.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/img_20240402_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/img_20240402_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o saneamento e o calçamento do loteamento José de Fuló, nas ruas: Maria do Socorro das Neves, Severino Chagas Sobrinho, Luzinete Elias de Lima, Oscar Ferreira da Silva, Helenilson Jordão da Silva, Pedro Ferreira da Silva, Aílton Dorival Pereira, Severino José Pereira, Abelarde Izídio Tavares, Maria José Cabral, Fausto Florentino de Araújo, José Nivaldo Pereira Filho, Nerivaldo Pedro da Silva, Uilson João da Silva, José Rivonaldo das neves. E que seja feito o complemento do calçamento das Ruas: Maria dos Anjos Lima Tavares e Avenida prefeito Valdomiro Izídio Pereira.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/solicito_que_seja_feita_operacao_tapa_buracos_nas_ruas_do_loteamento_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/solicito_que_seja_feita_operacao_tapa_buracos_nas_ruas_do_loteamento_colorado..pdf</t>
   </si>
   <si>
     <t>Solicito que seja feita operação tapa buracos nas ruas do Loteamento Colorado.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/solicito_que_seja_feito_o_complemento_do_calcamento_da_av._jurandir_pedro_santana_ao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/solicito_que_seja_feito_o_complemento_do_calcamento_da_av._jurandir_pedro_santana_ao.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o complemento do calçamento da Av. Jurandir Pedro Santana ao lado da antiga escola de dona Fátima.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/solicito_que_sejam_retomadas_as_obras_de_calcamento_das_ruas_do_bairro_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/solicito_que_sejam_retomadas_as_obras_de_calcamento_das_ruas_do_bairro_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam retomadas as obras de calçamento das ruas do bairro Deus é Fiel</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/img_20240402_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/img_20240402_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o saneamento e o calçamento do Loteamento Galdino, nas ruas: Tony Robson Felix Oliveira Leite, Abel Tavares de Lima, Jurací Francisca da Silva, Maria Helena Amorim, Regina Maria das Neves, Nelson Soares de Souza, Cosmo Mizael Leite.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/img_20240402_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/img_20240402_0005.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja construída as duas pontes para acesso dos veículos nas Ruas: São Cosmo e PE-90 Bairro: Independente.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/que_seja_criada_a_politica_de_doacao_de_bomba_de_insulina_e_dispositivos_de_monitorizacao_da_glicemia_a_criancas_com_diabetes_mellitus_tipo_i.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/que_seja_criada_a_politica_de_doacao_de_bomba_de_insulina_e_dispositivos_de_monitorizacao_da_glicemia_a_criancas_com_diabetes_mellitus_tipo_i.pdf</t>
   </si>
   <si>
     <t>Que seja criada a política de doação de bomba de insulina e dispositivos de monitorização da glicemia a crianças com diabetes mellitus tipo I</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que seja asfaltada a Rua Siqueira Campos no bairro de Fazenda Velha.</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/img_20240408_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/img_20240408_0001.pdf</t>
   </si>
   <si>
     <t>Que seja calçada e saneada a Rua: Santa Cruz no Bairro do Novo Coqueiral.</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/img_20240408_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/img_20240408_0002.pdf</t>
   </si>
   <si>
     <t>Que seja complementado o calçamento da Rua: Elizeu Soares Bezerra no Centro.</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_silva_no_bairro_novo_oriente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_silva_no_bairro_novo_oriente.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos o saneamento e o calçamento das Ruas Francisca Bezerra do Nascimento, Manoel Henrique Tavares e José Caetano da Silva no Bairro Novo Oriente.  Reforçando uma indicação de minha autoria de nº 05 / 2019.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/que_seja_feito_construida_uma_praca_onde_funciona_a_fabrica_de_tubos_para_servir_de_acesso_entre_a_rua_rita_maria_do_carmo_e_a_ubs_do_bairro_independente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/que_seja_feito_construida_uma_praca_onde_funciona_a_fabrica_de_tubos_para_servir_de_acesso_entre_a_rua_rita_maria_do_carmo_e_a_ubs_do_bairro_independente.pdf</t>
   </si>
   <si>
     <t>Que seja  construída uma praça onde funciona a fábrica de tubos, para servir de acesso entre a Rua Rita Maria do Carmo e a UBS do Bairro Independente.  Reforçando uma indicação de minha autoria de nº 238 / 2019.</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/que_seja_feito_o_calcamento_da_rua_jorge_matheus_no_bairro_coqueiral_reforcando_uma_indicacao_de_minha_autoria.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/que_seja_feito_o_calcamento_da_rua_jorge_matheus_no_bairro_coqueiral_reforcando_uma_indicacao_de_minha_autoria.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da Rua Jorge Matheus, no Bairro Coqueiral. Reforçando uma indicação de minha autoria de nº 220 / 2018.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Matheus Santana</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/camscanner_08-04-2024_20.20.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/camscanner_08-04-2024_20.20.pdf</t>
   </si>
   <si>
     <t>Indico que seja feito o conserto do calçamento e saneamento da rua getúlio Vargas,_x000D_
 bairro fazenda velha.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/camscanner_08-04-2024_20.23.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/camscanner_08-04-2024_20.23.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o conserto do calçamento e capinação na rua Geraldo Manoel Da Silva_x000D_
 Loteamento Colorado.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/camscanner_08-04-2024_20.17_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/camscanner_08-04-2024_20.17_1.pdf</t>
   </si>
   <si>
     <t>solicito fazer a capinação e conserto de calçamento da rua: João Pessoa_x000D_
 Loteamento Colorado.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/img_20240409_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/img_20240409_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o saneamento e o calçamento das ruas: 29 de Dezembro, José Caetano da Silva, Presidente Tancredo Neves, Projetada S3Q91Q92, Paulo Roberto Barbosa Camelo, José Pedro da Silva, Adolfo Gonçalves de Melo, Maria Helena Amorim, Amaro Lopez da Silva, e Avenida Gilberto Ferreira da Cruz no Lot. Nova Betel, Lot. Novo Oriente, e Lot. Maria S. C Melo.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/img_20240409_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/img_20240409_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito a instalação de lombadas ou redutor de velocidade no Bairro: Príncipe da Paz ou determinar para o setor competente.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/img_20240409_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/img_20240409_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao poder executivo, prefeito Edilson Tavares de Lima. Que seja feito o saneamento e o calçamento das ruas: Celino Minervino Neto, Prof. Maria Auxiliadora Gonçalves Batista, Prof. Edileuza Maria da Silva, Projetada S7Q39Q314 e Av. Pedro de Lima Neto, bairro: Deus é Fiel.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/que_seja_feito_o_saneamento_e_o_calcamento_da_rua_canaa_no_bairro_principe_da_paz_reforcando_uma_indicacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/que_seja_feito_o_saneamento_e_o_calcamento_da_rua_canaa_no_bairro_principe_da_paz_reforcando_uma_indicacao.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento da Rua Canaã, no Bairro Príncipe da Paz, reforçando uma indicação de minha autoria de nº 140 / 2017.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_da_pe90.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_da_pe90.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito uma parceria com o Governo do Estado para fazer a obra de _x000D_
 ligamento da rua Luiz José Tavares a PE90</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/mava.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/mava.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito o asfalto no Bairro: Planalto nas ruas: Severino Manoel da Silva, Raquel de Queiroz, João Soares de Jesus, Coqueiral, Capibaribe, Maragogi, Princesa Izabel, Brasília, Ana Lucia Galdino Fonseca, Maria Francisca Filha e Avenida Planalto.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/mava02.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/mava02.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito o asfalto das ruas: Das Acácias, Beco Público, São João, Benvida Vicente Lima, Santo Amaro, Rita Maria do Carmo, Wandel Soares de Jesus, São Pedro, São Paulo, Almirante Tamandaré e Elpidío Florêncio de Almeida Bairro: Independente.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/mava03.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/mava03.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja o saneamento e o calçamento das ruas do loteamento Generim, nas ruas: Amaro Honorato da Silva, Maria do Socorro Minervino, Inocensio Soares de Souza, João Manoel da Silva, José Braz de Oliveira, Maria Gerusa Torres, Rita Maria da Silva, João Zumba de Melo, Elzebio Ventura da Silva, Luiz Mangaba da Silva e José Batista da Silva.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/que_seja_construida_uma_quadra_poliesportiva_e_um_chafariz_no_loteamento_izidio_tavares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/que_seja_construida_uma_quadra_poliesportiva_e_um_chafariz_no_loteamento_izidio_tavares.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma Quadra Poliesportiva e um Chafariz no loteamento Izídio Tavares. Reforçando uma indicação de minha autoria de nº 146 / 2021.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/que_seja_criado_um_espaco_jovem_em_nossa_cidade_em_nossa_cidade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/que_seja_criado_um_espaco_jovem_em_nossa_cidade_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Que seja criado um espaço jovem em nossa cidade em nossa cidade. Reforçando uma indicação de minha autoria de nº 197 / 2021.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/que_seja_adquirido_2_duas_motos_para_o_samu_para_ser_utilizada_no_atendimento_rapido_de_urgencia_intitulada_de_motolancia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/que_seja_adquirido_2_duas_motos_para_o_samu_para_ser_utilizada_no_atendimento_rapido_de_urgencia_intitulada_de_motolancia..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido (2) duas motos para o SAMU, para ser utilizada no atendimento rápido de urgência, intitulada de MOTOLÂNCIA.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_no_2024_plano_municipal_de_saneamento.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_no_2024_plano_municipal_de_saneamento.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado pelo Poder Executivo o Plano Municipal de Saneamento Básico, sendo enviado a esta Câmara, como define a Lei 11.445/2007, Marco Legal Nacional do Saneamento Básico, lei esta que estabelece sua obrigatoriedade, com o intuito de nos auxiliar no desenvolvimento de políticas públicas de zeladoria voltadas a nossa Toritama. Sendo estas matérias de iniciativa exclusiva do Poder Executivo, a qual precisa de nossa deliberação para aprovação.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_no_2024_plano_municipal_do_meio_ambiente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_no_2024_plano_municipal_do_meio_ambiente.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado pelo Poder Executivo o Plano Municipal, Conselho e Fundo do Meio Ambiente, com o intuito de estabelecer regras, projetos, e políticas públicas de regularização do Meio Ambiente na nossa cidade, sendo definido um orçamento específico para tais ações, além de regulamentar as ações do Poder Executivo, voltadas a proteção do meio ambiente, uso consciente de recursos, reciclagem, tratamento de esgoto e água, entre outras ações.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/img_20240416_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/img_20240416_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito o asfalto das ruas: Santa Cosma, Santa Cruz, Paissanou, Santa Mônica, Santa Inés, José Floriano, da Silva, Francisca Emília, Santa Ana, Santa Lúcia, Santa Maria, Surubim, Neuza Dulce da Costa, Santa Socorro e Avenida Toritama. No bairro: Cohab.</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/img_20240416_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/img_20240416_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito o asfalto das vias laterais da PE-90 (acostamento).</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/indicacao_18-04-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/indicacao_18-04-2024.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja Criado o São João no São, com data comemorativa todos os anos no dia 23 de Junho, com bandas e atrações Juninas ,e que seja Feito a pavimentação em Asfalto dos dois lados da Rua, com início na Frente da igreja Católica até a Frente da escola José Paulo de Lima e igreja assembleia de Deus,  e que seja Feito uma bateria de Banheiros masculino e Feminino no prédio do município, onde funcionou o orelhão da antiga telpe no são João de baixo em Frente a casa de Zefinha Lira.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/que_seja_construida_uma_praca_e_um_posto_de_saude_no_izideo_tavares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/que_seja_construida_uma_praca_e_um_posto_de_saude_no_izideo_tavares.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça e um posto de saúde no terreno ao lado do cacimbão no loteamento Izídio Tavares. Reforçando uma indicação de minha autoria de nº 60 / 2021.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/calcamento_das_ruas_salem_palmares__escada.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/calcamento_das_ruas_salem_palmares__escada.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as Ruas Salem, Escada, Palmares, Ribeirão e a 1ª e 2ª Travessa Palmares, nos Bairros Deus é Fiel e El Shaday. Reforçando uma indicação de minha autoria de 21 de  2022.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/calcamento_da_rua_sivonaldo_procopio.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/calcamento_da_rua_sivonaldo_procopio.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da Rua Sivonaldo Procópio no Bairro Deus é Fiel. Reforçando minhas indicações de nº 33 / 2022 e nº 218 de 2023.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/img_20240416_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/img_20240416_0004.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito o aumento do salário dos garis e serviços gerais para um salário e meio e os demais seja corrigido pela inflação como: diretor, diretor adjunto, secretario escolar, coordenador, diretor de cadastro, fiscal tributário e acessor tribução.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/img_20240424_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/img_20240424_0002.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua : Vitória no Bairro do colorado.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/img_20240424_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/img_20240424_0001.pdf</t>
   </si>
   <si>
     <t>Que seja trocadas  as lâmpadas e que passa a maquina na Rua: Jerusalém no Bairro Príncipe da Paz</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/img_0001.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Escada, no_x000D_
 bairro El Shaday.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/indicacao_do_programa_piscicultura..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/indicacao_do_programa_piscicultura..pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja implantado o Programa Municipal de apoio a Piscicultura.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_nc2ba_2024_conferencia_das_cidades_28129_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_nc2ba_2024_conferencia_das_cidades_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação para que seja realizada a convocação para a 1º Conferência Municipal das Cidades em Toritama. Este ano será realizada a 6ª Conferência Nacional das Cidades, onde serão discutidos pelo governo federal medidas a serem tomadas em relação ao desenvolvimento sustentável e inclusão democrática das cidades quanto aos investimentos realizados pelo governo federal. A Prefeitura Municipal de Toritama terá até o dia 15 de maio, conforme art. 46, §2º, do Regimento Interno da Conferência, para realizar a convocação da comunidade. Peço a colaboração de todos para que esse processo venha acontecer, é muito importante que a população participe ativamente das decisões e resoluções de problemas do nosso município, tornando o debate mais democrático e inclusivo.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/img_20240506_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/img_20240506_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja encaminhado um projeto de lei regulamentando o pagamento dos precatórios dos professores da rede municipal de Toritama-PE.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/img_20240506_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/img_20240506_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito a terraplanagem no sítio arroz e que seja colocado a tubulação (bueiro) na entrada onde da acesso a PE-90.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/img_20240506_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/img_20240506_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja criado um sistema de tratamento de esgoto, para evitar que seja despejado resíduos no Rio Capibaribe no município de Toritama-PE.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_-_cobertura_asfaltica.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_-_cobertura_asfaltica.pdf</t>
   </si>
   <si>
     <t>Solicito que seja concluída a cobertura asfáltica da Av. Vereador Jurandir Pedro de Santana, próxima à rodovia PE-90, na zona urbana deste município.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/img_20240509_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/img_20240509_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua : Machado De Assis no começo da Rua no Bairro Areal.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_nc2ba_2024_limpeza_antigo_matadouro_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_nc2ba_2024_limpeza_antigo_matadouro_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a devida limpeza e manutenção dos arredores da Rua Amaro Ferreira de Lima, Antigo Matadouro, próximo a piscina de Arita, Toritama – PE. Sendo retirado, de imediato, a pastagem e os resíduos sólidos encontrados no canal que atravessa a rua, sendo local de área verde pertencente ao município. E posteriormente, tendo em vista garantir a qualidade de vida permanente dos moradores, solicito que sejam realizadas obras de saneamento, calçamento, ponte e área de lazer destinada aos cidadãos.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/que_seja_adquirido_um_caminhao_limpa_fossa_para_ajudar_as_pessoas_que_nao_tem_condicao_e_pag_pronto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/que_seja_adquirido_um_caminhao_limpa_fossa_para_ajudar_as_pessoas_que_nao_tem_condicao_e_pag_pronto.pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um caminhão limpa fossa, para ajudar as pessoas que não tem condição e pagar 600,00 reais para fazer a limpeza da sua força.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/que_sejam_saneadas_e_calcadas_as_ruas_belem_salem_ribeirao_palmares_canaa_e_a_rua_escada__entre_os_bairros_principe_da_paz_e_el_shaday_pronto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/que_sejam_saneadas_e_calcadas_as_ruas_belem_salem_ribeirao_palmares_canaa_e_a_rua_escada__entre_os_bairros_principe_da_paz_e_el_shaday_pronto.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Belém, Salém, Ribeirão, Palmares, Canaã e a rua Escada,  entre os bairros príncipe da paz e El Shaday.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind-_que_seja__instituido_o_festival_da_seresta_de_toritama_a_ser_realizado_na_rua_4_de_outubro_sempre_no_domingo_onde_se_comemora_o_dia_dos_pais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind-_que_seja__instituido_o_festival_da_seresta_de_toritama_a_ser_realizado_na_rua_4_de_outubro_sempre_no_domingo_onde_se_comemora_o_dia_dos_pais..pdf</t>
   </si>
   <si>
     <t>Que seja instituído o Festival da Seresta de Toritama, a ser realizado na rua 4 de outubro, sempre no domingo onde se comemora o dia dos pais.</t>
   </si>
   <si>
     <t>2175</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_nc2ba_2024_portal_do_contribuinte_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_nc2ba_2024_portal_do_contribuinte_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado pelo Poder Executivo Municipal melhorias no Portal do Contribuinte Municipal, com intuito de alterar o layout da página online, perguntas frequentes, melhorar a navegabilidade da página oficial e desenvolver cartilha de informações com o intuito de desburocratizar os procedimentos voltados aos empresários no município, para que os atendimentos sejam feitos de forma totalmente online e acessível.</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/img_20240517_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/img_20240517_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja instalado cestos nas passagens dos bueiros e canais para impedir a passagem de lixo.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/img_20240517_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/img_20240517_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que sejam contratados 2 profissionais de Terapia Ocupacional, 2 fonoaudiólogos, 1 neuropediatra, 1 psicomotricista, 1 musicoterapia para realizar atendimentos na policlínica municipal.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/img_20240517_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/img_20240517_0004.pdf</t>
   </si>
   <si>
     <t>Solicito a mesa diretora, que seja enviado um Projeto de Lei para a criação em benefício de auxílio alimentação e transporte para os servidores efetivos municipais da câmara de vereadores de Toritama-PE.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/img_20240521_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/img_20240521_0001.pdf</t>
   </si>
   <si>
     <t>Que seja isntalado um novo portão no cemitério ao lado na Rua Pio X  pois o mesmo que se encontra lá estar caindo.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/img_20240527_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/img_20240527_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja concluído o calçamento da Rua: Santa Mônica, Bairro: Cohab com a PE-90, onde vem dificultando o acesso dos veículos.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/img_20240527_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/img_20240527_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja concluído toda iluminação que da acesso ao Sítio Santa Maria, Sítio Mangas, Vila São Benedito, na BR-104 e PE-90 no período urbano do município de Toritama-PE.</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/img_20240527_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/img_20240527_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito a terraplanagem do sítio São João de cima, onde não tem condições de tráfego de veículos naquela localidade, e feito a terraplanagem no Loteamento Luar de Toritama.</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/img_20240528_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/img_20240528_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Iraci Teixeira no Bairro do Arial.</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_nc2ba_2024_conferencia_municipal_do_meio_ambiente_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_nc2ba_2024_conferencia_municipal_do_meio_ambiente_assinado.pdf</t>
   </si>
   <si>
     <t>Indicação para que seja realizado a convocação para Conferência Municipal do Meio Ambiente em Toritama. Esse ano será realizado pelo governo federal a 5ª Conferência Nacional do Meio Ambiente onde serão discutidas medidas de proteção, desenvolvimento sustentável mitigação de danos ao meio ambiente e condições de vida para populações em situação de risco ambiental, sendo de extrema importância a participação de Toritama no debate nacional para discutir medidas que possam ajudar o município. O Poder Executivo deverá realizar a convocatória, por meio do órgão municipal responsável pelo Meio Ambiente, publicando os dados em veículo oficial para que seja realizada entre os dias 01/06 até o dia 05/07 de 2024, entre as demandas a serem discutidas há três objetivos principais: incentivar a ampla participação da população na construção de propostas para o enfrentamento da emergência climática, em seus cinco eixos temáticos; criar e enviar 10 propostas sobre os eixos temáticos para a Conferência Estadual do Meio Ambiente e eleger dentre participantes a delegação que representará o município na etapa estadual da 5ª Conferência Nacional do Meio Ambiente. O guia prático para realização da conferência já está disponível no Portal do Ministério do Meio Ambiente, peço a colaboração de todos para que esse processo venha acontecer, é muito importante que a população participe ativamente das decisões e resoluções de problemas do nosso município, tornando o debate mais democrático e inclusivo.</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_nc2ba_2024_plano_municipal_da_juventude_28129_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_nc2ba_2024_plano_municipal_da_juventude_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado pelo Poder Executivo o Plano Municipal, Conselho e Fundo da Juventude, com o intuito de estabelecer regras, projetos, e políticas públicas voltados aos jovens da nossa cidade, sendo definido um orçamento específico para tais ações, além de regulamentar as ações do Poder Executivo, voltadas a proteção, segurança, participação política, assistência social, educação, emprego, entre outras ações pertinentes a realidade da juventude toritamense.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_nc2ba_2024_homenagem_as_vitimas_do_covid_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_nc2ba_2024_homenagem_as_vitimas_do_covid_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja construído em lugar público e movimentado, de preferência no centro da cidade, o Memorial em Homenagem as Vítimas da COVID-19 que faleceram no nosso município, no período de pandemia declarada entre 2020 e 2022. Esse memorial deve ser construído nos moldes da Lei Municipal 1.821/2021, sancionada pelo Poder Executivo, a qual estabelece também um espaço de láurea para os profissionais da saúde que se dedicaram ao extremo nesse período terrível da história da humanidade.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/indicacao_meu_primeiro_emprego.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/indicacao_meu_primeiro_emprego.pdf</t>
   </si>
   <si>
     <t>Ementa. Que Seja implantado a sala da oportunidade, meu primeiro emprego. Para cadastrar Homens e Mulheres que pretendem aprender a cortar e costurar, as pessoas cadastradas serão encaminhadas para as  empresas parceiras.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/indicacao_empresa_profissionalizante.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/indicacao_empresa_profissionalizante.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja implantado o Programa Municipal, Empresa profissionalizante, com Curso técnico na área de corte e Costura, e que no mês de Dezembro de Todos os anos, seja feito um Evento, e que essas Empresas sejam premiadas e recebam o Certificado Empresa amiga do Desenvolvimento Econômico.</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/que_seja_feito_o_complemento_do_calcamento_na_entrada_da_rua_santa_monica_as_margens_da_pe_90.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/que_seja_feito_o_complemento_do_calcamento_na_entrada_da_rua_santa_monica_as_margens_da_pe_90.pdf</t>
   </si>
   <si>
     <t>Que seja feito o complemento do calçamento na entrada da Rua Santa Mônica as margens da PE 90, proximo ao depósito de gás.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/que_seja_feito_o_conserto_do_saneamento_que_esta_com_o_esgoto_a_ceu_aberto_na_rua_sivonaldo_procopio_ao_lado_do_posto_da_guarda_no_bairro_deus_e_fiel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/que_seja_feito_o_conserto_do_saneamento_que_esta_com_o_esgoto_a_ceu_aberto_na_rua_sivonaldo_procopio_ao_lado_do_posto_da_guarda_no_bairro_deus_e_fiel..pdf</t>
   </si>
   <si>
     <t>Que seja feito o conserto do Saneamento que está com o esgoto a céu aberto na Rua Sivonaldo Procópio, ao lado do posto da guarda no Bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/que_seja_feito_uma_operacao_tapa_buracos_nas_ruas_do_bairro_colorado_e_que_seja_feita_a_troca_das_lampadas_nos_postes_e_que_a_capinagem_nos_matos_que_estao_atrapalhando_a_visibilidade_nas_ruas.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/que_seja_feito_uma_operacao_tapa_buracos_nas_ruas_do_bairro_colorado_e_que_seja_feita_a_troca_das_lampadas_nos_postes_e_que_a_capinagem_nos_matos_que_estao_atrapalhando_a_visibilidade_nas_ruas.pdf</t>
   </si>
   <si>
     <t>Que seja feito uma operação Tapa Buracos nas ruas do Bairro Colorado e que seja feita a troca das lâmpadas nos postes e que seja feita a Capinagem nos matos que estão atrapalhando a visibilidade nas ruas do Colorado.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/img_20240603_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/img_20240603_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que o São João de nossa cidade seja em homenagem a Elizeu Abelarde Tavares.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/img_20240603_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/img_20240603_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito uma podagem, capinação, retirada de lixos e retirada de metralhas nas margens da BR-104 e PE-90 onde dá acesso ao período Urbano do município de Toritama-PE.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/img_20240603_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/img_20240603_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja adquirido ou comprado 3 caçambas e 2 máquinas retroescavadeira e escavadeiras hidráulicas.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_-_el_shaday.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_-_el_shaday.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e calçamento na Rua Catende, no_x000D_
 bairro El Shaday.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_1.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o calçamento da Rua Severino Jose, bairro Deus é fiel (a rua do_x000D_
 batalhão BEPI).</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o preenchimento de areia da quadra de futevôlei no bairro_x000D_
 Fazenda Velha localizada na praça Rubeni João da Silva</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind._que_seja_construido_um_abrigo_para_idosos_em_situacao_de_vunerabilidade_e_em_risco_por_violacao_de_direitos_com_o_intuito_de_proteger_e_previnir_situacoes_de_rua_dessa_populacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind._que_seja_construido_um_abrigo_para_idosos_em_situacao_de_vunerabilidade_e_em_risco_por_violacao_de_direitos_com_o_intuito_de_proteger_e_previnir_situacoes_de_rua_dessa_populacao.pdf</t>
   </si>
   <si>
     <t>Que seja construído um abrigo para idosos em situação de vulnerabilidade e em risco_x000D_
 por violação de direitos, com o intuito de proteger e prevenir situações de rua dessa_x000D_
 população.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_que_seja_conntruida_uma_ubs_no_bairro_colorado_e_que_seja_denominada_enfermeira_eraldina_inacia_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_que_seja_conntruida_uma_ubs_no_bairro_colorado_e_que_seja_denominada_enfermeira_eraldina_inacia_da_silva.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma UBS no Bairro Colorado e que seja denominada Enfermeira_x000D_
 Eraldina Inácia da Silva.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/img_20240605_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/img_20240605_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito um mutirão em todas as UBS, com período de uma semana. Com exames, aferição PA, teste HGT (Glicemia), Vacinação, acolhimento a mulher, Citologia, Pré-Natal, Puericultura (acolhimento ao bebê), teste rápidos: Sífilis, HIV, Hepatite B, Hepatite C, e atendimentos odontológicos.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/img_20240605_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/img_20240605_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito um mutirão nas escolas para tirar identidade, CPF, carteira de trabalho, cartão SUS, Registro e segunda via do Registro.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/img_20240605_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/img_20240605_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito um mutirão em todos os bairros e loteamento com tapa buraco, limpeza, varrição, retirada de metralha, capinação, pintura do meio fio e sinalização.</t>
   </si>
   <si>
     <t>2221</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_oncologia_e_hemodialise_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_oncologia_e_hemodialise_.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito a aquisição de um veículo Spin de 7 lugares com exclusividade _x000D_
 para levar os pacientes que precisam de atendimento na sala de Oncologia, e também _x000D_
 na sala de Hemodiálise ambos em Caruaru</t>
   </si>
   <si>
     <t>2222</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/documento_2024-06-14_171702.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/documento_2024-06-14_171702.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja criado um site para cada fundo Municipal, com a finalidade de captação de _x000D_
 recursos do Imposto de Renda, através de destinação das Empresas e Pessoas Físicas.</t>
   </si>
   <si>
     <t>2223</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/documento_2024-06-14_172100.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/documento_2024-06-14_172100.pdf</t>
   </si>
   <si>
     <t>Ementa, Que Seja Colocado um Coordenador(a ) de Agendamento Hospitalar em _x000D_
 Recife. Para marcação de Consultas e Cirurgias.</t>
   </si>
   <si>
     <t>2224</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_da_eadi.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_da_eadi.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja feito a aquisição de um terreno de 35.000m² em área estratégica,_x000D_
 para construção de um EADI(Estação Aduaneira do Interior) porto seco zona _x000D_
 secundária, para importação e exportação de mercadorias.</t>
   </si>
   <si>
     <t>2232</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/que_seja_criana_uma_guarda_ambiental_em_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/que_seja_criana_uma_guarda_ambiental_em_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja criada uma Guarda Ambiental em Toritama.</t>
   </si>
   <si>
     <t>2234</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_areal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_areal..pdf</t>
   </si>
   <si>
     <t>Solicito o conserto dos buracos e a pavimentação asfáltica na R. Iraci Teixeira, no Areal</t>
   </si>
   <si>
     <t>2235</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/img_20240710_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/img_20240710_0001.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Éneas Vicente no Centro.</t>
   </si>
   <si>
     <t>2236</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/img_20240710_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/img_20240710_0002.pdf</t>
   </si>
   <si>
     <t>Que seja feito o reparo da Rua: Araguaia no Bairro do Antão.</t>
   </si>
   <si>
     <t>2237</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2237/img_20240711_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2237/img_20240711_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima que seja feito o conserto da pavimentação asfáltica, escovação e a pintura do meio fio e paredes do estacionamento dos ônibus na Avenida Dorival José Pereira.</t>
   </si>
   <si>
     <t>2239</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/img_20240711_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/img_20240711_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima que seja feito a terraplanagem no Loteamento Luar Toritama e posteriormente a pavimentação através de calçamento das Ruas do Loteamento.</t>
   </si>
   <si>
     <t>2240</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/img_20240711_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/img_20240711_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima que seja feito o conserto da pavimentação asfáltica da Rua Boa Vista no Bairro Duque de Caxias e seja realizado estudos técnicos para que seja seguido o alinhamento da rua, tendo em vista a dificuldade na circulação e manobras de veículos pesados que tem causado danos a tubulação da COMPESA.</t>
   </si>
   <si>
     <t>2242</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/indicacao_da_creche.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/indicacao_da_creche.pdf</t>
   </si>
   <si>
     <t>Ementa, Que Seja feito a aquisição de um terreno no Bairro Independente, na rua das _x000D_
 Acácias, com a rua Maria José Gomes Chagas. Para construção de uma Creche.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/indicacao_da_ctm.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/indicacao_da_ctm.pdf</t>
   </si>
   <si>
     <t>Ementa. Que Seja Construído O CTM(Centro de Treinamento Municipal).</t>
   </si>
   <si>
     <t>2244</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/indicacao_do_futebol.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/indicacao_do_futebol.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito a Cessão do Terreno do Imóvel que caiu a Laje no sítio São João _x000D_
 de Baixo, por um período de 20 anos, para a Associação de Clubes de Futebol Amador _x000D_
 do Município de Toritama-PE, Que está em processo de Fundação.</t>
   </si>
   <si>
     <t>2245</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/que_seja_feita_a_iluminacao__da_avenida_rosemiro_felix_do_planalto_ao_lado_da_escola_do_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/que_seja_feita_a_iluminacao__da_avenida_rosemiro_felix_do_planalto_ao_lado_da_escola_do_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Que seja feita a iluminação  da avenida Rosemiro Félix do Planalto ao lado da escola do Deus é fiel.</t>
   </si>
   <si>
     <t>2246</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/que_seja_feita_a_terraplanagem_com_pissarro_do_bairro_campo_alegre_e_izidio_tavares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/que_seja_feita_a_terraplanagem_com_pissarro_do_bairro_campo_alegre_e_izidio_tavares.pdf</t>
   </si>
   <si>
     <t>Que seja feita a terraplanagem com pissarro do bairro campo Alegre e izídio Tavares.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/que_seja_feito_o_complemento_do_calcamento_da_rua_olavo_bilac_e_da_rua_sete_de_setembro_no_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/que_seja_feito_o_complemento_do_calcamento_da_rua_olavo_bilac_e_da_rua_sete_de_setembro_no_bairro_independente..pdf</t>
   </si>
   <si>
     <t>Que seja feito o complemento do calçamento da rua Olavo Bilac e da rua sete de setembro no bairro independente.</t>
   </si>
   <si>
     <t>2248</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/indicacao_coqueiral_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/indicacao_coqueiral_1.pdf</t>
   </si>
   <si>
     <t>Solicito limpeza e conserto das tampas do bueiro da R. Severino Ramos, no bairro coqueiral.</t>
   </si>
   <si>
     <t>2253</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/img_20240716_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/img_20240716_0005.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima que mobilize esforços juntamente com a secretaria competente, para que seja adquirido equipamento móvel odontológico para atendimento de pacientes acamados.</t>
   </si>
   <si>
     <t>2254</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/img_20240716_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/img_20240716_0006.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito a padronização das calçadas para pedestres nos dois lados da Avenida José Manoel da Silva e das Ruas: Adalgisa Moura, José Celestino, Comércio, Antônio Soares, João Chagas, Joaquim Tabosa na cidade de Toritama.</t>
   </si>
   <si>
     <t>2255</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/img_20240716_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/img_20240716_0007.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito a retirada da lona da entrada da rua do jeans, e que seja instalado uma nova coberta no parque das feiras.</t>
   </si>
   <si>
     <t>2256</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/indicacao_coqueiral_2.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/indicacao_coqueiral_2.pdf</t>
   </si>
   <si>
     <t>Solicito limpeza e conserto das tampas do bueiro da Av. João Joaquim da Silva, no_x000D_
 bairro coqueiral.</t>
   </si>
   <si>
     <t>2266</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/que_seja_estendido_o_atendimento_do_pediatra_para_mais_dias_na_semana_tendo_em_vista_a_grande_demanda_que_existe_em_nossa_cidade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/que_seja_estendido_o_atendimento_do_pediatra_para_mais_dias_na_semana_tendo_em_vista_a_grande_demanda_que_existe_em_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Que seja estendido o atendimento do pediatra para mais dias na semana, tendo em vista a grande demanda que existe em nossa cidade.</t>
   </si>
   <si>
     <t>2267</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/que_seja_construida_uma_casa_de_apoio_para_cuidar_dos_nossos._solicitado_por_gorete_arruda_e_sivonice_franca..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/que_seja_construida_uma_casa_de_apoio_para_cuidar_dos_nossos._solicitado_por_gorete_arruda_e_sivonice_franca..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma casa de apoio para cuidar dos nossos. Solicitado por Gorete Arruda e Sivonice França.</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/que_seja_construida_uma_praca_no_loteamento_de_jairo_de_aru_para_trazer_lazer_e_dignidade_para_as_criancas_e_adultos_da_quela_localidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/que_seja_construida_uma_praca_no_loteamento_de_jairo_de_aru_para_trazer_lazer_e_dignidade_para_as_criancas_e_adultos_da_quela_localidade..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça no loteamento de Jairo de Arú, para trazer lazer e dignidade para as crianças e adultos da quela localidade.</t>
   </si>
   <si>
     <t>2269</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/img_20240723_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/img_20240723_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito a uma capinação em todos os bairros e loteamentos de nossa cidade.</t>
   </si>
   <si>
     <t>2270</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/img_20240723_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/img_20240723_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja instalado parque de diversões na academia da cidade, no bairro Independente.</t>
   </si>
   <si>
     <t>2271</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/img_20240723_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/img_20240723_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito uma escovação e uma operação tampa buraco em todas as ruas de nossa cidade.</t>
   </si>
   <si>
     <t>2279</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/indicacao_ctaa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/indicacao_ctaa.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja Feito a desapropriação de um terreno em Torno da AME Animal no sítio _x000D_
 Oncinha, para a implantação do CTAA (Centro de tratamento e acolhimento Animal) para _x000D_
 acolher Cães e Gatos em estado de abandono, e aqueles que precisam de internação _x000D_
 para serem tratados.</t>
   </si>
   <si>
     <t>2280</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/indicacao_do_sistomex.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/indicacao_do_sistomex.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja implantado o Portal Único de Comércio Exterior - Siscomex</t>
   </si>
   <si>
     <t>2283</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/indicacao_planalto_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/indicacao_planalto_.pdf</t>
   </si>
   <si>
     <t>Solicito saneamento e calçamento na Rua Maragogi, no bairro planalto.</t>
   </si>
   <si>
     <t>2284</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/img_20240730_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/img_20240730_0001.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja colocado câmeras de monitoria em todas as praças do nosso município.</t>
   </si>
   <si>
     <t>2285</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/img_20240730_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/img_20240730_0002.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja dado prioridade a pavimentação de vias públicas, como escolas e creches da rede pública municipal e da rede particular de ensino de nosso município.</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/img_20240730_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/img_20240730_0003.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja feito um mutirão para as pessoas que estão na fila de espera para conseguir sua ultrassonografia, no município de Toritama.</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2292/indicacao_planalto_2.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2292/indicacao_planalto_2.pdf</t>
   </si>
   <si>
     <t>Solicito saneamento e calçamento na Rua Tapuirãma, no Planalto.</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2293/indicacao_do_clube_da_apae.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2293/indicacao_do_clube_da_apae.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja feito a doação do Terreno localizado na rua Anália Tavares da Silva no bairro Colorado, para a Associação de Pais e Amigos dos excepcionais de Toritama (APAE). Para a construção do Clube da APAE Toritama, com os seguintes equipamentos: Piscinas, 1 Restaurante, Brinquedoteca, Ginásio e um salão para oferecer cursos profissionalizantes para as Mulheres, com a doação desse terreno os valores desse projeto vem através da Federação das APAEs do Brasil.</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/indicacao_da_praca_de_eventoss.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/indicacao_da_praca_de_eventoss.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja feito o processo de desapropriação de uma área de 1.800m2 para uma Praça de Eventos no Sítio São João de Baixo.</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2299/img_20240806_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2299/img_20240806_0006.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja encaminhado um projeto de lei para que seja criado uma bolsa estudantil em nosso município.</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2300/img_20240806_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2300/img_20240806_0007.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja contratado mais uma fonoaudióloga especialista em espectro autista.</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2301/img_20240806_0008.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2301/img_20240806_0008.pdf</t>
   </si>
   <si>
     <t>Solicito ao prefeito Edilson Tavares de Lima, para que seja construído nos espaços ou áreas verdes dos cemitérios públicos e particulares quatro gavetas em cada túmulo, em virtude na necessidade do município.</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/indicacao_colorado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/indicacao_colorado.pdf</t>
   </si>
   <si>
     <t>Solicito conserto dos buracos e manutenção da Rua Cuiabá, no Colorado.</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/img20240809_15140952.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/img20240809_15140952.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da rua José Eraldo, localizado no bairro do Antão</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2307/indicacao_da_cessao_do_imovel_06.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2307/indicacao_da_cessao_do_imovel_06.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja feito a Cessão do Imóvel 06 no Bairro Independente onde funciona _x000D_
 a fábrica de tubos que irá mudar para outro endereço. Para funcionar a Associação _x000D_
 Criança Feliz que está em processo de fundação.</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2308/indicacao_do_alargamento_da_rua.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2308/indicacao_do_alargamento_da_rua.pdf</t>
   </si>
   <si>
     <t>Ementa, Que seja feito o muro de Arrimo e o alargamento da rua de 5m para 6,5m no _x000D_
 São João de Baixo por trás da Igreja Católica.</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_planalto_3_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_planalto_3_.pdf</t>
   </si>
   <si>
     <t>Solicito saneamento e calçamento na Rua Cariru, no Planalto.</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2311/ind_nc2ba_2024_logistica_policlinica_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2311/ind_nc2ba_2024_logistica_policlinica_assinado.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado pelo Poder Executivo Municipal material de transporte logístico adequado para carregar e descarregar equipamentos, insumos, medicamentos, entre outros materiais para a Policlínica Nossa Senhora da Conceição, no centro da cidade, pois os materiais vem sendo carregados em cadeiras de rodas e outros meios de transportes inadequados.</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_colorado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_colorado.pdf</t>
   </si>
   <si>
     <t>Solicito manutenção do calçamento da Rua Belo Horizonte, no Colorado.</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2313/creche_no_novo_coqueiral.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2313/creche_no_novo_coqueiral.pdf</t>
   </si>
   <si>
     <t>Que seja  feita uma creche no bairro novo coqueiral.</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2314/creche_no_novo_alvorecer.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2314/creche_no_novo_alvorecer.pdf</t>
   </si>
   <si>
     <t>Que seja  feita uma Creche no Bairro Novo Alvorecer, para atender a grande demanda.</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2315/praca_no_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2315/praca_no_colorado..pdf</t>
   </si>
   <si>
     <t>Que seja  feita uma Praça no Bairro Colorado,   para que as famílias desse bairro tenham um lugar para lazer com seus filhos.</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2317/ind_nc2ba_2024_reparos_no_deus_e_fiel_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2317/ind_nc2ba_2024_reparos_no_deus_e_fiel_assinado.pdf</t>
   </si>
   <si>
     <t>Que sejam reparados os danos causados aos moradores do bairro Deus é Fiel, ocasionados pela obra de saneamento de algumas ruas da Prefeitura Municipal de Toritama – PE._x000D_
 Vários moradores tiveram suas casas atingidas por tratores e máquinas destruindo parte da alvenaria das calçadas e do esgotamento particular, foças e escadas foram destruídas e os moradores atingidos não foram reparados, peço, portanto, que haja uma apuração para identificar os responsáveis e reparar de imediato, os danos causados.</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2319/indicacao_ame_animal_2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2319/indicacao_ame_animal_2024.pdf</t>
   </si>
   <si>
     <t>Solicito ao executivo a aquisição de um aparelho de Ultrassom para a AME Animal deste município.</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_-_independente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_-_independente.pdf</t>
   </si>
   <si>
     <t>Solicito que sejam feitos saneamento básico e conclusão do calçamento da Rua_x000D_
 Bom Jesus, no bairro Independente.</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_de_pavimentacao_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_de_pavimentacao_1.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito a 2ª e a 3ª etapa de pavimentação da Avenida José Amaro do Nascimento, que liga o São João de Baixo ao bairro Colorado e passagem Molhada de Santa Maria reforçando a indicação N° 15 de 2017 de Doutor do São João.</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2326/que_seja_feita_uma_pista_de_atletismo_em_nossa_cidade_pronta.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2326/que_seja_feita_uma_pista_de_atletismo_em_nossa_cidade_pronta.pdf</t>
   </si>
   <si>
     <t>Que seja feita uma pista de atletismo em nossa cidade. Essa pista deve ser feita com piso sintético e ter 8 raias, cada uma com uma largura de 1,25m, e deve ser constituída de duas retas e duas curvas. As raias são concêntricas, ou seja, cada raia têm uma distância específica.</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2329/01_que_seja_construida_uma_creche_no_bairro_novo_alvorecer_e_outra_no_bairro_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2329/01_que_seja_construida_uma_creche_no_bairro_novo_alvorecer_e_outra_no_bairro_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma creche no bairro  Novo Alvorecer e outra no Novo Coqueiral.</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2330/01_que_seja_criando_uma_escola_de_corte_e_costura_tendo_em_vista_a_demanda_nas_faccoes_e_fabricos_sem_mao_de_obras..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2330/01_que_seja_criando_uma_escola_de_corte_e_costura_tendo_em_vista_a_demanda_nas_faccoes_e_fabricos_sem_mao_de_obras..pdf</t>
   </si>
   <si>
     <t>Que seja criando uma escola de corte e costura, tendo em vista a demanda nas facções e fabricos sem mão de obra.</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2331/01_que_seja_criada_uma_linha_de_transporte_intitulada_de_transporte_para_todos_que_tenha_inicio_do_sitio_cacimbas_e_passando_pelo_sitio_sao_joao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2331/01_que_seja_criada_uma_linha_de_transporte_intitulada_de_transporte_para_todos_que_tenha_inicio_do_sitio_cacimbas_e_passando_pelo_sitio_sao_joao.pdf</t>
   </si>
   <si>
     <t>Que seja criada uma linha de transporte e intitulada de (Transporte para todos), que tenha início do sítio Cacimbas e passando pelo sítio São João e os bairros  Colorado,  Deus é fiel,  Independente e Coqueiral,  com destino final o centro da cidade.</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2333/indicacao_..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2333/indicacao_..pdf</t>
   </si>
   <si>
     <t>Solicito a conclusão do calçamento da Rua 07 de Setembro, no bairro Planalto.</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2334/que_seja_implantada_a_guarda_patrimonial_para_o_parque__municipal_maria_dos_anjos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2334/que_seja_implantada_a_guarda_patrimonial_para_o_parque__municipal_maria_dos_anjos.pdf</t>
   </si>
   <si>
     <t>Que seja implantada a Guarda Patrimonial para o Parque Municipal Maria dos Anjos.</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2336/indicacao...pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2336/indicacao...pdf</t>
   </si>
   <si>
     <t>Solicito a pavimentação da Rua Bongi, no bairro Tavares Martins.</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2337/indicacao_do_aplicativo_tfd.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2337/indicacao_do_aplicativo_tfd.pdf</t>
   </si>
   <si>
     <t>Ementa. Que Seja Criado o aplicativo de Agendamento de Viagens no TFD para Recife e Caruaru.</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_do_centro_desportivo_ok.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_do_centro_desportivo_ok.pdf</t>
   </si>
   <si>
     <t>Ementa. Que Seja Feito o Centro de Desporto e Lazer na Área Verde N° 3, em uma área de_x000D_
 11.324,04 M² do Loteamento Luar do Príncipe, no Bairro Colorado</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2339/indicacao_do_tijolo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2339/indicacao_do_tijolo.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja enviado a essa casa Legislativa, o projeto de Lei de incentivo a implantação de uma Fábrica de Tijolos Ecológicos, fabricados com Cinzas das Lavanderias.</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_da_creche_do_novo_alvorecer.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_da_creche_do_novo_alvorecer.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito uma Creche no Bairro Novo Alvorecer e que seja denominada de Creche Maria Joaquina de Jesus (Professora Lilia).</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2342/indicacao_do_samu_animal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2342/indicacao_do_samu_animal.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja feito, a aquisição de uma Ambulância SAMU Animal. Pra atender as demandas da Ame Animal, situada no sítio Oncinhas. Reforçando a Indicação N° 45/2022.</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2343/que_seja_retomada_as_obras_do_calcamento_para_conclusao_do_restante_das_ruas_do_principe_da_paz.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2343/que_seja_retomada_as_obras_do_calcamento_para_conclusao_do_restante_das_ruas_do_principe_da_paz.pdf</t>
   </si>
   <si>
     <t>Que seja retomada as obras do calçamento para conclusão do restante das ruas do Príncipe da Paz.</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2344/campo_alegre.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2344/campo_alegre.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento do Bairro Campo Alegre e as trocas de todas as lâmpadas queimadas.</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2346/llll.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2346/llll.pdf</t>
   </si>
   <si>
     <t>Que seja retomada a obra do calçamento da rua Olavo Bilac, e feito o calçamento de Beco São João em frente a casa de Zuleide , e a rua Raquel de Queiroz no Planalto.</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_monte_verde.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_monte_verde.pdf</t>
   </si>
   <si>
     <t>Solicito a construção de Praça Pública e um espaço de lazer no loteamento Monte Verde (próximo ao Fórum).</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2348/ace_scanner_2024_11_253.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2348/ace_scanner_2024_11_253.pdf</t>
   </si>
   <si>
     <t>solicito que seja implantado placa de regulamentação no cruzamento da rua barao de lucena com a rua pio x, bairro duque de caxias na entrada do novo alvorecer, ja foi relatado diversos acidentes no local.</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2349/ace_scanner_2024_11_252.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2349/ace_scanner_2024_11_252.pdf</t>
   </si>
   <si>
     <t>solícito que _x000D_
 a) seja implantado sinalização com placa._x000D_
 b) pintura da via com sinalização escolar._x000D_
 c) redutor de velocidade,_x000D_
 na rua Manuel Henrique Tavares enfrente ao colégio inova e Protázio Soares de Souza .</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2350/ace_scanner_2024_11_251.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2350/ace_scanner_2024_11_251.pdf</t>
   </si>
   <si>
     <t>solicito que seja implantado redutor de velocidade na rua jose celestino,_x000D_
 bairro: centro.</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2354/indicacao_coqueiral.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2354/indicacao_coqueiral.pdf</t>
   </si>
   <si>
     <t>Solicito que seja feito o conserto do buraco existente na R. Maria do Socorro, no bairro Coqueiral.</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2356/indicacao_atracoes_dia_23_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2356/indicacao_atracoes_dia_23_.pdf</t>
   </si>
   <si>
     <t>Ementa. Para que entre no calendário de eventos do Município, a corrida São João Batista, todos os anos no dia 23 de Junho, data comemorativa da comunidade de São João. Durante o dia acontecerá as corridas de pedestres, ciclistas e entre outras atrações, e a noite teremos  atrações juninas, Noite de são João no são João.</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2357/indicacao_beco_sao_paulo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2357/indicacao_beco_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Ementa. Que seja nivelado o beco São Paulo com o Canal no bairro Independente.</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2358/indicacao_cohab.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2358/indicacao_cohab.pdf</t>
   </si>
   <si>
     <t>Solicito ao Executivo Municipal o fechamento do canal de esgoto da R. Padre Zuzinha, no bairro Cohab, pois na situação que se encontra, vem trazendo muitos prejuízos à população, deixando-os suscetíveis a contrair doenças.</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Birino</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/pedido_de_informacoes_fundeb_70_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/pedido_de_informacoes_fundeb_70_0001.pdf</t>
   </si>
   <si>
     <t>1 Que seja enviado todas as cópias das despesas e empenhos, do Fundeb 70 do ano de 2022._x000D_
  2 cópia dos empenhos/notas fiscais.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/img_20240111_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/img_20240111_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Julieta Cândida da Conceição.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/img_20240111_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/img_20240111_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Sebastião Alexandre da Silva.</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/img_20240112_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/img_20240112_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Pedro José da Silva.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/img_20240112_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/img_20240112_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Wash Ington Souza da Silva (Louro Balaka).</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/img_20240123_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/img_20240123_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Taciane Oliveira da Silva.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/img_20240123_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/img_20240123_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Francisco Manoel de Moura (Pai de Gena).</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/img_20240125_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/img_20240125_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Aparecida de Souza (Cida).</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/img_20240125_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/img_20240125_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Luiza Celecina da Silva.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/img_20240205_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/img_20240205_0005.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Mariano Ferreira da Silva (Pai Mavi).</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1975/img_20240205_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1975/img_20240205_0006.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de José Severino da Silva (esposo Zildinha Trab. No Fórum).</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/img_20240205_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/img_20240205_0007.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Ana Patrícia Moraes da Silva (filha Pelé).</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/img_20240205_0008.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/img_20240205_0008.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/  A família de Berenice Pereira das Neves (Berenice Pedro Dona).</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/img_20240205_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/img_20240205_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Bonifácio Joventino da Silva (Bonifácio Pedreiro).</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/req._abono_de_falta_2024_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/req._abono_de_falta_2024_0001.pdf</t>
   </si>
   <si>
     <t>A vereadora Carol Gonçalves esteve doente e por motivos de saúde especificadas no atestado médico anexado a este requerimento precisou ser afastada de suas atividades parlamentares nos dias 15/01/2024 até 17/01/2024, e por esse motivo solicita o abano de sua falta na 1º sessão ordinária do ano legislativo de 2024, ocorrida no dia 15/01/2024.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/img_20240219_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/img_20240219_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Antônia da Conceição (Mocinha).</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/img_20240219_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/img_20240219_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Ivanize Maria Costa e Silva.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/pedido_de_informacao_conselho_de_educacao_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/pedido_de_informacao_conselho_de_educacao_0001.pdf</t>
   </si>
   <si>
     <t>1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a)	Relatório das contas aprovadas pelo conselho Municipal de Educação, referente aos anos de 2021/2022_x000D_
 b)	Documentos com a aprovação das contas aprovadas pelo conselho Municipal de Educação. 2021/2022</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/pedido_de_informacao__0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/pedido_de_informacao__0001.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES_x000D_
 1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a)	Relatório das contas aprovadas pelo conselho Municipal de saúde, referente aos anos de 2018/2019/2020/2021/2022 e 2023_x000D_
 b)	Documentos com a aprovação/reprovação das contas aprovadas pelo conselho Municipal de Saúde. Referente aos anos 2018/2019/2020/2021/2022 e 2023.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/pedido_de_informacao_conselho_de_educacao_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/pedido_de_informacao_conselho_de_educacao_0001.pdf</t>
   </si>
   <si>
     <t>1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a)	Relatório das contas aprovadas pelo conselho Municipal de saúde, referente aos anos de 2018/2019/2020/2021/2022 e 2023_x000D_
 b)	Documentos com a aprovação/reprovação das contas aprovadas pelo conselho Municipal de Saúde. Referente aos anos 2018/2019/2020/2021/2022 e 2023.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>Rossana</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/pedido_de_informacao_2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/pedido_de_informacao_2024.pdf</t>
   </si>
   <si>
     <t>1)	Solicito informações a serem enviadas em oficio a este gabinete, referente a quantidade de alunos, nome completo, instituição e curso, que vão diariamente para Caruaru e demais cidades, que fazem ensino superior, pós graduação e escolas técnicas.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>Loló</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/requerimento_de_abono_de_falta_lolo_01.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/requerimento_de_abono_de_falta_lolo_01.pdf</t>
   </si>
   <si>
     <t>Vereador Edmilson Dionísio dos Santos</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/img_20240226_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/img_20240226_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de José Arnaldo Costa.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/img_20240304_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/img_20240304_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Helena Ana da Conceição (bolinho).</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/img_20240304_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/img_20240304_0006.pdf</t>
   </si>
   <si>
     <t>Pedido de Informação. _x000D_
  1)	Solicito informações sobre os seguintes documentos:_x000D_
 2)	A quantidade de cadastro solicitado pelos moradores do Loteamento colorado. _x000D_
 3)	Qual motivo de não estar sendo realizado o abastecimento.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/requerimento.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/requerimento.pdf</t>
   </si>
   <si>
     <t>1) Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a) Relação do total de cirurgias realizadas no bloco cirúrgico do Hospital_x000D_
 Municipal Nossa Senhora de Fátima;_x000D_
 b) Relação dos nomes e endereços dos pacientes submetidos à cirurgia.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/requerimento-pedido_de_abertura_de_cpi.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/requerimento-pedido_de_abertura_de_cpi.pdf</t>
   </si>
   <si>
     <t>1) Que seja instaurada uma comissão parlamentar de inquérito para apurar os_x000D_
 seguintes fatos:_x000D_
 a) Prática de atividade ilícita de rachadinha envolvendo ex-servidora e a atual_x000D_
 Secretária de assistência social._x000D_
 b) Que seja investigado se houve prática de repasses de valores de parte do_x000D_
 salário/ou ainda continua ocorrendo esse fato na referida secretaria.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/req-_abono_de_falta_edimilson_dionisio_dos_santos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/req-_abono_de_falta_edimilson_dionisio_dos_santos.pdf</t>
   </si>
   <si>
     <t>O Vereador Edimilson Dionísio requer Licença Doença pelo prazo de 15 (quinze) dia nos termos do arts. 80, III e 98, § 2º, I, do Regimento Interno.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/requerimento-convocacao_de_secretario.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/requerimento-convocacao_de_secretario.pdf</t>
   </si>
   <si>
     <t>Convocação para esclarecimentos sobre prática ilícita de rachadinha envolvendo ex-servidora e a atual Secretária de Assistência Social._x000D_
 Convocada: Secretária de Assistência Social Elaine Cristina da Silva Tavares</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/requerimento-usina_solar.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/requerimento-usina_solar.pdf</t>
   </si>
   <si>
     <t>1) Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a) Relatório do total de recursos financeiros gastos na usina solar do município de_x000D_
 Toritama.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/img_20240311_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/img_20240311_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Umbelina da Conceição (Maria Jaca).</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/img_20240312_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/img_20240312_0003.pdf</t>
   </si>
   <si>
     <t>1)	Solicito informações sobre os seguintes documentos:_x000D_
 2)	Que seja enviado um calendário de abastecimento do município de Toritama-PE. _x000D_
 3)	Que seja enviado número de telefone da compesa para contato do município de Toritama-PE.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/convocacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/convocacao.pdf</t>
   </si>
   <si>
     <t>Convocação para esclarecimentos sobre recursos financeiros adquiridos através de taxa do uso de solo e demais assuntos pertinentes às feiras._x000D_
 CONVOCADO: Diretor das Feiras José Claudemir de Oliveira (Sinal)</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/requerimento-multas_de_transito.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/requerimento-multas_de_transito.pdf</t>
   </si>
   <si>
     <t>1) Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a) Relatório do valor total arrecadado em multas de trânsito pelo município de_x000D_
 Toritama nos anos de 2021,2022 e 2023.</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/img_20240326_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/img_20240326_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Kivia Sthephanny Santos Silva.</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/img_20240326_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/img_20240326_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Edmilson Dionísio dos Santos.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/img_20240326_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/img_20240326_0003.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria do Socorro de Arruda.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/img_20240326_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/img_20240326_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Albertina Joana da Silva.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2100/img_20240409_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2100/img_20240409_0006.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Joana Eloterio Nogueira.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/img_20240409_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/img_20240409_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Rosimiro Severino da Silva (tatinha).</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/img_20240409_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/img_20240409_0005.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Djalma Luiz da Silva.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/img_20240410_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/img_20240410_0002.pdf</t>
   </si>
   <si>
     <t>Necessita afastar-se de suas atividades no período de 10 dias por motivo de tratamento médico do dia 02 ao dia 11 de Abril de 2024.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/requerimento_acerca_do_plano_municipal_de_saneamento_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/requerimento_acerca_do_plano_municipal_de_saneamento_de_toritama.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca do Plano Municipal de Saneamento Básico (PMSB), comitê e sua elaboração. Destaco os seguintes questionamentos:_x000D_
 _x000D_
 1 –  O Município de Toritama – PE possui um Plano Municipal de Saneamento Básico?_x000D_
 Em caso positivo, favor enviar cópia. Em caso negativo, questiona-se por que o_x000D_
 Município ainda não o possui, estabelecer prazo para sua elaboração._x000D_
 _x000D_
 2 – Quais as ações do município voltadas a drenagem e captação de águas pluviais, além das ações de prevenção de enchentes e inundações? Caso não haja, explicar o motivo e estabelecer um prazo para sua apresentação._x000D_
 _x000D_
 3 – Qual o percentual financeiro captado e investido, seja de origem própria ou diversa, como por exemplo, recursos da União e do Estado de Pernambuco, para elaboração e prática do Plano de Saneamento Básico do município?</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/requerimento_acerca_do_decreto_municipal_272_situacao_de_emergencia_na_area_rural.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/requerimento_acerca_do_decreto_municipal_272_situacao_de_emergencia_na_area_rural.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca das ações tomadas pelo Poder Executivo diante do Decreto 272/2024, que declara situação de emergência na área rural do munícipio afetada pela estiagem. Temos os seguintes questionamentos:_x000D_
 _x000D_
 1 – Quais ações estão sendo tomadas para abastecimento de água da população afetada pela situação de emergência declarada? Apresentar plano de contingência, os órgãos envolvidos, valores investidos e gastos, quais secretarias municipais envolvidas;_x000D_
 2 – Considerando o histórico de secas da nossa região, devido ao clima, por que não foram ou não são tomadas medidas de prevenção dessa situação? Como, por exemplo, investimentos para captação de águas pluviais nos períodos de cheia, entre outras medidas preventivas, apresentar documentos que justifiquem tal situação.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido_de_informacoes_-_alugueis.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido_de_informacoes_-_alugueis.pdf</t>
   </si>
   <si>
     <t>1) Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a) Relação de todos os imóveis atualmente alugados/ locados pela Prefeitura_x000D_
 Municipal de Toritama;_x000D_
 b) Relatório do valor total pago mensalmente pelos aluguéis dos respectivos_x000D_
 imóveis.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/img_20240415_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/img_20240415_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Aparecida das Chagas.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/img_20240415_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/img_20240415_0003.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Irene Maria da Cista.</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/img_20240415_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/img_20240415_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Eunice Anselmo Costa.</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/req_no_2024_internet_da_camara.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/req_no_2024_internet_da_camara.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca do contrato, qualidade e métodos de transmissão da internet disponibilizada no âmbito da Câmara Municipal de Vereadores. Destaco alguns pontos a serem observados, segue:_x000D_
 _x000D_
 1 – Qual o tamanho, velocidade, qualidade e distribuição pacote de internet contratado por esta câmara? Necessito que seja enviada cópia integral do contrato para análise._x000D_
 2 – É nítido que o pacote de internet em questão não atende as necessidades da câmara, sendo objeto de reclamação de todos que a utilizam, servidores, vereadores e população em geral, sendo assim, há a possibilidade de melhorar a velocidade da internet, quais medidas podem ser tomadas para resolver o problema? Se não, há a possibilidade de realizar um contrato aditivo com a empresa ou realizar uma contratação externa ao contrato._x000D_
 3 – Quais as possíveis soluções para resolução do problema? Destaco a necessidade de se separar os servidores de internet em relação ao uso, sendo estruturado um projeto de distribuição para os gabinetes, servidores administrativos, servidores da imprensa e população em geral, esta última com autenticação do acesso.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/req_no_2024_plano_diretor_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/req_no_2024_plano_diretor_municipal.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca do Plano Diretor Municipal comitê e sua elaboração. Destaco os seguintes questionamentos:_x000D_
 _x000D_
 1 –  O Município de Toritama – PE possui um Plano Diretor Municipal, contudo não está atualizado, porque ainda não foi realizada a devida atualização, sendo que é obrigatório a cada 10 anos, de acordo com o art. 40, § 3º, da Lei 10.257/2001? Estabelecer prazo para sua atualização._x000D_
 _x000D_
 2 – Diante da obrigatoriedade prevista no art. 41, da Lei 10.257/ 2001, que estabelece diretrizes gerais de políticas urbanas, temos a necessidade de estabelecer relatórios municipais, há algum relatório voltados a atualização do plano diretor realizado nos últimos 5 anos? Se houver, enviar junto com a resposta deste requerimento.</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/img_20240416_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/img_20240416_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Iraci Viera de Melo</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido_de_informacoes_do_ano_letivo_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido_de_informacoes_do_ano_letivo_0001.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES_x000D_
 1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a)	Data do Encerramento do Ano letivo escolar, nas escolas Municipais de Toritama.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/req_nc2ba_2024_convocacao_sec_desenvolvimento_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/req_nc2ba_2024_convocacao_sec_desenvolvimento_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Secretário Municipal de Desenvolvimento Econômico, Sr. Robson Viana da Silveira, compareça a este plenário para prestar informações sobre o orçamento aplicado pela gestão municipal atual em relação ao desenvolvimento econômico do município._x000D_
 Entre os principais temas a serem abordados temos:_x000D_
 1.as prioridades de investimento do orçamento da secretaria;_x000D_
 2.indicadores econômicos;_x000D_
 3.áreas que receberam os maiores investimentos,_x000D_
 4.percentuais de evolução ou queda dos valores investidos pelo município;_x000D_
 5.quais metas foram desenvolvidas, alcançadas ou não, entre outros questionamentos._x000D_
 O presente requerimento tem o objetivo de esclarecer dúvidas desta Casa sobre a aplicação do orçamento da secretaria em questão, sendo uma das funções primordiais do Poder Legislativo Municipal a fiscalização, como define o art. 2º e parágrafos seguintes do Regimento Interno desta Casa.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/req_nc2ba_2024_convocacao_sec_de_cultura_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/req_nc2ba_2024_convocacao_sec_de_cultura_assinado.pdf</t>
   </si>
   <si>
     <t>Requer que o Secretário Municipal de Cultura, Sr. José Adjailson da Silva, compareça a este plenário para prestar informações sobre o orçamento aplicado pela gestão municipal em relação às políticas públicas culturais desenvolvidas, que a própria secretaria descreve no site oficial da prefeitura._x000D_
 Entre os principais temas a serem abordados temos:_x000D_
 1.Conselho Municipal de Cultura;_x000D_
 2.Plano Municipal de Cultura;_x000D_
 3.Fundo Municipal de Cultura._x000D_
 O presente requerimento tem o objetivo de esclarecer dúvidas sobre os prazos para criação do CPF da Cultura Municipal, acima descrito, além da inércia da secretaria em questão em relação ao desenvolvimento de políticas públicas voltadas ao setor cultural no nosso município, sendo uma das funções primordiais do Poder Legislativo Municipal a fiscalização, como define o art. 2º e parágrafos seguintes do Regimento Interno desta Casa.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/img_20240506_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/img_20240506_0006.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Simone Josefa da Silva.</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/img_20240506_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/img_20240506_0005.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Izabel Alves Torres da Silva.</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/img_20240506_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/img_20240506_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Darcí Silva (Darcí João Dedeca).</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/pedido_de_informacoes_do_repasse_do_fundeb_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/pedido_de_informacoes_do_repasse_do_fundeb_0001.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES_x000D_
 1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 Copia dos pagamentos dos professores e outros servidores que recebem pelo FUNDEB, cópia dos pagamentos e rateios do Ano de 2022._x000D_
 2- Como o senhor afirmou em Juízo, que efetuou os pagamentos e fez o rateio, na qualidade de Vereador, peço copia e comprovante dos pagamentos e dos rateios do Ano de 2022. Aos professores e outros servidores._x000D_
 3- Copia dos pagamentos e rateios pagos a  Professora , Rossana Ferreira De Farias .</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/doc-20240420-wa0143..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/doc-20240420-wa0143..pdf</t>
   </si>
   <si>
     <t>abono de falta do dia 16 de abril de 2024, _x000D_
 por consulta médica.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/requerimento_de_informacoes_ano_letivo_encerramento_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/requerimento_de_informacoes_ano_letivo_encerramento_0001.pdf</t>
   </si>
   <si>
     <t>PEDIDO DE INFORMAÇÕES_x000D_
 1)	Que sejam enviadas cópias dos seguintes documentos:_x000D_
 _x000D_
 a)	Data do Encerramento do Ano letivo escolar dos seguintes Períodos 2018/ 2019/ 2020/ 2021/ 2022/ 2023, nas escolas Municipais de Toritama._x000D_
 b)	Documento que contenha as informações citadas, acima.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/img_20240517_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/img_20240517_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria José da Silva Nogueira.</t>
   </si>
   <si>
     <t>2182</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/requerimento_-_pedido_de_informacoes_-_fjt.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/requerimento_-_pedido_de_informacoes_-_fjt.pdf</t>
   </si>
   <si>
     <t>1) Que seja enviada cópia do seguinte documento:_x000D_
 a) Relatório do total de recursos financeiros enviados à ACIT (Associação_x000D_
 Comercial e Industrial de Toritama) para realização do Festival do Jeans nos_x000D_
 anos de 2021, 2022, 2023 e 2024.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/img_20240521_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/img_20240521_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Elizeu Abelarde Tavares.</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/requerimento_-_pedido_de_informacoes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/requerimento_-_pedido_de_informacoes.pdf</t>
   </si>
   <si>
     <t>1) Que sejam enviadas cópias dos seguintes documentos:_x000D_
 a) Relatório detalhado do total de alvarás emitidos referente à feira de frutas dos_x000D_
 anos 2017 a 2020 e 2021 a 2024 (atualmente);_x000D_
 b) Relatório do total de recursos financeiros arrecadados por meio dos alvarás da_x000D_
 referida feira nos anos acima citados;_x000D_
 c) Relação dos nomes do proprietário e da atual empresa responsável pela_x000D_
 emissão dos alvarás.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>Marli Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/abono_de_falta.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/abono_de_falta.pdf</t>
   </si>
   <si>
     <t>Vereadora Marlí Ferreira necessita, afastar-se de suas atividades no período de 03 dias por motivo de doença</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/img_20240605_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/img_20240605_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Valter Gonçalves de Souza Filho (Valtinho).</t>
   </si>
   <si>
     <t>2225</t>
   </si>
   <si>
     <t>Edilson Tavares de Lima</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/oficio_gp_104-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/oficio_gp_104-2024.pdf</t>
   </si>
   <si>
     <t>Prefeito Municipal. Convocação extraordinária da Câmara Municipal. Urgência e interesse público relevante. PLOE 10/2024 e PLOE 11/2024.</t>
   </si>
   <si>
     <t>2251</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/img_20240716_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/img_20240716_0003.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Arlinda Antônia da Conceição</t>
   </si>
   <si>
     <t>2252</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/img_20240716_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/img_20240716_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/A família de José Bernadino Barboza (Chico).</t>
   </si>
   <si>
     <t>2272</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2272/img_20240723_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2272/img_20240723_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Elena da Silva.</t>
   </si>
   <si>
     <t>2273</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/img_20240723_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/img_20240723_0005.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Miguel Ferreira da Silva (Miguel Dona).</t>
   </si>
   <si>
     <t>2274</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/req_nc2ba_2024_abertura_de_audiencia_em_comissao_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/req_nc2ba_2024_abertura_de_audiencia_em_comissao_assinado.pdf</t>
   </si>
   <si>
     <t>CAROL KELLEY GONÇALVES, na qualidade de Vereadora da Câmara de Municipal de Toritama – PE e Presidente da Comissão de Educação, Cultura, Esporte, Saúde, assistência Social e Defesa do Cidadão, esta subscreve, vem respeitosamente diante de Vª. Exa., e deste colendo plenário apresentar REQUERIMENTO nos termos regimentais que seja aberta AUDIÊNCIA EM COMISSÃO PERMANENTE, pelos fatos e fundamentos a seguir expostos:_x000D_
 1.Diante das recentes informações obtidas pelo meu gabinete, de ações tomadas no âmbito da Diretoria de Esportes do Município de Toritama – PE, se faz necessário apurar junto com a população medidas a serem tomadas em referência ao Programa Bolsa Atleta Municipal e similares promovidos no âmbito do município._x000D_
 2.Trazer esclarecimentos a população toritamense, em especial aos esportistas de todas as classes, acerca das informações solicitadas ao Poder Executivo Municipal, sobre o Programa Municipal Bolsa Atleta e similares._x000D_
 3.Ouvir servidores, população e interessados no assunto para elaborar plano de ação voltado a idealizar projetos de lei, programas, e um relatório conclusivo, a ser entregue ao Poder Executivo para sejam realizadas, dentro do possível, as necessidades dos esportistas do município.</t>
   </si>
   <si>
     <t>2275</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/req_nc2ba_2024_informacoes_do_bolsa_atleta_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/req_nc2ba_2024_informacoes_do_bolsa_atleta_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca do Programa Bolsa Atleta Municipal e outras providências. Destaco os seguintes questionamentos:_x000D_
 1 – Existe algum projeto de lei de autoria do executivo em aberto sobre o tema ou correlato? Se sim, qual o prazo para encaminhamento para apreciação da Câmara Municipal?_x000D_
 2 – O Programa Bolsa Atleta é primordialmente realizado pela União para garantir uma ajuda de custo a atletas de base e de alto rendimento para que possam se dedicar ao esporte, independente da categoria, para sua própria subsistência e compra de equipamento. Nesse sentindo, quais os programas da Diretoria de Esportes do munícipio que no momento atuam com essa perspectiva? Existe alguma ajuda de custo para os atletas toritamenses? Como se dá esse programa se houver._x000D_
 3 – Quais as ações do Poder Executivo Municipal para promover e executar a Lei Municipal 1.982 de 2023? Lembrando que esta lei já foi sancionada e se encontra em pleno vigor, detalhar as ações realizadas, gastos, orçamento, entre outras informações pertinentes.</t>
   </si>
   <si>
     <t>2276</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/req_nc2ba_2024_informacoes_sobre_o_orcamento_de_esportes_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/req_nc2ba_2024_informacoes_sobre_o_orcamento_de_esportes_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informações sobre o orçamento disposto pela gestão do Poder Executivo Municipal, desde 2021 até o momento presente, destinado a Diretoria de Esportes, órgão ligado a Secretaria Municipal de Cultura e Esportes. Destaco as seguintes informações:_x000D_
 - As receitas recebidas pela diretoria no período de tempo em destaque;_x000D_
 - As despesas pagas/liquidadas, além dos contratos licitatórios deste período de tempo em destaque;_x000D_
 - Gastos voltados a investimentos de materiais esportivos, compra de equipamentos, doações, entre outros;_x000D_
 - Gastos voltados a financiamentos de atletas promovidos por qualquer tipo de política pública ou programa desenvolvido pela diretoria.</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/req_nc2ba_2024_informacoes_sobre_o_uso_de_transporte_publico_da_prefeitura_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/req_nc2ba_2024_informacoes_sobre_o_uso_de_transporte_publico_da_prefeitura_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informações sobre a disponibilização de transporte externo fornecido pela prefeitura para os cidadãos._x000D_
 - Quantos ônibus ou veículos similares a prefeitura dispõe atualmente? Preciso que a lista informe a quantidade por secretaria municipal e somatório total._x000D_
 - Caso a comunidade venha precisar que seja fornecido um transporte pela prefeitura, em especial ônibus, qual é o procedimento a ser realizado, existe algum formulário, controle, método, para que seja fornecido? Como por exemplo, atletas para participar de algum campeonato, provas de concursos públicos, atividades religiosas em outras cidades, entre outras situações._x000D_
 - Os motoristas, concursados ou contratados, como funcionários públicos que são, já recebem mensalmente seu salário para estarem disponíveis a serviço da prefeitura, contudo, recebem alguma compensação caso venham trabalhar em feriados, sábados ou domingos? Porque a comunidade que solicitar o serviço precisa ainda disponibilizar de diárias para que os mesmos os possam levar?</t>
   </si>
   <si>
     <t>2282</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/20240721161837.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/20240721161837.pdf</t>
   </si>
   <si>
     <t>Enquanto participante do Intercâmbio Legislativo de 2024, evento que ocorreu  em Brasília - DF, nos dias 9 a 11 de julho, tive a honra de representar nosso município como parlamentar, mesmo durante o recesso, onde adquiri e compartilhei conhecimentos com os outros parlamentares municipais de todo o Brasil. Fui escolhida entre vários candidatos e durante esses dias participei de palestras, reuniões, e até mesmo uma reunião institucional da ONU sobre a  participação cidadã sobre mudanças climáticas, entre vários outros eventos e uma agenda de networkings que foi criada a partir deste intercâmbio. Devido o voo de retorno ser muito tarde, cheguei ainda de madrugada na capital de nosso Estado, Recife, não conseguindo, de imediato, retorno a nossa amada Toritama a tempo de poder participar da 1° Sessão Ordinária da 2° Sessão Legislativa da 16° Legislatura, no último dia 12 de julho de 2024. Desta forma, através deste requerimento venho solicitar aos colegas o abano da falta na sessão, tendo em vista a justificativa apresentada.</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/img_20240730_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/img_20240730_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de José Clementino Menino (Zé Bodinho).</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/req_abono_de_falta_intercambio_legislativo_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/req_abono_de_falta_intercambio_legislativo_assinado.pdf</t>
   </si>
   <si>
     <t>Enquanto participante do Intercâmbio Legislativo de 2024, evento que ocorreu em Brasília - DF, nos dias 9 a 11 de julho, tive a honra de representar nosso município como parlamentar, mesmo durante o recesso, onde adquiri e compartilhei conhecimentos com os outros parlamentares municipais de todo o Brasil. Fui escolhida entre vários candidatos e durante esses dias participei de palestras, reuniões, e até mesmo uma reunião institucional da ONU sobre a participação cidadã sobre mudanças climáticas, entre vários outros eventos e uma agenda de networkings que foi criada a partir deste intercâmbio. Devido o voo de retorno ser muito tarde, cheguei ainda de madrugada na capital de nosso Estado, Recife, não conseguindo, de imediato, retorno a nossa amada Toritama a tempo de poder participar da 1° Sessão Ordinária da 2° Sessão Legislativa da 16° Legislatura, no último dia 12 de julho de 2024. Desta forma, através deste requerimento venho solicitar aos colegas o abano da falta na sessão, tendo em vista a justificativa apresentada.</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2290/req_abono_de_falta_genfest_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2290/req_abono_de_falta_genfest_2024_assinado.pdf</t>
   </si>
   <si>
     <t>Enquanto palestrante convidada a participar da 3ª Fase do GenFest, Together to care, Juntos para cuidar, convite em anexo, nos dias 21 a 24 de julho, em Aparecida -SP, tive a honra de representar minha querida Toritama, no evento que contou com a presença de várias lideranças mundiais. Além de palestrar como convidada, participei de várias outras palestras nos dias do evento, workshops, reuniões, entre outras atividades do evento, que nessa fase em especial, trabalhava com o tema União da Comunidade Mundial, United World Community, sobre diversos temas de interesse globais, além de estudos climáticos. Contudo, na volta programada na madrugada do dia 23 de julho, tive o voo cancelado de São Paulo para Recife, impossibilitando minha chegada na 4ª Sessão Ordinária da 2ª Sessão Legislativa da 16ª Legislatura, não conseguindo nenhum retorno imediato a Toritama – PE. Desta forma, através deste requerimento venho solicitar aos colendos colegas o abono da falta na sessão, tendo em vista a justificativa apresentada.</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2291/req_nc2ba_2024_organizacao_dos_transportes_dos_estudantes_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2291/req_nc2ba_2024_organizacao_dos_transportes_dos_estudantes_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informações sobre a organização do transporte estudantil na cidade de Toritama disponibilizado pela Secretaria de Educação seja universitário ou do ensino secundarista. Dentre as informações, destaco:_x000D_
 1.Quantidade de estudantes, universitários e secundaristas, por turno, que utilizam transporte fornecido pela Prefeitura Municipal de Toritama através da Secretaria de Educação?_x000D_
 2.Quantidade de ônibus disponibilizados para transporte dos estudantes secundaristas e universitários, por turno, pela Prefeitura Municipal de Toritama?_x000D_
 3.Lista de espera para uso do transporte universitário, por turno?_x000D_
 4.Como se dá a organização da concessão do transporte para os universitários? Qual o procedimento para inscrição e escolha dos estudantes que utilizarão o transporte?</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2295/img_20240806_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2295/img_20240806_0001.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Josedalvo José da Silva.</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2296/img_20240806_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2296/img_20240806_0002.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria Luzinete da Silva.</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2297/img_20240806_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2297/img_20240806_0003.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de José Florêncio de Almeida (Zé de Almeida).</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2298/img_20240806_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2298/img_20240806_0004.pdf</t>
   </si>
   <si>
     <t>Voto de Pesar/ A família de Maria José Silva (Neném de Wilson)</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2304/abono_de_falta_marli.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2304/abono_de_falta_marli.pdf</t>
   </si>
   <si>
     <t>Vereadora Marli Ferreira do Nascimento Necessita afastar-se de suas atividades no período de 01 dia por motivo de doença</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2316/req_nc2ba_2024_informacoes_fraldas_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2316/req_nc2ba_2024_informacoes_fraldas_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para pedido de informações acerca da distribuição de fraldas geriátricas e semelhantes pela Secretaria de Saúde do Município de Toritama. Destaco os seguintes questionamentos:_x000D_
 1.Qual a quantidade de pessoas atendidas pela distribuição de fraldas no munícipio de Toritama? Peço que seja especificado por posto de atendimento._x000D_
 2.Dados dos processos licitatórios de 2024 para compras de fraldas e similares? Preciso de dados em quantidade comprada, valor despendido capacidade de distribuição por mês._x000D_
 3.Como se dá o procedimento de cadastro e distribuição as pessoas que necessitam desse atendimento? Preciso saber as datas que os materiais são entregues nos postos distribuição e entregues a população._x000D_
 4.Considerando que houve atrasos na distribuição nos últimos meses, incluindo reclamações já realizadas na ouvidoria pelos cidadãos e por nosso gabinete, quais as medidas adotadas para resolução do problema?_x000D_
 Sem mais a requerer, peço urgência nessas informações.</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2318/req_nc2ba_2024_informacoes_sobre_a_coleta_de_lixo_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2318/req_nc2ba_2024_informacoes_sobre_a_coleta_de_lixo_assinado.pdf</t>
   </si>
   <si>
     <t>Requerimento para pedido de informações acerca da coleta de resíduos sólidos na cidade de Toritama – PE. Destaco os seguintes questionamentos:_x000D_
 1.Qual o calendário mensal de coleta de resíduos sólidos na cidade de Toritama -PE? Preciso que encaminhe o relatório por bairro, contendo os dias e horários desse serviço._x000D_
 2.Qual o quantitativo de caminhões de coleta de resíduos sólidos tem disponível na cidade atualmente? Qual o quantitativo de funcionários destinado a coleta e transporte de resíduos sólidos?_x000D_
 3.Por que alguns bairros não vem tendo sua coleta em dias específicos atualmente? Por exemplo, Antão, Deus é Fiel, entre outros._x000D_
 Sem mais a requerer, peço urgência nessas informações.</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2324/req_nc2ba_2024_informacoes_sobre_o_paar_aldir_blanc_28129_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2324/req_nc2ba_2024_informacoes_sobre_o_paar_aldir_blanc_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Pedido de informações sobre o PAAR (Plano de Anual de Aplicações de Recursos) do Município de Toritama em relação aos recursos recebidos pela Lei Aldir Blanc, o qual foi aceito e publicado no Diário Oficial do Município desde o dia 25 de julho deste ano corrente, pela Secretaria de Cultura e Esportes. Destaco os seguintes questionamentos:_x000D_
 1.Quais as ações tomadas para uso dos recursos recebidos estabelecidas como metas no PAAR?_x000D_
 2.Quais as medidas adotadas para criação do CPF da Cultura ainda este ano? No próprio documento há o reconhecimento de sua necessidade para o setor cultural do município._x000D_
 3.Das metas gerais estabelecidas no PAAR, quais estão em andamento ou foram concluídas? Especificar e enviar relatório._x000D_
 Sem mais a requerer, peço urgência no envio das informações.</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2327/requerimento-convocacao1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2327/requerimento-convocacao1.pdf</t>
   </si>
   <si>
     <t>Convocação para esclarecimentos sobre denúncias de falsificação de assinaturas de documentos e superfaturamento de contratos entre empresas e o Fundo Municipal de Saúde de Toritama._x000D_
 CONVOCADA: Sra. Andrea Virginia Silva de Melo Dantas ( ex-secretária de saúde de Toritama)</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2328/requerimento-convocacao2.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2328/requerimento-convocacao2.pdf</t>
   </si>
   <si>
     <t>Convocação para esclarecimentos sobre denúncias de documentos fraudados e superfaturamento do Fundo Municipal de Saúde de Toritama, e explanar sobre a situação geral do sistema de saúde deste município._x000D_
 CONVOCADO: Sr. Erivaldo José Mariano da Silva Júnior (secretário de saúde de Toritama)</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2352/requerimento_2_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2352/requerimento_2_1.pdf</t>
   </si>
   <si>
     <t>1) Que seja enviado relatório do quadro de servidores da Secretaria de Cultura e Esportes do ano de 2024 contendo os respectivos nomes, vencimentos, nomes dos cargos e forma de provimento;</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_1.pdf</t>
   </si>
   <si>
     <t>Que seja enviado relatório do quadro de servidores da Secretaria de Agricultura e Meio Ambiente do ano de 2024 contendo os respectivos nomes, vencimentos, nomes dos cargos e forma de provimento;</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/img_20240108_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/img_20240108_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Cesar Roberto Beserra de Lima.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/img_20240112_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/img_20240112_0003.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Sandro José dos Santos.</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>Mesa Diretora - MESA</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/resolucao_julga_a_prestacao_de_contas_da_prefeitura_municipal_de_toritama_estado_de_pernambuco_referente_ao_exercicio_de_2021_do_exmo._sr._prefeito_edilson_tavares_de_lima.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/resolucao_julga_a_prestacao_de_contas_da_prefeitura_municipal_de_toritama_estado_de_pernambuco_referente_ao_exercicio_de_2021_do_exmo._sr._prefeito_edilson_tavares_de_lima.pdf</t>
   </si>
   <si>
     <t>Julga a Prestação de Contas da Prefeitura Municipal de Toritama, Estado de Pernambuco, referente ao exercício de 2021 do Exmo. Sr. Prefeito Edilson Tavares de Lima, Processo T.C. nº 22100514-6</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/img_20240112_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/img_20240112_0005.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Rivaldo Pereira da Silva.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/ementa_regulamenta_as_contratacoes_publicas_advindas_da_lei_no_14.133_de_1o_de_abril_de_2021_que_dispoe_sobre_licitacoes_e_contratos_administrativos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/ementa_regulamenta_as_contratacoes_publicas_advindas_da_lei_no_14.133_de_1o_de_abril_de_2021_que_dispoe_sobre_licitacoes_e_contratos_administrativos.pdf</t>
   </si>
   <si>
     <t>EMENTA: Regulamenta as contratações públicas advindas da Lei nº 14.133, de 1º de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito do Poder Legislativo do Município de Toritama.</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/autoriza_o_prefeito_do_municipio_de_toritama_edilson_tavares_de_lima_a_ausentar-se_do_pais_pelo_prazo_de_14_catorze_dias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/autoriza_o_prefeito_do_municipio_de_toritama_edilson_tavares_de_lima_a_ausentar-se_do_pais_pelo_prazo_de_14_catorze_dias..pdf</t>
   </si>
   <si>
     <t>Autoriza o Prefeito do Município de Toritama, Edilson Tavares de Lima, a ausentar-se do país pelo prazo de 14 (catorze) dias.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/img_20240226_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/img_20240226_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Antônio Elidio de Andrade.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/img_20240402_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/img_20240402_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Andressa Virgínia Silva dos Anjos.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/img_20240402_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/img_20240402_0003.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Gilberto Alves de Almeida Filho.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/manasses.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/manasses.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadania Toritamense ao Senhor Manassés Boaz  Ferreira.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/rubens.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/rubens.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadania Toritamenses ao Senhor Rubens Barbosa Gomes da Silva.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/fernando.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/fernando.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadania Toritamense ao Senhor Fernando José Moura da Silva</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>Morica</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_resolucao_concede_titulo_de_cidadania_toritamense_a_rivaldo_bezerra.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_resolucao_concede_titulo_de_cidadania_toritamense_a_rivaldo_bezerra.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Rivaldo Bezerra.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/img_20240404_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/img_20240404_0001.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Miguel Ângelo Jordão Tavares.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/altemar.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/altemar.pdf</t>
   </si>
   <si>
     <t>Concede Título de cidadania Toritamense ao Senhor Altemar Batista do Nascimento.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/img_20240404_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/img_20240404_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Ozivania Lopes da Silva.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/img_20240409_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/img_20240409_0007.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a José Geovan Inácio de Freitas.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/cesar_henrique_de_franca..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/cesar_henrique_de_franca..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense_x000D_
 a César Henrique de França.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/sebastiao_bezerra_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/sebastiao_bezerra_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense_x000D_
 a Sebastião Bezerra da Silva.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/res_no_2024_policiamento_da_camara_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/res_no_2024_policiamento_da_camara_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a celebração de convênio entre a Câmara Municipal e o Poder Executivo, através Guarda Municipal de Toritama, para fornecimento de guarda permanente e dá outras providências.</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/titulo_de_cidadao_de_jeziel_antonio_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/titulo_de_cidadao_de_jeziel_antonio_da_silva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Jeziel Antônio da Silva</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_resolucao_jurandir_pedro_santana.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_resolucao_jurandir_pedro_santana.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Auditório da Câmara Municipal de Vereadores que passa a ser "Auditório Jurandir Pedro Santana"</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/img_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/img_0001.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Maria Adelina da Conceição.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/res_nc2ba_2024_paloma_bernardi_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/res_nc2ba_2024_paloma_bernardi_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense à Paloma Bernardi e dá outras providências.</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/res_nc2ba_2024_thiago_alexandre_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/res_nc2ba_2024_thiago_alexandre_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense à Thiago Alexandre e dá outras providências.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/titulo_cidadania_ronaldo_lucena.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/titulo_cidadania_ronaldo_lucena.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Ronaldo Luiz de Lucena.</t>
   </si>
   <si>
     <t>2250</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/img_20240716_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/img_20240716_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Adnixon Souza Tavares.</t>
   </si>
   <si>
     <t>2262</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/resolucao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/resolucao.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania_x000D_
 Toritamense a Gleibson Rogerio Veloso_x000D_
 de Albuquerque.</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2302/resolucao_wellington_lima_de_andrade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2302/resolucao_wellington_lima_de_andrade.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania_x000D_
 Toritamense a Wellington Lima de_x000D_
 Andrade.</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2303/resolucao_rosangela_maria_silva_de_andrade_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2303/resolucao_rosangela_maria_silva_de_andrade_1.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania_x000D_
 Toritamense a Rosangela Maria Silva de_x000D_
 Andrade.</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2320/pres_nc2ba_2024_chef_luiz_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2320/pres_nc2ba_2024_chef_luiz_assinado.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense à Luiz Henrique Rodrigues dos Santos e dá outras providências.</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2335/img_20241023_0002.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2335/img_20241023_0002.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense para  Dário Pereira Santos.</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2351/img_20241126_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2351/img_20241126_0003.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense para Davi Barbosa Silva (Pastor da igreja Evangélica Rede Esperança).</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/oficio_gp_no_004-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/oficio_gp_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 58/2023, que dispões sobre “Reconhecimento da categoria profissional dos condutores de ambulância, vencimento mínimo, insalubridade, adicional noturno, tempo máximo por plantão dentre garantias sindicais outras garantias sindicais.”.</t>
   </si>
   <si>
     <t>2226</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/mensagem_no_23-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/mensagem_no_23-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 25/2024, que “Dispõe sobre a instituição do pré-carnaval na cidade de Toritama e dá outras providências.”</t>
   </si>
   <si>
     <t>2227</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/mensagem_no_24-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/mensagem_no_24-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 26/2024, que “Dispõe sobre a comercialização de água mineral no município de Toritama.”</t>
   </si>
   <si>
     <t>2228</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/mensagem_no_021-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/mensagem_no_021-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 07/2023, que “Autoriza o Poder Executivo a criar um banco de oportunidades Municipal denominado “Meu Emprego”, no município de Toritama – PE.”</t>
   </si>
   <si>
     <t>2229</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/mensagem_no_22-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/mensagem_no_22-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 20/2024, que “Institui a política municipal de enfrentamento à violência política de gênero e raça e dá outras providências.”</t>
   </si>
   <si>
     <t>2230</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/mensagem_no_26-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/mensagem_no_26-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 29/2024, que “Dispõe sobre a obrigatoriedade de publicação, no site oficial e Portal da Transparência da Prefeitura de Toritama, de relatórios financeiros trimestrais dos fundos públicos municipais”</t>
   </si>
   <si>
     <t>2231</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/mensagem_no_25-2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/mensagem_no_25-2024.pdf</t>
   </si>
   <si>
     <t>Em cumprimento ao disposto no §1º do art. 212 do Regimento Interno da Câmara Municipal de Toritama, comunico à Vossa Excelência que, nos termos do inciso IV do art. 54 da Lei Orgânica Municipal de Toritama, veto totalmente, exercendo controle prévio de constitucionalidade a Proposição de Lei N° 27/2024, que “Institui o dia 23 de Junho, noite de São João, no calendário de Eventos do município”.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/emenda_aditiva_ao_plol_11-2024_dispoe_a_obrigatoriedade_de_atendimento_preferencial_a_pesooas_com_fibromialgia_no_municipio_de_toritama_e_cria_cria_carteira_de_identificacao_da_pessoa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/emenda_aditiva_ao_plol_11-2024_dispoe_a_obrigatoriedade_de_atendimento_preferencial_a_pesooas_com_fibromialgia_no_municipio_de_toritama_e_cria_cria_carteira_de_identificacao_da_pessoa.pdf</t>
   </si>
   <si>
     <t>Acrescente-se ao artigo 4º do Projeto de Lei Ordinária do Legislativo_x000D_
 11/2024: "$ 1º-A As notificações e intimações de que trata o $ 1º serão_x000D_
 exclusivamente relacionadas à condição médica da pessoa.”</t>
   </si>
   <si>
     <t>2258</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/emenda_ao_projeto_de_lei_nc2ba_36_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/emenda_ao_projeto_de_lei_nc2ba_36_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 36/2024</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/emenda_ao_projeto_de_lei_nc2ba_35_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/emenda_ao_projeto_de_lei_nc2ba_35_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 35 2024</t>
   </si>
   <si>
     <t>2260</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_ao_projeto_de_lei_nc2ba_42_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_ao_projeto_de_lei_nc2ba_42_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA AO PROJETO DE LEI Nº 42/024</t>
   </si>
   <si>
     <t>2261</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_ao_projeto_de_lei_nc2ba_28_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_ao_projeto_de_lei_nc2ba_28_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA E SUPRESSIVA AO PROJETO DE LEI Nº 28 2024</t>
   </si>
   <si>
     <t>2263</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_ao_projeto_de_lei_nc2ba_30_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_ao_projeto_de_lei_nc2ba_30_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA E MODIFICATIVA AO PROJETO DE LEI Nº 30/2024</t>
   </si>
   <si>
     <t>2264</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_ao_projeto_de_lei_nc2ba_40_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_ao_projeto_de_lei_nc2ba_40_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA SUPRESSIVA AO PROJETO DE LEI Nº 40/2024</t>
   </si>
   <si>
     <t>2265</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_ao_projeto_de_lei_nc2ba_43_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_ao_projeto_de_lei_nc2ba_43_2024_assinado.pdf</t>
   </si>
   <si>
     <t>EMENDA AO MODIFICATIVA AO PROJETO DE LEI Nº 43/2024</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_modificativa_da_ldo_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_modificativa_da_ldo_assinado.pdf</t>
   </si>
   <si>
     <t>Modifique-se a redação do artigo 115, Parágrafo Único, ao Projeto de_x000D_
 Lei Ordinária do Executivo 15/2024:_x000D_
 Parágrafo Único. Os planos de trabalho e os orçamentos parciais_x000D_
 citados no caput deverão ser entregue até o dia 10 (dez) de_x000D_
 setembro de 2024, para que o Setor de Planejamento do Poder_x000D_
 Executivo faça a inclusão no Projeto de Revisão do Plano_x000D_
 Plurianual 2022/2025, para execução da parcela anual do_x000D_
 próximo exercício e na proposta orçamentária para 2025.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes da política de doação de kit de sensor e equipamento para monitoramento contínuo de glicose intersticial a crianças com diabetes mellitus tipo I.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/projeto_de_lei_do_legislativo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/projeto_de_lei_do_legislativo.pdf</t>
   </si>
   <si>
     <t>Denomina de Parque e Biblioteca Municipal Maria dos Anjos Tavares à R. Antônio Soares, onde funcionou o campo do ipiranga.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/img_20240116_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/img_20240116_0003.pdf</t>
   </si>
   <si>
     <t>Denomina de José Miguel Filho (Bé do doce), a quadra de Futebol de 5, A= 559 m2. No Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/img_20240116_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/img_20240116_0004.pdf</t>
   </si>
   <si>
     <t>Denomina de José Bianor da Silva (Zé Bianor), a quadra A=354 m2. No Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/img_20240116_0005.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/img_20240116_0005.pdf</t>
   </si>
   <si>
     <t>Denomina de Severino Claudino de Souza (Bucho de Jaca), a quadra de Areia, no Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/img_20240116_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/img_20240116_0006.pdf</t>
   </si>
   <si>
     <t>Denomina de José Ademir Tavares (Demi), a quadra de beach tennis, no Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/img_20240116_0007.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/img_20240116_0007.pdf</t>
   </si>
   <si>
     <t>Denomina de Erinaldo Pereira da Silva (Mijão), a quadra de beach tennis, no Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/img_20240116_0008.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/img_20240116_0008.pdf</t>
   </si>
   <si>
     <t>Denomina de Valdenildo Alves da Silva (Jacaré), a quadra de futmesa, no Parque Maria dos Anjos Tavares.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/img_20240125_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/img_20240125_0004.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Josuel João do Nascimento, A Travessa sem denominação. S06Q02Q03. Cód. Log. 108. Localizada no bairro Areal, zona urbana deste município</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/img_20240125_0003.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/img_20240125_0003.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua José Sebastião da Silva (Zé do areal). A Travessa sem denominação. S06Q03 Cód. Log. 926. Localizado no bairro Areal, zona urbana deste município.</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_dispoe_a_obrigatoriedade_de_atendimento_._20240205_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_dispoe_a_obrigatoriedade_de_atendimento_._20240205_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe a obrigatoriedade de atendimento preferencial á pessoa com fibromialgia no Município de Toritama e cria Carteira de identificação da Pessoa Acometida pela Fibromialgia-CIPAF.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/denomina_de_rua_jose_inacio_de_melo_liro_de_broxo_a_r._projetada_08_cod_log_95000194_quadras_172-175_setor_02_bairro_fazenda_velha.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/denomina_de_rua_jose_inacio_de_melo_liro_de_broxo_a_r._projetada_08_cod_log_95000194_quadras_172-175_setor_02_bairro_fazenda_velha.pdf</t>
   </si>
   <si>
     <t>Denomina de rua José Inácio de Melo (Liro de broxó) a R. Projetada 08, cód log 95000194, Quadras 172/175 Setor 02, Bairro Fazenda Velha</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/projeto_de_lei_parque_maria_dos_anjos_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/projeto_de_lei_parque_maria_dos_anjos_.pdf</t>
   </si>
   <si>
     <t>Denomina de Centro Esportivo José Paulo de Lima, todo o espaço esportivo no Parque e Biblioteca Municipal Maria dos Anjos Tavares em Toritama-PE.</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1997/plol_mesa_diretora__dispoe_sobre_a_correcao_do_anexo_i_da_lei_1.912-2023_que_cria_de_cargos_de_provimento_efetivo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1997/plol_mesa_diretora__dispoe_sobre_a_correcao_do_anexo_i_da_lei_1.912-2023_que_cria_de_cargos_de_provimento_efetivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a correção do anexo I da Lei 1.912/2023 que cria de cargos de provimento efetivo na estrutura administrativa e organizacional do Poder Legislativo Municipal de Toritama - PE</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/denomina__de_rua_joao_carlos_queroz_tavares_a_r._projetada_quadras_228_e_261_cod_log._738_setor_07_loteamento_deus_e_fiel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/denomina__de_rua_joao_carlos_queroz_tavares_a_r._projetada_quadras_228_e_261_cod_log._738_setor_07_loteamento_deus_e_fiel..pdf</t>
   </si>
   <si>
     <t>Denomina de rua João Carlos Queiroz Tavares, R. Projetada, Quadras 228,261 Cód Log 738, Setor 07, Loteamento Deus é Fiel.</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/denomina_de_enfermeira_eraldina_sala_de_parto_do_hospital_._20240223_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/denomina_de_enfermeira_eraldina_sala_de_parto_do_hospital_._20240223_0001.pdf</t>
   </si>
   <si>
     <t>Denomina de Enfermeira Eraldina Inácia da Silva a sala de partos do Hospital Municipal Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/denomina_de_praca_abdias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar_bairro-_centro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/denomina_de_praca_abdias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar_bairro-_centro.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Abidias Bezerra da Silva a praça em frente a pelado do Bar, Bairro - Centro</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/denomina_de_maria_sebastiana_dunda_do_nascimento_a_creche_do_bairro_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/denomina_de_maria_sebastiana_dunda_do_nascimento_a_creche_do_bairro_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria Sebastiana Dunda do Nascimento a creche do bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2026/img_20240304_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2026/img_20240304_0001.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão do Auxílio Gás Toritama para famílias de baixa renda, em situação de vulnerabilidade e/ou risco social do município de Toritama.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_violencia_politica_de_genero_0001.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_violencia_politica_de_genero_0001.pdf</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA MUNICIPAL DE ENFRENTAMENTO À VIOLÊNCIA POLÍTICA DE GÊNERO E RAÇA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/reconhece_de_utilidade_publica_municipal_a_acit_-_associacao_comercial_e_industrial_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/reconhece_de_utilidade_publica_municipal_a_acit_-_associacao_comercial_e_industrial_de_toritama..pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública municipal a Acit - Associação Comercial e Industrial de Toritama.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/0000_reconhece_de_utilidade_publica_municipal_a_afest_-_associacao_dos_feirantes_e_sulanqueiros_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/0000_reconhece_de_utilidade_publica_municipal_a_afest_-_associacao_dos_feirantes_e_sulanqueiros_de_toritama..pdf</t>
   </si>
   <si>
     <t>Reconhece de utilidade pública municipal a Afest- Associação dos feirantes e sulanqueiros de Toritama.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/denomina_rua_raquel_da_silva_raquel_de_creuzinha_a_r._projetada_05_cod_log_95000155_quadras_169-182_setor_02_bairro_fazenda_velha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/denomina_rua_raquel_da_silva_raquel_de_creuzinha_a_r._projetada_05_cod_log_95000155_quadras_169-182_setor_02_bairro_fazenda_velha..pdf</t>
   </si>
   <si>
     <t>Denomina rua Ana Raquel da Silva (Raquel de Creuzinha) a R. Projetada 05, cód log 95000155, Quadras 169/182 Setor 02, Bairro Fazenda Velha.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/pl_nc2ba_2024_transparencia_ambiental_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/pl_nc2ba_2024_transparencia_ambiental_assinado.pdf</t>
   </si>
   <si>
     <t>Institui os parâmetros e diretrizes para estabelecer a Política de Transparência Ambiental Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/pl_nc2ba_2024_pre-carnaval_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/pl_nc2ba_2024_pre-carnaval_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do pré - carnaval na cidade de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/projeto_de_lei_agua_mineral_01.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/projeto_de_lei_agua_mineral_01.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a comercialização de água mineral no município de Toritama.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_calendario_01.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_calendario_01.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei. Institui o dia 23 de Junho, noite de São João, no calendário de Eventos do município.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/pl_nc2ba_2024_parlamento_jovem_28129_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/pl_nc2ba_2024_parlamento_jovem_28129_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Parlamento Jovem e Mirim no âmbito do município de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/pl_nc2ba_2024_transparencia_fundos_municipais_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/pl_nc2ba_2024_transparencia_fundos_municipais_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de publicação, no site oficial e Portal da Transparência da Prefeitura de Toritama, de relatórios financeiros trimestrais dos fundos públicos municipais.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/pl_nc2ba_2024_meu_primeiro_emprego_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/pl_nc2ba_2024_meu_primeiro_emprego_assinado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Meu Primeiro Emprego no âmbito do Município de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/pl_-_denomina_de_luiz_bertulino_da_silva_a_feira_de_gado_em_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/pl_-_denomina_de_luiz_bertulino_da_silva_a_feira_de_gado_em_toritama..pdf</t>
   </si>
   <si>
     <t>Denomina de Luiz Bertulino da Silva a feira de Gado em Toritama.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2162/regulamenta_o_disposto_no__3o_do_art._8o_da_lei_federal_no_14.133_de_1o_de_abril_de_2021.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2162/regulamenta_o_disposto_no__3o_do_art._8o_da_lei_federal_no_14.133_de_1o_de_abril_de_2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta o disposto no § 3º do art. 8º da Lei Federal nº 14.133, de 1º de abril de 2021, dispondo sobre Gestores e Fiscais de Contratos, e Equipe de Planejamento da Contratação, no âmbito da Câmara de Vereadores de Toritama.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2163/cria_ouvidoria_no_ambito_da_camara_de_vereadores_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2163/cria_ouvidoria_no_ambito_da_camara_de_vereadores_de_toritama..pdf</t>
   </si>
   <si>
     <t>Cria Ouvidoria no âmbito da Câmara de Vereadores de Toritama.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2164/dispoe_sobre_a_aplicacao_da_lei_federal_no_13.709_de_14_de_agosto_de_2018_lei_geral_de_protecao_de_dados_pessoais__lgpd.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2164/dispoe_sobre_a_aplicacao_da_lei_federal_no_13.709_de_14_de_agosto_de_2018_lei_geral_de_protecao_de_dados_pessoais__lgpd.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação da Lei Federal nº 13.709, de 14 de agosto de 2018 Lei Geral de Proteção de Dados Pessoais – LGPD, no âmbito da Câmara  Municipal de Toritama.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/pl_nc2ba_2024_toritama_contra_a_discriminacao_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/pl_nc2ba_2024_toritama_contra_a_discriminacao_assinado.pdf</t>
   </si>
   <si>
     <t>Instituí o Programa Toritama Contra a Discriminação com o objetivo de incluir, nos cursos de formação continuada aos agentes públicos, matérias de combate a LGBTQIA+fobia e ao racismo.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/pl_nc2ba_2024_28placa_e_homofobia29_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/pl_nc2ba_2024_28placa_e_homofobia29_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de toda e qualquer forma de discriminação e preconceito em virtude da orientação sexual ou identidade de gênero, além da aplicação de sanções administrativas pelo seu descumprimento na forma da Lei e dá outras providências.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_nc2ba_2024_patrimonio_cultural_e_natural_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_nc2ba_2024_patrimonio_cultural_e_natural_assinado.pdf</t>
   </si>
   <si>
     <t>Cria os parâmetros e diretrizes para proteção e preservação do patrimônio cultural e natural no âmbito do Município de Toritama.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_nc2ba_2024_patrimonio_vivo_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_nc2ba_2024_patrimonio_vivo_assinado.pdf</t>
   </si>
   <si>
     <t>Cria os parâmetros e diretrizes para promoção e registro do Patrimônio Vivo no âmbito do Município de Toritama.</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/denomina_de_tribuna_de_honra_wendel_galdino_a_tribuna_do_estadio_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/denomina_de_tribuna_de_honra_wendel_galdino_a_tribuna_do_estadio_municipal..pdf</t>
   </si>
   <si>
     <t>Denomina de Tribuna de Honra Wendel Galdino a Tribuna do Estádio Municipal.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/pl_nc2ba_2024_renda_toritama_assinado_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/pl_nc2ba_2024_renda_toritama_assinado_1.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal 1.907/2020 que dispõe sobre as diretrizes e parâmetros para concessão do Programa Renda Toritama no âmbito municipal e dá outras providências.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/revoga_a_lei_municipal_no_1975_de_06_de_outubro_de_2023_que_denomina_a_estrada_municiapal__s04_cod._log_95000202.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/revoga_a_lei_municipal_no_1975_de_06_de_outubro_de_2023_que_denomina_a_estrada_municiapal__s04_cod._log_95000202.pdf</t>
   </si>
   <si>
     <t>Revoga a Lei Municipal Nº 1.975, de 06 de outubro de 2023, que denomina a estrada municipal SO04, cód. Log 95000202.</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_nc2ba_2024_proibicao_fogos_de_artificio_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_nc2ba_2024_proibicao_fogos_de_artificio_assinado.pdf</t>
   </si>
   <si>
     <t>Proíbe a queima, manuseio e soltura de fogos de artifício e materiais pirotécnicos de alto impacto sonoro, classificados como artefatos de estampido ou explosivos no âmbito do Município de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_nc2ba_2024_politica_de_protecao_aos_animais_de_grande_porte_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_nc2ba_2024_politica_de_protecao_aos_animais_de_grande_porte_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal de proteção ao animal de grande porte e controle sustentável dos veículos de tração animal - VTA.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/pl_jose_paulino_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/pl_jose_paulino_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina de R. José Paulino da Silva (Seu Zuca), a R. Projetada, cód. log. 95000184, Quadras 54 e 55, Setor 05, Bairro Valentim.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_gilson_carlos_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_gilson_carlos_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Gilson Carlos da Silva (Gilson do Areal), a R. Projetada, cód. log. 669, Quadra 46, Setor 06, Bairro Valentim.</t>
   </si>
   <si>
     <t>2218</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2218/pl_jose_inocencio_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2218/pl_jose_inocencio_da_silva.pdf</t>
   </si>
   <si>
     <t>Denomina de R. José Inocêncio da Silva (Zé Preto da Água), a R. Projetada, cód. log. 671, Quadra 49, Setor 06, Bairro Valentim.</t>
   </si>
   <si>
     <t>2238</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2238/pl_nc2ba_2024_rotatoria_em_homenagem_as_vitimas_do_covid_19_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2238/pl_nc2ba_2024_rotatoria_em_homenagem_as_vitimas_do_covid_19_assinado.pdf</t>
   </si>
   <si>
     <t>Denomina de Rotatória João Roberto da Silva Neto, conhecido como João Preto Marchante, a Rotatória PE-90 e BR-104, sendo seu nome uma homenagem póstuma a todos que faleceram em decorrência da COVID-19 na cidade de Toritama – PE no período de pandemia entre 2020 e 2022.</t>
   </si>
   <si>
     <t>2241</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/img_20240711_0004.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/img_20240711_0004.pdf</t>
   </si>
   <si>
     <t>Denomina a UBS do Loteamento de Arlindo de Vereador Francisco Soares da Silva (Chico Lagoa) em Toritama-PE.</t>
   </si>
   <si>
     <t>2249</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/pl-_fica_instituido_o_dia_23_de_junho_noite_de_sao_joao_no_calendario_de_comemoracoes_e_enentos_do_municipio_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/pl-_fica_instituido_o_dia_23_de_junho_noite_de_sao_joao_no_calendario_de_comemoracoes_e_enentos_do_municipio_de_toritama..pdf</t>
   </si>
   <si>
     <t>Fica instituído o dia 23 de Junho, noite de_x000D_
 São João no Sítio São João no Calendário_x000D_
 de Comemorações e Eventos do_x000D_
 Município de Toritama.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/img_20240723_0006.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/img_20240723_0006.pdf</t>
   </si>
   <si>
     <t>Denomina a Escola Municipal Professora Edivania Gonçalo de Souza Oliveira, no Loteamento Colorado.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Executivo</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/projeto_de_lei_-_remuneracao_minima_servidores_r_1.41200.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/projeto_de_lei_-_remuneracao_minima_servidores_r_1.41200.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste da remuneração mínima dos servidores do Município de Toritama - PE.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/projeto_de_lei_-_altera_lei_1.894-2022_piso_acs_e_ace.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/projeto_de_lei_-_altera_lei_1.894-2022_piso_acs_e_ace.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1.894/2022, com alterações dada pelas Leis nº 1.936/2023 e nº 1.952/2023, para reajustar o piso salarial profissional dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate às Endemias (ACE) do Município de Toritama – PE.</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/projeto_de_lei_-_reajuste_piso_magisterio_educacao_basica.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/projeto_de_lei_-_reajuste_piso_magisterio_educacao_basica.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o novo Piso Salarial dos profissionais do magistério público da educação básica do Município de Toritama.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_-_altera_anexo_iii_da_lei_1.616-2018_reajusta_o_salario_para_r_1.80000.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_-_altera_anexo_iii_da_lei_1.616-2018_reajusta_o_salario_para_r_1.80000.pdf</t>
   </si>
   <si>
     <t>Altera o anexo III da Lei Municipal Nº 1.616, de 21 de junho de 2018, que dispõe sobre a criação da Guarda Civil Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/projeto_de_lei_-_altera_o_inciso_vi_do_artigo_9o_da_lei_no_700-1994_-_interprete_de_libras.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/projeto_de_lei_-_altera_o_inciso_vi_do_artigo_9o_da_lei_no_700-1994_-_interprete_de_libras.pdf</t>
   </si>
   <si>
     <t>Altera o inciso VI do artigo 9º da Lei nº 700/1994, com redação dada pela Lei nº 1.854, de 11 de março de 2022, readequando a carga horária do Intérprete de Libras.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2013/projeto_de_lei_-_reajuste_motorista_transporte_escolar.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2013/projeto_de_lei_-_reajuste_motorista_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal Nº 1.312/2014, com redação dada pela Lei Municipal Nº 1.888/2022, para alterar o vencimento básico do cargo de “Motorista de Transporte Escolar”.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/emissao_56586406c1cc46d18826b424_memorando-724-2024_assinado_versaoimpressao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/emissao_56586406c1cc46d18826b424_memorando-724-2024_assinado_versaoimpressao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uso onerosa das áreas públicas destinadas a construção de lanchonetes e restaurantes nas dependências do Parque Municipal Maria dos Anjos do município de Toritama-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2027/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_realizar_transferencia_financeira_para_organizacao_da_sociedade_civil..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2027/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_realizar_transferencia_financeira_para_organizacao_da_sociedade_civil..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realiza transferência de recursos financeiros para organização da sociedade civil.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_-_desafeta_area_e_autoriza_permuta.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_-_desafeta_area_e_autoriza_permuta.pdf</t>
   </si>
   <si>
     <t>Desafeta área pública municipal e autoriza o Poder Executivo do Município de Toritama a proceder à permuta da área que especifica.</t>
   </si>
   <si>
     <t>2219</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/projeto_de_lei_-_institui_o_programa_jovem_aprendiz_na_administracao_publica.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/projeto_de_lei_-_institui_o_programa_jovem_aprendiz_na_administracao_publica.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Administração Pública Direta, Autárquica e Fundacional do Poder Executivo do Município de Toritama - PE, o “Programa Jovem_x000D_
 Aprendiz”.</t>
   </si>
   <si>
     <t>2220</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_-_doacao_de_imovel_publica_ao_estado_de_pernambuco_quartel_cbm.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_-_doacao_de_imovel_publica_ao_estado_de_pernambuco_quartel_cbm.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar ao Estado de Pernambuco bem imóvel pertencente ao Município de Toritama, para construção do_x000D_
 novo quartel do Corpo de Bombeiros Militar de Pernambuco em Toritama.</t>
   </si>
   <si>
     <t>2233</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/emissao_1864fb6a3ed004a09c559860_memorando-2.544-2024_assinado_versaoimpressao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/emissao_1864fb6a3ed004a09c559860_memorando-2.544-2024_assinado_versaoimpressao.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do Município e autoriza a abertura de crédito adicional especial ao orçamento anual de 2024.</t>
   </si>
   <si>
     <t>2257</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_lei_-_dispoe_sore_mecanismos_e_inventivos_a_inovacao_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_lei_-_dispoe_sore_mecanismos_e_inventivos_a_inovacao_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre sistemas, mecanismos e incentivos à inovação, à pesquisa científica e à atividade tecnológica e inovativa em ambiente produtivo, com o objetivo de promover o desenvolvimento sustentável tecnológico e econômico do Município de Toritama, Estado de Pernambuco, e dá outras providências.</t>
   </si>
   <si>
     <t>2281</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/emissao_426745a6c052ad0f6f0ec769_memorando-2.906-2024_assinado_versaoimpressao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/emissao_426745a6c052ad0f6f0ec769_memorando-2.906-2024_assinado_versaoimpressao.pdf</t>
   </si>
   <si>
     <t>Cria, no âmbito do Município de Toritama, o CENTRO ESPECIALIZADO DE ATENDIMENTO À MULHER – CEAM, e dá outras providências.</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_ldo_2025_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_ldo_2025_assinado.pdf</t>
   </si>
   <si>
     <t>Estabelece as diretrizes orçamentárias para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2322/ppa_2025.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2322/ppa_2025.pdf</t>
   </si>
   <si>
     <t>Atualiza o Plano Plurianual do Município para execução da parcela anual de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2323/loa_2025.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2323/loa_2025.pdf</t>
   </si>
   <si>
     <t>Estima a RECEITA e fixa a DESPESA do Município para o exercício financeiro de 2025.</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2332/emissao_3578d619b839e601378e65d1_memorando-3.889-2024_assinado_versaoimpressao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2332/emissao_3578d619b839e601378e65d1_memorando-3.889-2024_assinado_versaoimpressao.pdf</t>
   </si>
   <si>
     <t>Cria o sistema de segurança alimentar e nutricional - SISAN do Município de Toritama com vistas em assegurar o direito humano à alimentação adequada e dá outras providências.</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_-_autoriza_retirada_conseg_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_-_autoriza_retirada_conseg_assinado.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Toritama a formalizar a retirada do Consórcio Intermunicipal de Segurança Pública e Defesa Social de Pernambuco - CONSEG, e dá outras providências.</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2355/projeto_de_lei_-_aboso_salarial_educacao_rateio_2024_assinado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2355/projeto_de_lei_-_aboso_salarial_educacao_rateio_2024_assinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para concessão de abono aos profissionais da educação básica em efetivo exercício para fins de cumprimento da aplicação mínima de 70% (setenta por cento) dos recursos do Fundeb na sua remuneração, conforme previsto no art. 26 da Lei Federal nº 14.113/2020, e no art. 212-A, inciso XI da Constituição Federal, referente ao Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2359/projeto_de_lei_-_acresce_dispositivo_a_lei_no_2.032_de_26_de_julho_de_2024_lei_aldir_blanc.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2359/projeto_de_lei_-_acresce_dispositivo_a_lei_no_2.032_de_26_de_julho_de_2024_lei_aldir_blanc.pdf</t>
   </si>
   <si>
     <t>Acresce dispositivo à Lei Nº 2.032, de 26 de julho de 2024, que promove a adequação orçamentária no âmbito do Município e autoriza a abertura de_x000D_
 crédito adicional especial ao orçamento anual de 2024.</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/projeto_de_lei_complementar_-_altera_lc_11-2018_-remuneracao_agentes_de_transito_cttu_para_1.80000.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/projeto_de_lei_complementar_-_altera_lc_11-2018_-remuneracao_agentes_de_transito_cttu_para_1.80000.pdf</t>
   </si>
   <si>
     <t>Altera a remuneração do Agente Municipal de Trânsito constante no anexo único da Lei Complementar Municipal Nº 11, de 13 de julho de 2018.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_complementar_-_refis_2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_complementar_-_refis_2024.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Toritama, sob a denominação de PROGRAMA DE RECUPERAÇÃO FISCAL – REFIS_x000D_
 2024, para pessoas físicas e jurídicas e dá outras providências.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/projeto_de_lei_altera_dispositivos_da_lc_02_2017_estrutura_administrativa_executivo_revisado_29_02_2024.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/projeto_de_lei_altera_dispositivos_da_lc_02_2017_estrutura_administrativa_executivo_revisado_29_02_2024.pdf</t>
   </si>
   <si>
     <t>Insere e altera dispositivos das Leis Complementares nº 700/1994, nº 734/1997, nº 741/1998 e da LC nº 02, de 01 de abril de 2017, que dispõe sobre a estrutura administrativa do Poder Executivo do Município de Toritama, aumenta o salário do Pedreiro, cria o cargo de Calceteiro, e dá outras providências.</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2360/projeto_de_lei_complementar_-_cria_o_servico_publico_de_loteria_do_municipio_de_toritama__loto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2360/projeto_de_lei_complementar_-_cria_o_servico_publico_de_loteria_do_municipio_de_toritama__loto.pdf</t>
   </si>
   <si>
     <t>Cria o Serviço Público de Loteria do Município de Toritama – LOTO, e dá outras providências.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/acrescenta_a_lei_organica_do_municipio_de_toritama_o_art._31-a_instituindo_o_orcamento_impositivo_e_a_execucao_orcamentaria_e_financeira_da_programacao_incluida_por_emendas_individuais.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/acrescenta_a_lei_organica_do_municipio_de_toritama_o_art._31-a_instituindo_o_orcamento_impositivo_e_a_execucao_orcamentaria_e_financeira_da_programacao_incluida_por_emendas_individuais.pdf</t>
   </si>
   <si>
     <t>Acrescenta à Lei Orgânica do Município de Toritama o art. 31-A, instituindo o Orçamento Impositivo e a execução orçamentária e financeira da programação incluída por emendas individuais do Poder Legislativo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -5334,51 +5334,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/img_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/documento_2024-01-09_114806.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1917/img_0007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/img_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/img_0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/img_20240111_0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/img_0001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/img_20240112_0004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/ind_que_seja_nomeada_de_abidias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1931/img_20240112_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/img_20240112_0002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/img_0004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/img_0005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/img_0002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/img_20240116_0009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/img_0001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/img_20240123_0003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/img_20240123_0004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/que_seja_ampliada_a_creche_do_independente_com_amis_salas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/ampliacao_da_escola_belmiro_goncalves.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/ind-_que_seja_construido_um_espaco_pet__para_abrigar_e_cuidar_de_animais_de_rua.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_da_clinica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/img_20240131_0002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/img_20240131_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/img_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1971/img_20240205_0009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1972/img_20240205_0010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/img_20240205_0011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/que_seja_feita_a_limpeza_do_canal_da_cohab_e_feita_aquela_passagem_da_rua_padre_zuzinha..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/que_seja_feito_o_saneamento_e_o_calcamento_das_ruas_do_bairro_tavares_martins..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/que_seja_colocado_uns_gradil_na_praca_jose_acacio_na_rua_bom_jesus_para_proteger_as_plantas_para_nao_sem_pisadas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/que_seja_denominado_o_parque_de_vaquejada_de_jose_bezerra_da_silva..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/que_seja_criada_uma_ppp_parceria_publico-privada_entre_a_secretaria_de_educacao_e_esportes_de_toritama_e_clubes_da_capital_para_que_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/que_seja_saneada_e_calcada_a_rua_sivonaldo_procopio_e_a_rua_jose_cicero_da_silva_no_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/img_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/img_0001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/img_20240219_0004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1995/img_20240219_0005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/img_20240219_0003.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/img_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2001/img_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/img_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/img_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/img_20240223_0002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/img_20240223_0003.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/img_20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_do_salao_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/img_20240227_0002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/img_20240304_0003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/img_20240304_0004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/img_20240304_0005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/img_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/img_20240311_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/img_20240311_0002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/img_20240311_0002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/img_20240312_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/img_20240312_0002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/solicito_que_seja_feita_uma_forca_tarefa_para_limpeza_do_canal_do_independente_e_o_canal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/solicito_que_sejam_feitos_os_complementos_dos_calcamentos_das_ruas_olavo_bilac_7_de_setembro_beco_na_rua_maragogi_e_os_becos_sao_paulo_sao_pedro_e_a_rua_luiz_gonzaga_entre_os_bai.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/solicito_que_seja_aprofundado_e_colocado_uma_cobertura_ate_a_boca_desse_canal_que.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/que_sejam_saneadas_e_calcadas_as_ruas_do_bairro_tavares_martins.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_luar_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/img_20240326_0005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/img_20240326_0006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2060/img_20240326_0007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/00001111.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/img_0001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/img_20240401_0001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/img_20240401_0002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/img_20240401_0003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/img_20240402_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/solicito_que_seja_feita_operacao_tapa_buracos_nas_ruas_do_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/solicito_que_seja_feito_o_complemento_do_calcamento_da_av._jurandir_pedro_santana_ao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/solicito_que_sejam_retomadas_as_obras_de_calcamento_das_ruas_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/img_20240402_0004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/img_20240402_0005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/que_seja_criada_a_politica_de_doacao_de_bomba_de_insulina_e_dispositivos_de_monitorizacao_da_glicemia_a_criancas_com_diabetes_mellitus_tipo_i.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/img_0001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/img_20240408_0001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/img_20240408_0002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_silva_no_bairro_novo_oriente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/que_seja_feito_construida_uma_praca_onde_funciona_a_fabrica_de_tubos_para_servir_de_acesso_entre_a_rua_rita_maria_do_carmo_e_a_ubs_do_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/que_seja_feito_o_calcamento_da_rua_jorge_matheus_no_bairro_coqueiral_reforcando_uma_indicacao_de_minha_autoria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/camscanner_08-04-2024_20.20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/camscanner_08-04-2024_20.23.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/camscanner_08-04-2024_20.17_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/img_20240409_0001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/img_20240409_0003.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/img_20240409_0002.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/que_seja_feito_o_saneamento_e_o_calcamento_da_rua_canaa_no_bairro_principe_da_paz_reforcando_uma_indicacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_da_pe90.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/mava.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/mava02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/mava03.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/que_seja_construida_uma_quadra_poliesportiva_e_um_chafariz_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/que_seja_criado_um_espaco_jovem_em_nossa_cidade_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/que_seja_adquirido_2_duas_motos_para_o_samu_para_ser_utilizada_no_atendimento_rapido_de_urgencia_intitulada_de_motolancia..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_no_2024_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_no_2024_plano_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/img_20240416_0001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/img_20240416_0003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/indicacao_18-04-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/que_seja_construida_uma_praca_e_um_posto_de_saude_no_izideo_tavares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/calcamento_das_ruas_salem_palmares__escada.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/calcamento_da_rua_sivonaldo_procopio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/img_20240416_0004.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/img_20240424_0002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/img_20240424_0001.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/img_0001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/indicacao_do_programa_piscicultura..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_nc2ba_2024_conferencia_das_cidades_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/img_20240506_0001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/img_20240506_0003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/img_20240506_0002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_-_cobertura_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/img_20240509_0001.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_nc2ba_2024_limpeza_antigo_matadouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/que_seja_adquirido_um_caminhao_limpa_fossa_para_ajudar_as_pessoas_que_nao_tem_condicao_e_pag_pronto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/que_sejam_saneadas_e_calcadas_as_ruas_belem_salem_ribeirao_palmares_canaa_e_a_rua_escada__entre_os_bairros_principe_da_paz_e_el_shaday_pronto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind-_que_seja__instituido_o_festival_da_seresta_de_toritama_a_ser_realizado_na_rua_4_de_outubro_sempre_no_domingo_onde_se_comemora_o_dia_dos_pais..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_nc2ba_2024_portal_do_contribuinte_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/img_20240517_0002.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/img_20240517_0003.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/img_20240517_0004.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/img_20240521_0001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/img_20240527_0001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/img_20240527_0003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/img_20240527_0002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/img_20240528_0001.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_nc2ba_2024_conferencia_municipal_do_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_nc2ba_2024_plano_municipal_da_juventude_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_nc2ba_2024_homenagem_as_vitimas_do_covid_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/indicacao_meu_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/indicacao_empresa_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/que_seja_feito_o_complemento_do_calcamento_na_entrada_da_rua_santa_monica_as_margens_da_pe_90.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/que_seja_feito_o_conserto_do_saneamento_que_esta_com_o_esgoto_a_ceu_aberto_na_rua_sivonaldo_procopio_ao_lado_do_posto_da_guarda_no_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/que_seja_feito_uma_operacao_tapa_buracos_nas_ruas_do_bairro_colorado_e_que_seja_feita_a_troca_das_lampadas_nos_postes_e_que_a_capinagem_nos_matos_que_estao_atrapalhando_a_visibilidade_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/img_20240603_0001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/img_20240603_0002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/img_20240603_0003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_-_el_shaday.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind._que_seja_construido_um_abrigo_para_idosos_em_situacao_de_vunerabilidade_e_em_risco_por_violacao_de_direitos_com_o_intuito_de_proteger_e_previnir_situacoes_de_rua_dessa_populacao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_que_seja_conntruida_uma_ubs_no_bairro_colorado_e_que_seja_denominada_enfermeira_eraldina_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/img_20240605_0003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/img_20240605_0002.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/img_20240605_0001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_oncologia_e_hemodialise_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/documento_2024-06-14_171702.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/documento_2024-06-14_172100.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_da_eadi.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/que_seja_criana_uma_guarda_ambiental_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_areal..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/img_20240710_0001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/img_20240710_0002.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2237/img_20240711_0002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/img_20240711_0001.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/img_20240711_0003.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/indicacao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/indicacao_da_ctm.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/indicacao_do_futebol.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/que_seja_feita_a_iluminacao__da_avenida_rosemiro_felix_do_planalto_ao_lado_da_escola_do_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/que_seja_feita_a_terraplanagem_com_pissarro_do_bairro_campo_alegre_e_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/que_seja_feito_o_complemento_do_calcamento_da_rua_olavo_bilac_e_da_rua_sete_de_setembro_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/indicacao_coqueiral_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/img_20240716_0005.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/img_20240716_0006.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/img_20240716_0007.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/indicacao_coqueiral_2.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/que_seja_estendido_o_atendimento_do_pediatra_para_mais_dias_na_semana_tendo_em_vista_a_grande_demanda_que_existe_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/que_seja_construida_uma_casa_de_apoio_para_cuidar_dos_nossos._solicitado_por_gorete_arruda_e_sivonice_franca..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/que_seja_construida_uma_praca_no_loteamento_de_jairo_de_aru_para_trazer_lazer_e_dignidade_para_as_criancas_e_adultos_da_quela_localidade..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/img_20240723_0001.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/img_20240723_0002.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/img_20240723_0003.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/indicacao_ctaa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/indicacao_do_sistomex.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/indicacao_planalto_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/img_20240730_0001.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/img_20240730_0002.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/img_20240730_0003.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2292/indicacao_planalto_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2293/indicacao_do_clube_da_apae.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/indicacao_da_praca_de_eventoss.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2299/img_20240806_0006.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2300/img_20240806_0007.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2301/img_20240806_0008.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/indicacao_colorado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/img20240809_15140952.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2307/indicacao_da_cessao_do_imovel_06.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2308/indicacao_do_alargamento_da_rua.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_planalto_3_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2311/ind_nc2ba_2024_logistica_policlinica_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_colorado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2313/creche_no_novo_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2314/creche_no_novo_alvorecer.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2315/praca_no_colorado..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2317/ind_nc2ba_2024_reparos_no_deus_e_fiel_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2319/indicacao_ame_animal_2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_-_independente.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_de_pavimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2326/que_seja_feita_uma_pista_de_atletismo_em_nossa_cidade_pronta.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2329/01_que_seja_construida_uma_creche_no_bairro_novo_alvorecer_e_outra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2330/01_que_seja_criando_uma_escola_de_corte_e_costura_tendo_em_vista_a_demanda_nas_faccoes_e_fabricos_sem_mao_de_obras..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2331/01_que_seja_criada_uma_linha_de_transporte_intitulada_de_transporte_para_todos_que_tenha_inicio_do_sitio_cacimbas_e_passando_pelo_sitio_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2333/indicacao_..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2334/que_seja_implantada_a_guarda_patrimonial_para_o_parque__municipal_maria_dos_anjos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2336/indicacao...pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2337/indicacao_do_aplicativo_tfd.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_do_centro_desportivo_ok.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2339/indicacao_do_tijolo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_da_creche_do_novo_alvorecer.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2342/indicacao_do_samu_animal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2343/que_seja_retomada_as_obras_do_calcamento_para_conclusao_do_restante_das_ruas_do_principe_da_paz.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2344/campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2346/llll.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_monte_verde.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2348/ace_scanner_2024_11_253.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2349/ace_scanner_2024_11_252.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2350/ace_scanner_2024_11_251.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2354/indicacao_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2356/indicacao_atracoes_dia_23_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2357/indicacao_beco_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2358/indicacao_cohab.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/pedido_de_informacoes_fundeb_70_0001.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/img_20240111_0002.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/img_20240111_0001.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/img_20240112_0001.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/img_20240112_0002.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/img_20240123_0002.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/img_20240123_0001.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/img_20240125_0001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/img_20240125_0002.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/img_20240205_0005.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1975/img_20240205_0006.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/img_20240205_0007.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/img_20240205_0008.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/img_20240205_0004.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/req._abono_de_falta_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/img_20240219_0001.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/img_20240219_0002.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/pedido_de_informacao_conselho_de_educacao_0001.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/pedido_de_informacao__0001.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/pedido_de_informacao_conselho_de_educacao_0001.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/pedido_de_informacao_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/requerimento_de_abono_de_falta_lolo_01.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/img_20240226_0001.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/img_20240304_0002.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/img_20240304_0006.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/requerimento.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/requerimento-pedido_de_abertura_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/req-_abono_de_falta_edimilson_dionisio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/requerimento-convocacao_de_secretario.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/requerimento-usina_solar.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/img_20240311_0001.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/img_20240312_0003.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/convocacao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/requerimento-multas_de_transito.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/img_20240326_0001.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/img_20240326_0002.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/img_20240326_0003.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/img_20240326_0004.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2100/img_20240409_0006.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/img_20240409_0004.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/img_20240409_0005.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/img_20240410_0002.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/requerimento_acerca_do_plano_municipal_de_saneamento_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/requerimento_acerca_do_decreto_municipal_272_situacao_de_emergencia_na_area_rural.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido_de_informacoes_-_alugueis.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/img_20240415_0002.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/img_20240415_0003.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/img_20240415_0004.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/req_no_2024_internet_da_camara.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/req_no_2024_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/img_20240416_0002.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido_de_informacoes_do_ano_letivo_0001.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/req_nc2ba_2024_convocacao_sec_desenvolvimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/req_nc2ba_2024_convocacao_sec_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/img_20240506_0006.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/img_20240506_0005.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/img_20240506_0004.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/pedido_de_informacoes_do_repasse_do_fundeb_0001.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/doc-20240420-wa0143..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/requerimento_de_informacoes_ano_letivo_encerramento_0001.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/img_20240517_0001.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/requerimento_-_pedido_de_informacoes_-_fjt.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/img_20240521_0001.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/requerimento_-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/img_20240605_0004.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/oficio_gp_104-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/img_20240716_0003.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/img_20240716_0004.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2272/img_20240723_0004.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/img_20240723_0005.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/req_nc2ba_2024_abertura_de_audiencia_em_comissao_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/req_nc2ba_2024_informacoes_do_bolsa_atleta_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/req_nc2ba_2024_informacoes_sobre_o_orcamento_de_esportes_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/req_nc2ba_2024_informacoes_sobre_o_uso_de_transporte_publico_da_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/20240721161837.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/img_20240730_0004.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/req_abono_de_falta_intercambio_legislativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2290/req_abono_de_falta_genfest_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2291/req_nc2ba_2024_organizacao_dos_transportes_dos_estudantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2295/img_20240806_0001.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2296/img_20240806_0002.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2297/img_20240806_0003.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2298/img_20240806_0004.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2304/abono_de_falta_marli.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2316/req_nc2ba_2024_informacoes_fraldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2318/req_nc2ba_2024_informacoes_sobre_a_coleta_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2324/req_nc2ba_2024_informacoes_sobre_o_paar_aldir_blanc_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2327/requerimento-convocacao1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2328/requerimento-convocacao2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2352/requerimento_2_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/img_20240108_0002.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/img_20240112_0003.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/resolucao_julga_a_prestacao_de_contas_da_prefeitura_municipal_de_toritama_estado_de_pernambuco_referente_ao_exercicio_de_2021_do_exmo._sr._prefeito_edilson_tavares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/img_20240112_0005.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/ementa_regulamenta_as_contratacoes_publicas_advindas_da_lei_no_14.133_de_1o_de_abril_de_2021_que_dispoe_sobre_licitacoes_e_contratos_administrativos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/autoriza_o_prefeito_do_municipio_de_toritama_edilson_tavares_de_lima_a_ausentar-se_do_pais_pelo_prazo_de_14_catorze_dias..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/img_20240226_0002.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/img_20240402_0002.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/img_20240402_0003.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/manasses.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/rubens.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/fernando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_resolucao_concede_titulo_de_cidadania_toritamense_a_rivaldo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/img_20240404_0001.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/altemar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/img_20240404_0002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/img_20240409_0007.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/cesar_henrique_de_franca..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/sebastiao_bezerra_da_silva..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/res_no_2024_policiamento_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/titulo_de_cidadao_de_jeziel_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_resolucao_jurandir_pedro_santana.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/img_0001.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/res_nc2ba_2024_paloma_bernardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/res_nc2ba_2024_thiago_alexandre_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/titulo_cidadania_ronaldo_lucena.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/img_20240716_0002.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/resolucao.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2302/resolucao_wellington_lima_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2303/resolucao_rosangela_maria_silva_de_andrade_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2320/pres_nc2ba_2024_chef_luiz_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2335/img_20241023_0002.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2351/img_20241126_0003.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/oficio_gp_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/mensagem_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/mensagem_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/mensagem_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/mensagem_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/mensagem_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/mensagem_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/emenda_aditiva_ao_plol_11-2024_dispoe_a_obrigatoriedade_de_atendimento_preferencial_a_pesooas_com_fibromialgia_no_municipio_de_toritama_e_cria_cria_carteira_de_identificacao_da_pessoa.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/emenda_ao_projeto_de_lei_nc2ba_36_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/emenda_ao_projeto_de_lei_nc2ba_35_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_ao_projeto_de_lei_nc2ba_42_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_ao_projeto_de_lei_nc2ba_28_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_ao_projeto_de_lei_nc2ba_30_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_ao_projeto_de_lei_nc2ba_40_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_ao_projeto_de_lei_nc2ba_43_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_modificativa_da_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/projeto_de_lei_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/img_20240116_0003.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/img_20240116_0004.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/img_20240116_0005.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/img_20240116_0006.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/img_20240116_0007.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/img_20240116_0008.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/img_20240125_0004.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/img_20240125_0003.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_dispoe_a_obrigatoriedade_de_atendimento_._20240205_0001.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/denomina_de_rua_jose_inacio_de_melo_liro_de_broxo_a_r._projetada_08_cod_log_95000194_quadras_172-175_setor_02_bairro_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/projeto_de_lei_parque_maria_dos_anjos_.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1997/plol_mesa_diretora__dispoe_sobre_a_correcao_do_anexo_i_da_lei_1.912-2023_que_cria_de_cargos_de_provimento_efetivo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/denomina__de_rua_joao_carlos_queroz_tavares_a_r._projetada_quadras_228_e_261_cod_log._738_setor_07_loteamento_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/denomina_de_enfermeira_eraldina_sala_de_parto_do_hospital_._20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/denomina_de_praca_abdias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar_bairro-_centro.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/denomina_de_maria_sebastiana_dunda_do_nascimento_a_creche_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2026/img_20240304_0001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_violencia_politica_de_genero_0001.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/reconhece_de_utilidade_publica_municipal_a_acit_-_associacao_comercial_e_industrial_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/0000_reconhece_de_utilidade_publica_municipal_a_afest_-_associacao_dos_feirantes_e_sulanqueiros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/denomina_rua_raquel_da_silva_raquel_de_creuzinha_a_r._projetada_05_cod_log_95000155_quadras_169-182_setor_02_bairro_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/pl_nc2ba_2024_transparencia_ambiental_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/pl_nc2ba_2024_pre-carnaval_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/projeto_de_lei_agua_mineral_01.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_calendario_01.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/pl_nc2ba_2024_parlamento_jovem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/pl_nc2ba_2024_transparencia_fundos_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/pl_nc2ba_2024_meu_primeiro_emprego_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/pl_-_denomina_de_luiz_bertulino_da_silva_a_feira_de_gado_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2162/regulamenta_o_disposto_no__3o_do_art._8o_da_lei_federal_no_14.133_de_1o_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2163/cria_ouvidoria_no_ambito_da_camara_de_vereadores_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2164/dispoe_sobre_a_aplicacao_da_lei_federal_no_13.709_de_14_de_agosto_de_2018_lei_geral_de_protecao_de_dados_pessoais__lgpd.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/pl_nc2ba_2024_toritama_contra_a_discriminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/pl_nc2ba_2024_28placa_e_homofobia29_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_nc2ba_2024_patrimonio_cultural_e_natural_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_nc2ba_2024_patrimonio_vivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/denomina_de_tribuna_de_honra_wendel_galdino_a_tribuna_do_estadio_municipal..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/pl_nc2ba_2024_renda_toritama_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/revoga_a_lei_municipal_no_1975_de_06_de_outubro_de_2023_que_denomina_a_estrada_municiapal__s04_cod._log_95000202.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_nc2ba_2024_proibicao_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_nc2ba_2024_politica_de_protecao_aos_animais_de_grande_porte_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/pl_jose_paulino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_gilson_carlos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2218/pl_jose_inocencio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2238/pl_nc2ba_2024_rotatoria_em_homenagem_as_vitimas_do_covid_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/img_20240711_0004.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/pl-_fica_instituido_o_dia_23_de_junho_noite_de_sao_joao_no_calendario_de_comemoracoes_e_enentos_do_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/img_20240723_0006.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/projeto_de_lei_-_remuneracao_minima_servidores_r_1.41200.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/projeto_de_lei_-_altera_lei_1.894-2022_piso_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/projeto_de_lei_-_reajuste_piso_magisterio_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_-_altera_anexo_iii_da_lei_1.616-2018_reajusta_o_salario_para_r_1.80000.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/projeto_de_lei_-_altera_o_inciso_vi_do_artigo_9o_da_lei_no_700-1994_-_interprete_de_libras.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2013/projeto_de_lei_-_reajuste_motorista_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/emissao_56586406c1cc46d18826b424_memorando-724-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2027/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_realizar_transferencia_financeira_para_organizacao_da_sociedade_civil..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_-_desafeta_area_e_autoriza_permuta.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/projeto_de_lei_-_institui_o_programa_jovem_aprendiz_na_administracao_publica.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_-_doacao_de_imovel_publica_ao_estado_de_pernambuco_quartel_cbm.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/emissao_1864fb6a3ed004a09c559860_memorando-2.544-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_lei_-_dispoe_sore_mecanismos_e_inventivos_a_inovacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/emissao_426745a6c052ad0f6f0ec769_memorando-2.906-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_ldo_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2322/ppa_2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2323/loa_2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2332/emissao_3578d619b839e601378e65d1_memorando-3.889-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_-_autoriza_retirada_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2355/projeto_de_lei_-_aboso_salarial_educacao_rateio_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2359/projeto_de_lei_-_acresce_dispositivo_a_lei_no_2.032_de_26_de_julho_de_2024_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/projeto_de_lei_complementar_-_altera_lc_11-2018_-remuneracao_agentes_de_transito_cttu_para_1.80000.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_complementar_-_refis_2024.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/projeto_de_lei_altera_dispositivos_da_lc_02_2017_estrutura_administrativa_executivo_revisado_29_02_2024.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2360/projeto_de_lei_complementar_-_cria_o_servico_publico_de_loteria_do_municipio_de_toritama__loto.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/acrescenta_a_lei_organica_do_municipio_de_toritama_o_art._31-a_instituindo_o_orcamento_impositivo_e_a_execucao_orcamentaria_e_financeira_da_programacao_incluida_por_emendas_individuais.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1913/img_20240108_0001.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1915/documento_2024-01-09_114806.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1917/img_0007.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1918/img_0001.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1919/img_0003.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1920/img_20240111_0003.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1923/img_0001.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1929/img_20240112_0004.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1930/ind_que_seja_nomeada_de_abidias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar..pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1931/img_20240112_0001.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1932/img_20240112_0002.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1934/img_0004.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1935/img_0005.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1936/img_0002.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1943/img_20240116_0009.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1947/img_0001.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1950/img_20240123_0003.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1951/img_20240123_0004.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1961/que_seja_ampliada_a_creche_do_independente_com_amis_salas.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1962/ampliacao_da_escola_belmiro_goncalves.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1964/ind-_que_seja_construido_um_espaco_pet__para_abrigar_e_cuidar_de_animais_de_rua.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1965/indicacao_da_clinica.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1966/img_20240131_0002.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1967/img_20240131_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1968/img_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1971/img_20240205_0009.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1972/img_20240205_0010.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1973/img_20240205_0011.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1979/que_seja_feita_a_limpeza_do_canal_da_cohab_e_feita_aquela_passagem_da_rua_padre_zuzinha..pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1980/que_seja_feito_o_saneamento_e_o_calcamento_das_ruas_do_bairro_tavares_martins..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1981/que_seja_colocado_uns_gradil_na_praca_jose_acacio_na_rua_bom_jesus_para_proteger_as_plantas_para_nao_sem_pisadas.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1982/que_seja_denominado_o_parque_de_vaquejada_de_jose_bezerra_da_silva..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1983/que_seja_criada_uma_ppp_parceria_publico-privada_entre_a_secretaria_de_educacao_e_esportes_de_toritama_e_clubes_da_capital_para_que_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1987/que_seja_saneada_e_calcada_a_rua_sivonaldo_procopio_e_a_rua_jose_cicero_da_silva_no_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1990/img_0001.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1991/img_0001.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1994/img_20240219_0004.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1995/img_20240219_0005.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1996/img_20240219_0003.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2000/img_0001.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2001/img_0003.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2002/img_0002.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2006/img_0001.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2009/img_20240223_0002.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2010/img_20240223_0003.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2011/img_20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2018/indicacao_do_salao_desenvolvimento.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2019/img_20240227_0002.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2024/img_20240304_0003.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2025/img_20240304_0004.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2028/img_20240304_0005.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2032/img_0001.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2037/img_20240311_0001.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2038/img_20240311_0002.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2040/img_20240311_0002.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2041/img_20240312_0001.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2042/img_20240312_0002.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2044/solicito_que_seja_feita_uma_forca_tarefa_para_limpeza_do_canal_do_independente_e_o_canal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2045/solicito_que_sejam_feitos_os_complementos_dos_calcamentos_das_ruas_olavo_bilac_7_de_setembro_beco_na_rua_maragogi_e_os_becos_sao_paulo_sao_pedro_e_a_rua_luiz_gonzaga_entre_os_bai.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2046/solicito_que_seja_aprofundado_e_colocado_uma_cobertura_ate_a_boca_desse_canal_que.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2051/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2052/que_sejam_saneadas_e_calcadas_as_ruas_do_bairro_tavares_martins.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2053/que_seja_feito_o_saneamento_e_o_calcamento_do_bairro_luar_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2058/img_20240326_0005.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2059/img_20240326_0006.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2060/img_20240326_0007.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2063/00001111.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2064/img_0001.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2065/img_20240401_0001.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2066/img_20240401_0002.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2067/img_20240401_0003.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2068/img_20240402_0001.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2071/solicito_que_seja_feita_operacao_tapa_buracos_nas_ruas_do_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2072/solicito_que_seja_feito_o_complemento_do_calcamento_da_av._jurandir_pedro_santana_ao.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2073/solicito_que_sejam_retomadas_as_obras_de_calcamento_das_ruas_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2074/img_20240402_0004.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2075/img_20240402_0005.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2082/que_seja_criada_a_politica_de_doacao_de_bomba_de_insulina_e_dispositivos_de_monitorizacao_da_glicemia_a_criancas_com_diabetes_mellitus_tipo_i.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2083/img_0001.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2085/img_20240408_0001.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2086/img_20240408_0002.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2090/que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_silva_no_bairro_novo_oriente.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2091/que_seja_feito_construida_uma_praca_onde_funciona_a_fabrica_de_tubos_para_servir_de_acesso_entre_a_rua_rita_maria_do_carmo_e_a_ubs_do_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2092/que_seja_feito_o_calcamento_da_rua_jorge_matheus_no_bairro_coqueiral_reforcando_uma_indicacao_de_minha_autoria.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2093/camscanner_08-04-2024_20.20.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2094/camscanner_08-04-2024_20.23.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2095/camscanner_08-04-2024_20.17_1.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2096/img_20240409_0001.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2097/img_20240409_0003.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2098/img_20240409_0002.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2103/que_seja_feito_o_saneamento_e_o_calcamento_da_rua_canaa_no_bairro_principe_da_paz_reforcando_uma_indicacao.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2107/indicacao_da_pe90.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2109/mava.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2110/mava02.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2111/mava03.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2115/que_seja_construida_uma_quadra_poliesportiva_e_um_chafariz_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2116/que_seja_criado_um_espaco_jovem_em_nossa_cidade_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2117/que_seja_adquirido_2_duas_motos_para_o_samu_para_ser_utilizada_no_atendimento_rapido_de_urgencia_intitulada_de_motolancia..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2123/ind_no_2024_plano_municipal_de_saneamento.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2124/ind_no_2024_plano_municipal_do_meio_ambiente.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2125/img_20240416_0001.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2126/img_20240416_0003.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2131/indicacao_18-04-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2132/que_seja_construida_uma_praca_e_um_posto_de_saude_no_izideo_tavares.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2133/calcamento_das_ruas_salem_palmares__escada.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2134/calcamento_da_rua_sivonaldo_procopio.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2135/img_20240416_0004.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2136/img_20240424_0002.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2137/img_20240424_0001.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2138/img_0001.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2139/indicacao_do_programa_piscicultura..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2141/ind_nc2ba_2024_conferencia_das_cidades_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2159/img_20240506_0001.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2160/img_20240506_0003.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2161/img_20240506_0002.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2166/indicacao_-_cobertura_asfaltica.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2167/img_20240509_0001.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2168/ind_nc2ba_2024_limpeza_antigo_matadouro_assinado.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2171/que_seja_adquirido_um_caminhao_limpa_fossa_para_ajudar_as_pessoas_que_nao_tem_condicao_e_pag_pronto.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2172/que_sejam_saneadas_e_calcadas_as_ruas_belem_salem_ribeirao_palmares_canaa_e_a_rua_escada__entre_os_bairros_principe_da_paz_e_el_shaday_pronto.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2173/ind-_que_seja__instituido_o_festival_da_seresta_de_toritama_a_ser_realizado_na_rua_4_de_outubro_sempre_no_domingo_onde_se_comemora_o_dia_dos_pais..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2175/ind_nc2ba_2024_portal_do_contribuinte_assinado.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2176/img_20240517_0002.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2177/img_20240517_0003.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2178/img_20240517_0004.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2184/img_20240521_0001.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2185/img_20240527_0001.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2186/img_20240527_0003.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2187/img_20240527_0002.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2188/img_20240528_0001.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2191/ind_nc2ba_2024_conferencia_municipal_do_meio_ambiente_assinado.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2192/ind_nc2ba_2024_plano_municipal_da_juventude_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2193/ind_nc2ba_2024_homenagem_as_vitimas_do_covid_assinado.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2195/indicacao_meu_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2196/indicacao_empresa_profissionalizante.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2199/que_seja_feito_o_complemento_do_calcamento_na_entrada_da_rua_santa_monica_as_margens_da_pe_90.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2200/que_seja_feito_o_conserto_do_saneamento_que_esta_com_o_esgoto_a_ceu_aberto_na_rua_sivonaldo_procopio_ao_lado_do_posto_da_guarda_no_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2201/que_seja_feito_uma_operacao_tapa_buracos_nas_ruas_do_bairro_colorado_e_que_seja_feita_a_troca_das_lampadas_nos_postes_e_que_a_capinagem_nos_matos_que_estao_atrapalhando_a_visibilidade_nas_ruas.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2202/img_20240603_0001.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2203/img_20240603_0002.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2204/img_20240603_0003.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2206/indicacao_-_el_shaday.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2208/ind_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2209/ind.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2210/ind._que_seja_construido_um_abrigo_para_idosos_em_situacao_de_vunerabilidade_e_em_risco_por_violacao_de_direitos_com_o_intuito_de_proteger_e_previnir_situacoes_de_rua_dessa_populacao.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2211/ind_que_seja_conntruida_uma_ubs_no_bairro_colorado_e_que_seja_denominada_enfermeira_eraldina_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2212/img_20240605_0003.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2213/img_20240605_0002.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2214/img_20240605_0001.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2221/indicacao_oncologia_e_hemodialise_.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2222/documento_2024-06-14_171702.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2223/documento_2024-06-14_172100.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2224/indicacao_da_eadi.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2232/que_seja_criana_uma_guarda_ambiental_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2234/indicacao_areal..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2235/img_20240710_0001.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2236/img_20240710_0002.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2237/img_20240711_0002.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2239/img_20240711_0001.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2240/img_20240711_0003.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2242/indicacao_da_creche.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2243/indicacao_da_ctm.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2244/indicacao_do_futebol.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2245/que_seja_feita_a_iluminacao__da_avenida_rosemiro_felix_do_planalto_ao_lado_da_escola_do_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2246/que_seja_feita_a_terraplanagem_com_pissarro_do_bairro_campo_alegre_e_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2247/que_seja_feito_o_complemento_do_calcamento_da_rua_olavo_bilac_e_da_rua_sete_de_setembro_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2248/indicacao_coqueiral_1.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2253/img_20240716_0005.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2254/img_20240716_0006.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2255/img_20240716_0007.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2256/indicacao_coqueiral_2.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2266/que_seja_estendido_o_atendimento_do_pediatra_para_mais_dias_na_semana_tendo_em_vista_a_grande_demanda_que_existe_em_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2267/que_seja_construida_uma_casa_de_apoio_para_cuidar_dos_nossos._solicitado_por_gorete_arruda_e_sivonice_franca..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2268/que_seja_construida_uma_praca_no_loteamento_de_jairo_de_aru_para_trazer_lazer_e_dignidade_para_as_criancas_e_adultos_da_quela_localidade..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2269/img_20240723_0001.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2270/img_20240723_0002.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2271/img_20240723_0003.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2279/indicacao_ctaa.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2280/indicacao_do_sistomex.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2283/indicacao_planalto_.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2284/img_20240730_0001.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2285/img_20240730_0002.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2286/img_20240730_0003.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2292/indicacao_planalto_2.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2293/indicacao_do_clube_da_apae.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2294/indicacao_da_praca_de_eventoss.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2299/img_20240806_0006.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2300/img_20240806_0007.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2301/img_20240806_0008.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2305/indicacao_colorado.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2306/img20240809_15140952.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2307/indicacao_da_cessao_do_imovel_06.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2308/indicacao_do_alargamento_da_rua.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2309/indicacao_planalto_3_.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2311/ind_nc2ba_2024_logistica_policlinica_assinado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2312/indicacao_colorado.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2313/creche_no_novo_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2314/creche_no_novo_alvorecer.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2315/praca_no_colorado..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2317/ind_nc2ba_2024_reparos_no_deus_e_fiel_assinado.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2319/indicacao_ame_animal_2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2321/indicacao_-_independente.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2325/indicacao_de_pavimentacao_1.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2326/que_seja_feita_uma_pista_de_atletismo_em_nossa_cidade_pronta.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2329/01_que_seja_construida_uma_creche_no_bairro_novo_alvorecer_e_outra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2330/01_que_seja_criando_uma_escola_de_corte_e_costura_tendo_em_vista_a_demanda_nas_faccoes_e_fabricos_sem_mao_de_obras..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2331/01_que_seja_criada_uma_linha_de_transporte_intitulada_de_transporte_para_todos_que_tenha_inicio_do_sitio_cacimbas_e_passando_pelo_sitio_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2333/indicacao_..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2334/que_seja_implantada_a_guarda_patrimonial_para_o_parque__municipal_maria_dos_anjos.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2336/indicacao...pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2337/indicacao_do_aplicativo_tfd.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2338/indicacao_do_centro_desportivo_ok.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2339/indicacao_do_tijolo.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2341/indicacao_da_creche_do_novo_alvorecer.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2342/indicacao_do_samu_animal.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2343/que_seja_retomada_as_obras_do_calcamento_para_conclusao_do_restante_das_ruas_do_principe_da_paz.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2344/campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2346/llll.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2347/indicacao_monte_verde.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2348/ace_scanner_2024_11_253.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2349/ace_scanner_2024_11_252.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2350/ace_scanner_2024_11_251.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2354/indicacao_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2356/indicacao_atracoes_dia_23_.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2357/indicacao_beco_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2358/indicacao_cohab.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1916/pedido_de_informacoes_fundeb_70_0001.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1921/img_20240111_0002.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1922/img_20240111_0001.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1924/img_20240112_0001.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1925/img_20240112_0002.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1948/img_20240123_0002.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1949/img_20240123_0001.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1959/img_20240125_0001.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1960/img_20240125_0002.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1974/img_20240205_0005.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1975/img_20240205_0006.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1976/img_20240205_0007.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1977/img_20240205_0008.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1978/img_20240205_0004.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1988/req._abono_de_falta_2024_0001.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1992/img_20240219_0001.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1993/img_20240219_0002.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2003/pedido_de_informacao_conselho_de_educacao_0001.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2004/pedido_de_informacao__0001.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2005/pedido_de_informacao_conselho_de_educacao_0001.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2007/pedido_de_informacao_2024.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2015/requerimento_de_abono_de_falta_lolo_01.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2016/img_20240226_0001.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2029/img_20240304_0002.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2030/img_20240304_0006.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2031/requerimento.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2033/requerimento-pedido_de_abertura_de_cpi.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2034/req-_abono_de_falta_edimilson_dionisio_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2035/requerimento-convocacao_de_secretario.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2036/requerimento-usina_solar.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2039/img_20240311_0001.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2043/img_20240312_0003.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2049/convocacao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2050/requerimento-multas_de_transito.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2054/img_20240326_0001.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2055/img_20240326_0002.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2056/img_20240326_0003.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2057/img_20240326_0004.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2100/img_20240409_0006.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2101/img_20240409_0004.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2102/img_20240409_0005.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2104/img_20240410_0002.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2105/requerimento_acerca_do_plano_municipal_de_saneamento_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2106/requerimento_acerca_do_decreto_municipal_272_situacao_de_emergencia_na_area_rural.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2108/pedido_de_informacoes_-_alugueis.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2112/img_20240415_0002.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2113/img_20240415_0003.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2114/img_20240415_0004.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2120/req_no_2024_internet_da_camara.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2121/req_no_2024_plano_diretor_municipal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2127/img_20240416_0002.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2129/pedido_de_informacoes_do_ano_letivo_0001.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2143/req_nc2ba_2024_convocacao_sec_desenvolvimento_assinado.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2147/req_nc2ba_2024_convocacao_sec_de_cultura_assinado.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2151/img_20240506_0006.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2152/img_20240506_0005.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2153/img_20240506_0004.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2154/pedido_de_informacoes_do_repasse_do_fundeb_0001.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2155/doc-20240420-wa0143..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2174/requerimento_de_informacoes_ano_letivo_encerramento_0001.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2179/img_20240517_0001.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2182/requerimento_-_pedido_de_informacoes_-_fjt.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2183/img_20240521_0001.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2189/requerimento_-_pedido_de_informacoes.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2207/abono_de_falta.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2215/img_20240605_0004.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2225/oficio_gp_104-2024.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2251/img_20240716_0003.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2252/img_20240716_0004.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2272/img_20240723_0004.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2273/img_20240723_0005.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2274/req_nc2ba_2024_abertura_de_audiencia_em_comissao_assinado.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2275/req_nc2ba_2024_informacoes_do_bolsa_atleta_assinado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2276/req_nc2ba_2024_informacoes_sobre_o_orcamento_de_esportes_assinado.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2277/req_nc2ba_2024_informacoes_sobre_o_uso_de_transporte_publico_da_prefeitura_assinado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2282/20240721161837.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2287/img_20240730_0004.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2289/req_abono_de_falta_intercambio_legislativo_assinado.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2290/req_abono_de_falta_genfest_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2291/req_nc2ba_2024_organizacao_dos_transportes_dos_estudantes_assinado.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2295/img_20240806_0001.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2296/img_20240806_0002.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2297/img_20240806_0003.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2298/img_20240806_0004.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2304/abono_de_falta_marli.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2316/req_nc2ba_2024_informacoes_fraldas_assinado.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2318/req_nc2ba_2024_informacoes_sobre_a_coleta_de_lixo_assinado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2324/req_nc2ba_2024_informacoes_sobre_o_paar_aldir_blanc_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2327/requerimento-convocacao1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2328/requerimento-convocacao2.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2352/requerimento_2_1.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2353/requerimento_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1914/img_20240108_0002.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1926/img_20240112_0003.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1927/resolucao_julga_a_prestacao_de_contas_da_prefeitura_municipal_de_toritama_estado_de_pernambuco_referente_ao_exercicio_de_2021_do_exmo._sr._prefeito_edilson_tavares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1928/img_20240112_0005.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1955/ementa_regulamenta_as_contratacoes_publicas_advindas_da_lei_no_14.133_de_1o_de_abril_de_2021_que_dispoe_sobre_licitacoes_e_contratos_administrativos.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1957/autoriza_o_prefeito_do_municipio_de_toritama_edilson_tavares_de_lima_a_ausentar-se_do_pais_pelo_prazo_de_14_catorze_dias..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2017/img_20240226_0002.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2069/img_20240402_0002.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2070/img_20240402_0003.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2077/manasses.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2078/rubens.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2079/fernando.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2080/projeto_de_resolucao_concede_titulo_de_cidadania_toritamense_a_rivaldo_bezerra.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2081/img_20240404_0001.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2084/altemar.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2088/img_20240404_0002.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2099/img_20240409_0007.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2118/cesar_henrique_de_franca..pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2119/sebastiao_bezerra_da_silva..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2122/res_no_2024_policiamento_da_camara_municipal.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2128/titulo_de_cidadao_de_jeziel_antonio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2130/projeto_de_resolucao_jurandir_pedro_santana.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2142/img_0001.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2145/res_nc2ba_2024_paloma_bernardi_assinado.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2146/res_nc2ba_2024_thiago_alexandre_assinado.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2165/titulo_cidadania_ronaldo_lucena.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2250/img_20240716_0002.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2262/resolucao.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2302/resolucao_wellington_lima_de_andrade.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2303/resolucao_rosangela_maria_silva_de_andrade_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2320/pres_nc2ba_2024_chef_luiz_assinado.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2335/img_20241023_0002.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2351/img_20241126_0003.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1944/oficio_gp_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2226/mensagem_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2227/mensagem_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2228/mensagem_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2229/mensagem_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2230/mensagem_no_26-2024.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2231/mensagem_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2047/emenda_aditiva_ao_plol_11-2024_dispoe_a_obrigatoriedade_de_atendimento_preferencial_a_pesooas_com_fibromialgia_no_municipio_de_toritama_e_cria_cria_carteira_de_identificacao_da_pessoa.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2258/emenda_ao_projeto_de_lei_nc2ba_36_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2259/emenda_ao_projeto_de_lei_nc2ba_35_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2260/emenda_ao_projeto_de_lei_nc2ba_42_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2261/emenda_ao_projeto_de_lei_nc2ba_28_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2263/emenda_ao_projeto_de_lei_nc2ba_30_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2264/emenda_ao_projeto_de_lei_nc2ba_40_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2265/emenda_ao_projeto_de_lei_nc2ba_43_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2310/emenda_modificativa_da_ldo_assinado.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1945/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1933/projeto_de_lei_do_legislativo.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1937/img_20240116_0003.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1938/img_20240116_0004.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1939/img_20240116_0005.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1940/img_20240116_0006.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1941/img_20240116_0007.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1942/img_20240116_0008.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1946/dispoe_sobre_as_diretrizes_da_politica_de_doacao_de_kit_de_sensor_e_equipamento_para_monitoramento_continuo_de_glicose_intersticial_a_criancas_com_diabetes_mellitus_tipo_i..pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1956/img_20240125_0004.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1958/img_20240125_0003.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1970/projeto_de_lei_dispoe_a_obrigatoriedade_de_atendimento_._20240205_0001.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1984/denomina_de_rua_jose_inacio_de_melo_liro_de_broxo_a_r._projetada_08_cod_log_95000194_quadras_172-175_setor_02_bairro_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1986/projeto_de_lei_parque_maria_dos_anjos_.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1997/plol_mesa_diretora__dispoe_sobre_a_correcao_do_anexo_i_da_lei_1.912-2023_que_cria_de_cargos_de_provimento_efetivo.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2008/denomina__de_rua_joao_carlos_queroz_tavares_a_r._projetada_quadras_228_e_261_cod_log._738_setor_07_loteamento_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2012/denomina_de_enfermeira_eraldina_sala_de_parto_do_hospital_._20240223_0001.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2014/denomina_de_praca_abdias_bezerra_da_silva_a_praca_em_frente_a_pelado_do_bar_bairro-_centro.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2023/denomina_de_maria_sebastiana_dunda_do_nascimento_a_creche_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2026/img_20240304_0001.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2048/pl_violencia_politica_de_genero_0001.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2061/reconhece_de_utilidade_publica_municipal_a_acit_-_associacao_comercial_e_industrial_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2062/0000_reconhece_de_utilidade_publica_municipal_a_afest_-_associacao_dos_feirantes_e_sulanqueiros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2087/denomina_rua_raquel_da_silva_raquel_de_creuzinha_a_r._projetada_05_cod_log_95000155_quadras_169-182_setor_02_bairro_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2140/pl_nc2ba_2024_transparencia_ambiental_assinado.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2144/pl_nc2ba_2024_pre-carnaval_assinado.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2148/projeto_de_lei_agua_mineral_01.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2149/projeto_de_lei_calendario_01.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2150/pl_nc2ba_2024_parlamento_jovem_28129_assinado.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2156/pl_nc2ba_2024_transparencia_fundos_municipais_assinado.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2157/pl_nc2ba_2024_meu_primeiro_emprego_assinado.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2158/pl_-_denomina_de_luiz_bertulino_da_silva_a_feira_de_gado_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2162/regulamenta_o_disposto_no__3o_do_art._8o_da_lei_federal_no_14.133_de_1o_de_abril_de_2021.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2163/cria_ouvidoria_no_ambito_da_camara_de_vereadores_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2164/dispoe_sobre_a_aplicacao_da_lei_federal_no_13.709_de_14_de_agosto_de_2018_lei_geral_de_protecao_de_dados_pessoais__lgpd.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2169/pl_nc2ba_2024_toritama_contra_a_discriminacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2170/pl_nc2ba_2024_28placa_e_homofobia29_assinado.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2180/pl_nc2ba_2024_patrimonio_cultural_e_natural_assinado.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2181/pl_nc2ba_2024_patrimonio_vivo_assinado.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2190/denomina_de_tribuna_de_honra_wendel_galdino_a_tribuna_do_estadio_municipal..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2194/pl_nc2ba_2024_renda_toritama_assinado_1.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2197/revoga_a_lei_municipal_no_1975_de_06_de_outubro_de_2023_que_denomina_a_estrada_municiapal__s04_cod._log_95000202.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2198/pl_nc2ba_2024_proibicao_fogos_de_artificio_assinado.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2205/pl_nc2ba_2024_politica_de_protecao_aos_animais_de_grande_porte_assinado.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2216/pl_jose_paulino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2217/pl_gilson_carlos_da_silva.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2218/pl_jose_inocencio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2238/pl_nc2ba_2024_rotatoria_em_homenagem_as_vitimas_do_covid_19_assinado.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2241/img_20240711_0004.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2249/pl-_fica_instituido_o_dia_23_de_junho_noite_de_sao_joao_no_calendario_de_comemoracoes_e_enentos_do_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2278/img_20240723_0006.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1952/projeto_de_lei_-_remuneracao_minima_servidores_r_1.41200.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1953/projeto_de_lei_-_altera_lei_1.894-2022_piso_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1954/projeto_de_lei_-_reajuste_piso_magisterio_educacao_basica.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1963/projeto_de_lei_-_altera_anexo_iii_da_lei_1.616-2018_reajusta_o_salario_para_r_1.80000.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1998/projeto_de_lei_-_altera_o_inciso_vi_do_artigo_9o_da_lei_no_700-1994_-_interprete_de_libras.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2013/projeto_de_lei_-_reajuste_motorista_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2021/emissao_56586406c1cc46d18826b424_memorando-724-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2027/projeto_de_lei_-_autoriza_o_poder_executivo_municipal_a_realizar_transferencia_financeira_para_organizacao_da_sociedade_civil..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2089/projeto_de_lei_-_desafeta_area_e_autoriza_permuta.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2219/projeto_de_lei_-_institui_o_programa_jovem_aprendiz_na_administracao_publica.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2220/projeto_de_lei_-_doacao_de_imovel_publica_ao_estado_de_pernambuco_quartel_cbm.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2233/emissao_1864fb6a3ed004a09c559860_memorando-2.544-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2257/projeto_de_lei_-_dispoe_sore_mecanismos_e_inventivos_a_inovacao_assinado.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2281/emissao_426745a6c052ad0f6f0ec769_memorando-2.906-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2288/pl_ldo_2025_assinado.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2322/ppa_2025.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2323/loa_2025.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2332/emissao_3578d619b839e601378e65d1_memorando-3.889-2024_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2340/projeto_de_lei_-_autoriza_retirada_conseg_assinado.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2355/projeto_de_lei_-_aboso_salarial_educacao_rateio_2024_assinado.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2359/projeto_de_lei_-_acresce_dispositivo_a_lei_no_2.032_de_26_de_julho_de_2024_lei_aldir_blanc.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1969/projeto_de_lei_complementar_-_altera_lc_11-2018_-remuneracao_agentes_de_transito_cttu_para_1.80000.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1989/projeto_de_lei_complementar_-_refis_2024.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2020/projeto_de_lei_altera_dispositivos_da_lc_02_2017_estrutura_administrativa_executivo_revisado_29_02_2024.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/2360/projeto_de_lei_complementar_-_cria_o_servico_publico_de_loteria_do_municipio_de_toritama__loto.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2024/1999/acrescenta_a_lei_organica_do_municipio_de_toritama_o_art._31-a_instituindo_o_orcamento_impositivo_e_a_execucao_orcamentaria_e_financeira_da_programacao_incluida_por_emendas_individuais.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H445"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>