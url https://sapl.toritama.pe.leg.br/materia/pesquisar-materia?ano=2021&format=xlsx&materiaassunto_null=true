--- v0 (2025-11-21)
+++ v1 (2026-03-30)
@@ -10,6894 +10,7083 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4816" uniqueCount="2279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4983" uniqueCount="2342">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Ferreirinha Carvalho</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_01-2021_ferreirinha_-_que_sejam_construidas_03_entradas_da_cidade_com_a_frase_bem_vindo_a_toritama_a_capital_do_jeans_a_cidade_que_respira_o_progresso.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_01-2021_ferreirinha_-_que_sejam_construidas_03_entradas_da_cidade_com_a_frase_bem_vindo_a_toritama_a_capital_do_jeans_a_cidade_que_respira_o_progresso.pdf</t>
   </si>
   <si>
     <t>Que sejam construídas 03 entradas da cidade com a frase “Bem Vindo a Toritama, a Capital do Jeans, a cidade que respira o Progresso".</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_02-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_italia_recife_franca_alemanha_e_inglaterra_no_bairro_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_02-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_italia_recife_franca_alemanha_e_inglaterra_no_bairro_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as Ruas Itália Recife, França, Alemanha e Inglaterra no Bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1320/ind_03-2023_ferreirinha_-_que_sejam_colocados_os_corrimao_das_pontes_que_ficam_nas_ruas_jose_eraldo_da_silva_riachuelo_santa_marta_e_lindines..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1320/ind_03-2023_ferreirinha_-_que_sejam_colocados_os_corrimao_das_pontes_que_ficam_nas_ruas_jose_eraldo_da_silva_riachuelo_santa_marta_e_lindines..pdf</t>
   </si>
   <si>
     <t>Que sejam colocados os corrimão das pontes que ficam nas ruas José Eraldo da Silva, Riachuelo, Santa Marta e Lindines.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Rossana</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1321/ind_04-2021_rossana_-_que_seja_saneada_e_calcada_a_r._inglaterra_no_bairro_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1321/ind_04-2021_rossana_-_que_seja_saneada_e_calcada_a_r._inglaterra_no_bairro_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Inglaterra no bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1322/ind_05-2021_rossana_-_que_seja_calcada_a_rua_em_frente_a_assembleia_de_deus_no_sitio_mangas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1322/ind_05-2021_rossana_-_que_seja_calcada_a_rua_em_frente_a_assembleia_de_deus_no_sitio_mangas..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a rua em frente à Assembleia de Deus no Sítio Mangas.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_06-2021_rossana_-_que_seja_feita_a_limpeza_do_canal_da_vaca_leiteira..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_06-2021_rossana_-_que_seja_feita_a_limpeza_do_canal_da_vaca_leiteira..pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do canal da Vaca Leiteira.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Mava</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1324/ind_07-2021_maviael_-_que_seja_calcada_ou_asfaltada_a_av._chico_xavier_sitio_oncinhas_sitio_sao_joao_sitio_santa_maria_sitio_sao_joao_de_cima_ate_o_loteamento_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1324/ind_07-2021_maviael_-_que_seja_calcada_ou_asfaltada_a_av._chico_xavier_sitio_oncinhas_sitio_sao_joao_sitio_santa_maria_sitio_sao_joao_de_cima_ate_o_loteamento_colorado..pdf</t>
   </si>
   <si>
     <t>Que seja calçada ou asfaltada a Av. Chico Xavier, Sitio Oncinhas, Sítio São João, Sitio Santa Maria, Sítio São João de Cima até o Loteamento Colorado.</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_08-2021_maviael_-_que_seja_reformado_ou_construido_um_novo_predio_para_a_escola_maria_aurora_no_bairro_duque_de_caxias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_08-2021_maviael_-_que_seja_reformado_ou_construido_um_novo_predio_para_a_escola_maria_aurora_no_bairro_duque_de_caxias..pdf</t>
   </si>
   <si>
     <t>Que seja reformado Ou construído um novo prédio para a Escola Maria Aurora no bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_09-2021_maviael_-_que_seja_elaborado_um_projeto_de_lei_criando_o_refis_2021.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_09-2021_maviael_-_que_seja_elaborado_um_projeto_de_lei_criando_o_refis_2021.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado um Projeto de Lei criando o REFIS 2021.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Zé Neto</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1327/ind_10-2021_ze_neto_-_que_seja_fornecido_transporte_no_dia_de_finados_para_cemiterio_parque_dos_eucaliptos_de_hora_em_hora_a_partir_do_trevo_entre_a_br-104_e_a_pe-90_com_uma_parada.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1327/ind_10-2021_ze_neto_-_que_seja_fornecido_transporte_no_dia_de_finados_para_cemiterio_parque_dos_eucaliptos_de_hora_em_hora_a_partir_do_trevo_entre_a_br-104_e_a_pe-90_com_uma_parada.pdf</t>
   </si>
   <si>
     <t>Que seja fornecido transporte, no dia de finados, para cemitério Parque dos Eucaliptos, de hora em hora, a partir do trevo entre a BR-104 e a PE-90, com uma parada em frente ao Posto Federal.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Doutor do São João</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1328/ind_11-2021_doutor_do_sao_joao_-_que_seja_enviado_projeto_de_lei_criando_o_conselho_de_direitos_do_idoso..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1328/ind_11-2021_doutor_do_sao_joao_-_que_seja_enviado_projeto_de_lei_criando_o_conselho_de_direitos_do_idoso..pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de Lei criando o Conselho de Direitos do Idoso.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_12-2021_doutor_do_sao_joao_-_que_seja_criado_o_centro_de_controle_de_zoonoses_no_sitio_oncinha_de_cima..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_12-2021_doutor_do_sao_joao_-_que_seja_criado_o_centro_de_controle_de_zoonoses_no_sitio_oncinha_de_cima..pdf</t>
   </si>
   <si>
     <t>Que seja criado o Centro de Controle de Zoonoses no Sítio Oncinha de Cima.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_13-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_nacional_de_alimentacao_escolar_pnae.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_13-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_nacional_de_alimentacao_escolar_pnae.pdf</t>
   </si>
   <si>
     <t>Que seja implantado o programa nacional de alimentação escolar PNAE.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jeziel</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_14-2021_jeziel_antonio_-_que_seja_recapeada_a_rua_riachuelo_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_14-2021_jeziel_antonio_-_que_seja_recapeada_a_rua_riachuelo_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja recapeada a rua Riachuelo no Centro.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1332/ind_15-2021_jeziel_antonio_-_que_seja_feita_a_limpeza_do_bueiro_que_fica_na_rua_euzebio_soares_em_frente_ao_imovel_numero_436..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1332/ind_15-2021_jeziel_antonio_-_que_seja_feita_a_limpeza_do_bueiro_que_fica_na_rua_euzebio_soares_em_frente_ao_imovel_numero_436..pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do bueiro que fica na rua Euzébio Soares, em frente ao imóvel número 436.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_16-2021_jeziel_antonio_-_que_seja_feito_o_calcamento_beco_da_entrada_principal_do_bairro_independente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_16-2021_jeziel_antonio_-_que_seja_feito_o_calcamento_beco_da_entrada_principal_do_bairro_independente.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento beco da entrada principal do bairro Independente.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_17-2021_jeziel_antonio_-_que_seja_retomado_o_programa_dia_do_lazer_aos_domingos_nas_ruas_jose_celestino_do_comercio_e_eusebio_soares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_17-2021_jeziel_antonio_-_que_seja_retomado_o_programa_dia_do_lazer_aos_domingos_nas_ruas_jose_celestino_do_comercio_e_eusebio_soares..pdf</t>
   </si>
   <si>
     <t>Que seja retomado o programa Dia do Lazer aos domingos nas ruas José Celestino, do Comércio e Eusébio Soares.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Morica</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_18-2021_morica_-_que_sejam_adquiridos_aparelhos_de_ultrassonografia_para_a_rede_de_saude_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_18-2021_morica_-_que_sejam_adquiridos_aparelhos_de_ultrassonografia_para_a_rede_de_saude_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos aparelhos de ultrassonografia para a rede de saúde de Toritama.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Loló</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1336/ind_19-2021_lolo_-_que_sejam_saneadas_e_calcadas_todas_as_ruas_do_loteamento_arlindo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1336/ind_19-2021_lolo_-_que_sejam_saneadas_e_calcadas_todas_as_ruas_do_loteamento_arlindo..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas todas as ruas do Loteamento Arlindo.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_20-2021_lolo_-_que_seja_adquirido_aparelho_de_endoscopia_para_a_policlinica..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_20-2021_lolo_-_que_seja_adquirido_aparelho_de_endoscopia_para_a_policlinica..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido aparelho de endoscopia para a policlínica.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1338/ind_21-2021_lolo_-_que_seja_enviado_projeto_de_lei_criando_o_programa_bolsa_familia_municipal_no_valor_de_r_55000..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1338/ind_21-2021_lolo_-_que_seja_enviado_projeto_de_lei_criando_o_programa_bolsa_familia_municipal_no_valor_de_r_55000..pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de Lei criando o Programa Bolsa Família Municipal no valor de R$ 550,00.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Derivaldo José</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_22-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_rua_manoel_tenorio_da_silva_por_tras_da_conhecida_briga_de_galo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_22-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_rua_manoel_tenorio_da_silva_por_tras_da_conhecida_briga_de_galo.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Manoel Tenório da Silva por trás da conhecida briga de galo.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_23-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_continuacao_da_rua_ulisses_tavares_no_o_bairro_novo_alvorecer..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_23-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_continuacao_da_rua_ulisses_tavares_no_o_bairro_novo_alvorecer..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a continuação da rua Ulisses Tavares, no o bairro Novo Alvorecer.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_24-2021_maviael_-_que_sejam_asfaltadas_as_ruas_joao_pereira_tabosa_04_de_outubro_e_recapeadas_as_ruas_jose_celestino_do_comercio_joao_chagas_e_adalgiza_moura..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_24-2021_maviael_-_que_sejam_asfaltadas_as_ruas_joao_pereira_tabosa_04_de_outubro_e_recapeadas_as_ruas_jose_celestino_do_comercio_joao_chagas_e_adalgiza_moura..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas João Pereira Tabosa, 04 de outubro e recapeadas as ruas José Celestino, do Comércio, João Chagas e Adalgiza Moura.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1344/ind_25-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_ruas_severina_goncalves_da_silva_jorge_o_matheus_da_silva_bezerra_luiz_jose_de_sa_maria_de_lourdes_silva_biu_de.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1344/ind_25-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_ruas_severina_goncalves_da_silva_jorge_o_matheus_da_silva_bezerra_luiz_jose_de_sa_maria_de_lourdes_silva_biu_de.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Severina Gonçalves da Silva, Jorge O Matheus da Silva Bezerra, Luiz José de Sá, Maria de Lourdes Silva, Biu de Augusto, José Chagas Sobrinho e José Wenderson da Silva localizadas nos bairros Novo Coqueiral e Boa Esperança.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1345/ind_26-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_avenidas_raimundo_jose_da_silva_e_elpidio_as_costa_da_silva_e_as_ruas_severino_jose_da_silva_jose_cicero_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1345/ind_26-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_avenidas_raimundo_jose_da_silva_e_elpidio_as_costa_da_silva_e_as_ruas_severino_jose_da_silva_jose_cicero_da_silva.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as avenidas Raimundo José da Silva e Elpídio ás Costa da Silva e as ruas Severino José da Silva, José Cícero da Silva, José Célio da Silva, Ismael Dunda de Araújo e Estudante Marina da Silva no bairro Deus é Fiel II.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1346/ind_27-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_castro_alves_madre_paulina_olavo_bilac_beco_sao_joao_raquel_de_queiroz_beco_sao_cosmo_e_alto_da_saudade_nos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1346/ind_27-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_castro_alves_madre_paulina_olavo_bilac_beco_sao_joao_raquel_de_queiroz_beco_sao_cosmo_e_alto_da_saudade_nos.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas Castro Alves, Madre Paulina, Olavo Bilac, Beco São João, Raquel de Queiroz, Beco São Cosmo e Alto da Saudade nos Bairros Independentes e Planalto.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1347/ind_28-2021_ferreirinha_-_que_sejam_feitas_a_terraplanagem_oo_saneamento_e_o_calcamento_das_ruas_do_acude_e_das_ruas_de_jairo_de_aru_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1347/ind_28-2021_ferreirinha_-_que_sejam_feitas_a_terraplanagem_oo_saneamento_e_o_calcamento_das_ruas_do_acude_e_das_ruas_de_jairo_de_aru_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que sejam feitas a terraplanagem, o saneamento e o calçamento das ruas do Açude e das ruas de Jairo de Aru, no Bairro Antão</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1348/ind_29-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_portugal_pau_santo_panama_colombia_buique_e_canada_a_travessa_colombia_e_as_1o_e_2o_travessas_recife.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1348/ind_29-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_portugal_pau_santo_panama_colombia_buique_e_canada_a_travessa_colombia_e_as_1o_e_2o_travessas_recife.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as Ruas Portugal Pau Santo, Panamá, Colômbia, Buíque e Canadá; a Travessa Colômbia; e as 1º e 2º Travessas Recife no bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1349/ind_30-2021_rossana_-_que_seja_calcada_a_r._santa_lucia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1349/ind_30-2021_rossana_-_que_seja_calcada_a_r._santa_lucia..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a R. Santa Lúcia.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1350/ind_31-2021_rossana_-_que_seja_feita_a_praca_da_base_na.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1350/ind_31-2021_rossana_-_que_seja_feita_a_praca_da_base_na.pdf</t>
   </si>
   <si>
     <t>Que seja feita a praça da base na Rua do Canal.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Marli Enfermeira</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_32-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_diabetes_com_a_contratacao_de_medico_endocrinologista_e_vascular.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_32-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_diabetes_com_a_contratacao_de_medico_endocrinologista_e_vascular.pdf</t>
   </si>
   <si>
     <t>Que seja ampliado o atendimento de especialidades médicas para as pessoas com diabetes com a contratação de médico endocrinologista e vascular.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_33-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_hipertensao_com_a_contratacao_de_medico_cardiologista..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_33-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_hipertensao_com_a_contratacao_de_medico_cardiologista..pdf</t>
   </si>
   <si>
     <t>Que seja ampliado o atendimento de especialidades médicas para as pessoas com hipertensão com a contratação de médico cardiologista.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_34-2021_rossana_-_que_seja_contratado_um_medico_neuropediatra_para_atendimento_as_criancas_com_deficiencia_intelectual..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_34-2021_rossana_-_que_seja_contratado_um_medico_neuropediatra_para_atendimento_as_criancas_com_deficiencia_intelectual..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um médico neuropediatra para atendimento às crianças com deficiência intelectual.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_35-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_premio_gestor_eficiente_da_merenda_escolar.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_35-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_premio_gestor_eficiente_da_merenda_escolar.pdf</t>
   </si>
   <si>
     <t>Que seja implantado o programa "Prêmio Gestor Eficiente da Merenda Escolar”.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1355/ind_36-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_acesso_a_alimentacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1355/ind_36-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_acesso_a_alimentacao.pdf</t>
   </si>
   <si>
     <t>Que seja implantado o programa "Acesso à Alimentação".</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1356/ind_37-2021_jeziel_-_que_seja_criado_o_programa_de_auxilio_a_estudantes_universitarios_carentes_com_bolsa_de_estudos_para_formacao_de_jovens_ao_ensino_superior.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1356/ind_37-2021_jeziel_-_que_seja_criado_o_programa_de_auxilio_a_estudantes_universitarios_carentes_com_bolsa_de_estudos_para_formacao_de_jovens_ao_ensino_superior.pdf</t>
   </si>
   <si>
     <t>Que seja criado o “Programa de Auxílio a Estudantes Universitários Carentes” com bolsa de estudos para formação de jovens ao ensino superior.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1357/ind_38-2021_jeziel_-_que_seja_oferecido_aos_estudantes_cursinho_preparatorio_para_o_enem_de_forma_permanente_na_grade_curricular_das_escolas_municipais.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1357/ind_38-2021_jeziel_-_que_seja_oferecido_aos_estudantes_cursinho_preparatorio_para_o_enem_de_forma_permanente_na_grade_curricular_das_escolas_municipais.pdf</t>
   </si>
   <si>
     <t>Que seja oferecido aos estudantes cursinho preparatório para o ENEM de forma permanente na grade curricular das escolas municipais.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1358/ind_39-2021_jeziel_-_que_seja_criado_o_ame_-_ambulatorio_medico_especialista_oferecendo__oftalmologista_oncologista_neurologista_pediatra_e_reumatologista..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1358/ind_39-2021_jeziel_-_que_seja_criado_o_ame_-_ambulatorio_medico_especialista_oferecendo__oftalmologista_oncologista_neurologista_pediatra_e_reumatologista..pdf</t>
   </si>
   <si>
     <t>Que seja criado o AME - Ambulatório Médico Especialista, oferecendo  oftalmologista, oncologista, neurologista, pediatra e reumatologista.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Carol Gonçalves</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1359/ind_40-2021_carol_-_que_seja_criado_e_implementado_pela_secretaria_de_ordem_social_o_servico_patrulha_maria_da_penha_de_acompanhamento_periodico_e_preventivo_de_protec_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1359/ind_40-2021_carol_-_que_seja_criado_e_implementado_pela_secretaria_de_ordem_social_o_servico_patrulha_maria_da_penha_de_acompanhamento_periodico_e_preventivo_de_protec_1.pdf</t>
   </si>
   <si>
     <t>Que seja criado e implementado, pela Secretaria de Ordem Social, o serviço Patrulha Maria da Penha, de acompanhamento periódico e preventivo de proteção às mulheres em situação de violência doméstica e familiar que possuem medidas protetivas de urgência vigente.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1360/ind_41-2021_carol_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1360/ind_41-2021_carol_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf</t>
   </si>
   <si>
     <t>Que seja realizada a reforma da Academia das Cidades, localizada às margens da PE-090, no bairro Independente.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1361/ind_42-2021_derivaldo_-_que_seja_quebrada_a_pedra_e_desobstruiida_a_trav._capitao_joao_dos_santos_no_bairro_fazenda_velha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1361/ind_42-2021_derivaldo_-_que_seja_quebrada_a_pedra_e_desobstruiida_a_trav._capitao_joao_dos_santos_no_bairro_fazenda_velha..pdf</t>
   </si>
   <si>
     <t>Que seja quebrada a pedra e desobstruída a Trav. Capitão João dos Santos no bairro Fazenda Velha.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1362/ind_43-2021_derivaldo_-_que_seja_construida_uma_quadra_de_futsal_no_terreno_ao_lado_da_ubs_de_fazenda_velha.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1362/ind_43-2021_derivaldo_-_que_seja_construida_uma_quadra_de_futsal_no_terreno_ao_lado_da_ubs_de_fazenda_velha.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma quadra de futsal no terreno ao lado da UBS de Fazenda Velha.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1363/ind_44-2021_lolo_-_que_seja_desobstruida_a_rua_do_loteamento_de_arlindo_que_da_acesso_a_pe_90.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1363/ind_44-2021_lolo_-_que_seja_desobstruida_a_rua_do_loteamento_de_arlindo_que_da_acesso_a_pe_90.pdf</t>
   </si>
   <si>
     <t>Que seja desobstruída a rua do Loteamento de Arlindo que dá acesso a PE-90</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1364/ind_45-2021_lolo_-_que_seja_enviado_projeto_de_lei_concedendo_gratificacao_aos_profissionais_que_estao_na_linha_de_frente_do_combate_a_covid-19_como_profissionais_da_saud.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1364/ind_45-2021_lolo_-_que_seja_enviado_projeto_de_lei_concedendo_gratificacao_aos_profissionais_que_estao_na_linha_de_frente_do_combate_a_covid-19_como_profissionais_da_saud.pdf</t>
   </si>
   <si>
     <t>Que seja enviado projeto de lei concedendo gratificação aos profissionais que estão na linha de frente do combate à Covid-19 como profissionais da saúde, Guardas Municipais, Coveiros e motoristas de veículos de socorro.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1365/ind_46-2021_lolo_-_que_seja_elaborado_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_enfermeiros_tecnicos_e_auxiliares_de_enfermagem.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1365/ind_46-2021_lolo_-_que_seja_elaborado_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_enfermeiros_tecnicos_e_auxiliares_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado Projeto de Lei regulamentando a jornada de trabalho dos enfermeiros, técnicos e auxiliares de enfermagem</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1366/ind_47-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_barao_de_lucena_maria_otilia_dos_santos_limoeiro_o_paudalho_carpina_timbauba_moreno_paulista_surubim_ribeira.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1366/ind_47-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_barao_de_lucena_maria_otilia_dos_santos_limoeiro_o_paudalho_carpina_timbauba_moreno_paulista_surubim_ribeira.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as Ruas Barão de Lucena, Maria Otília dos Santos, Limoeiro, O Paudalho, Carpina, Timbaúba, Moreno, Paulista, Surubim, Ribeirão, Escada e Belém do bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1367/ind_48-2021_carol_-_que_seja_disponibilizado_atraves_de_cadastro_previo_transporte_aos_candidatos_toritamenses_inscritos_na_versao_digital_do_exame_nacional_do_ensino_me.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1367/ind_48-2021_carol_-_que_seja_disponibilizado_atraves_de_cadastro_previo_transporte_aos_candidatos_toritamenses_inscritos_na_versao_digital_do_exame_nacional_do_ensino_me.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado, através de cadastro prévio transporte aos candidatos toritamenses inscritos na versão digital do Exame Nacional do Ensino Médio - ENEM 2020 que ocorrerá nos dias 31 de janeiro e 7 de fevereiro de 2021.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1368/ind_49-2021_mava_-_que_sejam_reformadas_as_pracas_do_bairro_duque_de_caxias_nas_ruas_cleto_campelo_boa_vista_capitao_joao_dos_santos_e_15_de_novembro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1368/ind_49-2021_mava_-_que_sejam_reformadas_as_pracas_do_bairro_duque_de_caxias_nas_ruas_cleto_campelo_boa_vista_capitao_joao_dos_santos_e_15_de_novembro..pdf</t>
   </si>
   <si>
     <t>Que sejam reformadas as praças do Bairro Duque de Caxias nas ruas Cleto Campelo, Boa Vista Capitão João dos Santos e 15 de Novembro.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1369/ind_50-2021_mava_-_que_sejam_calcadas_as_ruas_anunciada_estelina_tavares_josenilson_do_santos_professor_josenildo_jose_de_lima_jose_luis_brandao_jose_valdecir_torres.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1369/ind_50-2021_mava_-_que_sejam_calcadas_as_ruas_anunciada_estelina_tavares_josenilson_do_santos_professor_josenildo_jose_de_lima_jose_luis_brandao_jose_valdecir_torres.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas Anunciada Estelina Tavares, Josenilson do Santos, Professor Josenildo, José de Lima, José Luís Brandão José Valdecir Torres, José Manoel da Silva, Alexandro Rodrigues Bernadino e Cristina Maria Clemente.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1370/ind_51-2021_mava_-_que_seja_reformado_o_matadouro_publico_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1370/ind_51-2021_mava_-_que_seja_reformado_o_matadouro_publico_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja reformado o matadouro público municipal.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1371/ind_52-2021_ferreirinha_-_que_sejam_construidas_pracas_no_bairro_planalto_na_cohab_na_rua_do_canal_e_duas_na_rua_israel_ao_lado_da_rf_construcao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1371/ind_52-2021_ferreirinha_-_que_sejam_construidas_pracas_no_bairro_planalto_na_cohab_na_rua_do_canal_e_duas_na_rua_israel_ao_lado_da_rf_construcao..pdf</t>
   </si>
   <si>
     <t>Que sejam construídas praças no bairro Planalto, na Cohab na rua do canal e duas na rua Israel ao lado da RF Construção.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1372/ind_53-2021_ferreirinha_-_que_sejam_saneados_e_calcados_os_bairros_principe_da_paz_deus_e_fiel_el-shaday_novo_coqueiral_izidio_tavares_campo_alegre_e_loteamento_arli.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1372/ind_53-2021_ferreirinha_-_que_sejam_saneados_e_calcados_os_bairros_principe_da_paz_deus_e_fiel_el-shaday_novo_coqueiral_izidio_tavares_campo_alegre_e_loteamento_arli.pdf</t>
   </si>
   <si>
     <t>Que sejam saneados e calçados os bairros Principe da Paz, Deus é Fiel, El-Shaday, Novo Coqueiral, Izídio Tavares, Campo Alegre e Loteamento Arlindo.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1373/ind_54-2021_doutor_do_sao_joao_-_que_seja_apresentado_pedido_ao_e_governo_do_estado_de_pernambuco_para_o_apoio_a_retomada_da_producao_de_algodao_em_nossa_regiao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1373/ind_54-2021_doutor_do_sao_joao_-_que_seja_apresentado_pedido_ao_e_governo_do_estado_de_pernambuco_para_o_apoio_a_retomada_da_producao_de_algodao_em_nossa_regiao.pdf</t>
   </si>
   <si>
     <t>Que seja apresentado pedido ao e Governo do Estado de Pernambuco para o apoio à retomada da produção de algodão em nossa região</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1374/ind_55-2021_doutor_do_sao_joao_-_que_seja_contratado_um_medico_urologista_para_atender_duas_vezes_por_semana_no_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1374/ind_55-2021_doutor_do_sao_joao_-_que_seja_contratado_um_medico_urologista_para_atender_duas_vezes_por_semana_no_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um médico urologista para atender duas vezes por semana no Hospital Municipal.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1375/ind_56-2021_marli_-_que_seja_instituido_com_a_colaboracao_dos_profissionais_da_saude_o_protocolo_de_curativos_e_suas_coberturas.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1375/ind_56-2021_marli_-_que_seja_instituido_com_a_colaboracao_dos_profissionais_da_saude_o_protocolo_de_curativos_e_suas_coberturas.pdf</t>
   </si>
   <si>
     <t>Que seja instituído, com a colaboração dos profissionais da saúde, o protocolo de curativos e suas coberturas</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1376/ind_57-2021_marli_-_que_sejam_convocados_os_agentes_comunitarios_de_saude_aprovados_no_concurso_publico_para_as_areas_descobertas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1376/ind_57-2021_marli_-_que_sejam_convocados_os_agentes_comunitarios_de_saude_aprovados_no_concurso_publico_para_as_areas_descobertas..pdf</t>
   </si>
   <si>
     <t>Que sejam convocados os Agentes Comunitários de Saúde aprovados no concurso público para as áreas descobertas.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1377/ind_58-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_maragogi_no_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1377/ind_58-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_maragogi_no_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento da rua Maragogi no bairro Planalto.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1378/ind_59-2021_jeziel_-_que_seja_saneado_e_calcado_o_sitio_lagoa_de_exu_na_zona_rural_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1378/ind_59-2021_jeziel_-_que_seja_saneado_e_calcado_o_sitio_lagoa_de_exu_na_zona_rural_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o Sítio Lagoa de Exu na Zona Rural de Toritama.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1379/ind_60-2021_ferreirinha_-_que_seja_construida_uma_praca_e_um_posto_de_saude_no_terreno_ao_lado_do_cacimbao_no_loteamento_izidio_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1379/ind_60-2021_ferreirinha_-_que_seja_construida_uma_praca_e_um_posto_de_saude_no_terreno_ao_lado_do_cacimbao_no_loteamento_izidio_tavares..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça e um posto de saúde no terreno ao lado do cacimbão no Loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1380/ind_61-2021_jose_neto_-_que_sejam_reformadas_e_ampliadas_as_pracas_rubeni_joao_da_silva_jose_pedro_florentino_truaca_nelson_guilherme_da_silva_estelita_mano_de_lima.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1380/ind_61-2021_jose_neto_-_que_sejam_reformadas_e_ampliadas_as_pracas_rubeni_joao_da_silva_jose_pedro_florentino_truaca_nelson_guilherme_da_silva_estelita_mano_de_lima.pdf</t>
   </si>
   <si>
     <t>Que sejam reformadas e ampliadas as praças Rubeni João da Silva, José Pedro Florentino (Truaca), Nelson Guilherme da Silva, Estelita Mano de Lima e_x000D_
 Manoel Izídio Tavares todas no bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1381/ind_62-2021_ferreirinha_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1381/ind_62-2021_ferreirinha_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Edijan</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1382/ind_63-2021_edijan_-_que_sejam_colocados_lixeiros_nas_feiras_de_frutas_e_verduras_e_feiras_do_jeans_e_que_sejam_reciclaveis..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1382/ind_63-2021_edijan_-_que_sejam_colocados_lixeiros_nas_feiras_de_frutas_e_verduras_e_feiras_do_jeans_e_que_sejam_reciclaveis..pdf</t>
   </si>
   <si>
     <t>Que sejam colocados lixeiros nas feiras de frutas e verduras e feiras do jeans e que sejam recicláveis.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1383/ind_64-2021_rossana_-_que_sejam_revitalizadas_as_pracas_do_bairro_duque_de_caxias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1383/ind_64-2021_rossana_-_que_sejam_revitalizadas_as_pracas_do_bairro_duque_de_caxias..pdf</t>
   </si>
   <si>
     <t>Que sejam revitalizadas as praças do bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1385/ind_65-2021_edijan_-_que_sejam_requalificada_a_rua_joao_pereira_tabosa_com_substituicao_da_iluminacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1385/ind_65-2021_edijan_-_que_sejam_requalificada_a_rua_joao_pereira_tabosa_com_substituicao_da_iluminacao.pdf</t>
   </si>
   <si>
     <t>Que sejam requalificada a rua João Pereira Tabosa com substituição da iluminação.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Birino</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1386/ind_66-2021_birino_-_que_seja_enviado_projeto_de_lei_para_conceder_mensalmente_cesta_basica_aos_garis.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1386/ind_66-2021_birino_-_que_seja_enviado_projeto_de_lei_para_conceder_mensalmente_cesta_basica_aos_garis.pdf</t>
   </si>
   <si>
     <t>Que seja enviado projeto de lei para conceder mensalmente cesta básica aos garis.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1387/ind_67-2021_rossana_-_que_seja_saneada_e_calcada_a_r._acre_no_loteamento_de_jairo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1387/ind_67-2021_rossana_-_que_seja_saneada_e_calcada_a_r._acre_no_loteamento_de_jairo.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Acre no Loteamento de Jairo.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1388/ind_68-2021_rossana_-_que_seja_saneada_e_calcada_a_r._da_saude_no_loteamento_de_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1388/ind_68-2021_rossana_-_que_seja_saneada_e_calcada_a_r._da_saude_no_loteamento_de_antao..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. da Saúde no Loteamento de Antão.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1389/ind_69-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._manoel_tavares_ao_lado_da_escola_nossa_senhora_do_perpetuo_socorro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1389/ind_69-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._manoel_tavares_ao_lado_da_escola_nossa_senhora_do_perpetuo_socorro.pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento da R. Manoel Tavares ao lado da Escola Nossa Senhora do Perpétuo Socorro.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1390/ind_70-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._vereador_creudo_rodrigues_ao_lado_da_escola_protazio_soares_de_souza..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1390/ind_70-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._vereador_creudo_rodrigues_ao_lado_da_escola_protazio_soares_de_souza..pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento da R. Vereador Creudo Rodrigues ao lado da Escola Protázio Soares de Souza.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1391/ind_71-2021_rossana_-_que_seja_construida_uma_praca_na_r._largo_da_paz_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1391/ind_71-2021_rossana_-_que_seja_construida_uma_praca_na_r._largo_da_paz_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça na R. Largo da Paz, no Centro.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1392/ind_72-2021_maviael_-_que_seja_enviado_projeto_de_lei_instituindo_a_politica_municipal_de_residuos_solidos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1392/ind_72-2021_maviael_-_que_seja_enviado_projeto_de_lei_instituindo_a_politica_municipal_de_residuos_solidos..pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de Lei instituindo a Política Municipal de Resíduos Sólidos.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1393/ind_73-2021_derivaldo_-_que_seja_construido_o_centro_especializado_em_saude_da_mulher_no_local_onde_funcionou_o_forum..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1393/ind_73-2021_derivaldo_-_que_seja_construido_o_centro_especializado_em_saude_da_mulher_no_local_onde_funcionou_o_forum..pdf</t>
   </si>
   <si>
     <t>Que seja construído o Centro Especializado em Saúde da Mulher no local onde funcionou o Fórum.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1394/ind_74-2021_morica_-_que_seja_feita_a_cobertura_de_60_metros_do_canal_que_fica_as_margens_da_pe_90..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1394/ind_74-2021_morica_-_que_seja_feita_a_cobertura_de_60_metros_do_canal_que_fica_as_margens_da_pe_90..pdf</t>
   </si>
   <si>
     <t>Que seja feita a cobertura de 60 metros do canal que fica às margens da PE-90.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1395/ind_75-2021_morica_-_que_sejam_pavimentadas_as_ruas_joao_pereira_tabosa_04_de_outubro_isaias_soares_ernesto_herculino_cordeiro_e_abilio_floro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1395/ind_75-2021_morica_-_que_sejam_pavimentadas_as_ruas_joao_pereira_tabosa_04_de_outubro_isaias_soares_ernesto_herculino_cordeiro_e_abilio_floro..pdf</t>
   </si>
   <si>
     <t>Que sejam pavimentadas as ruas João Pereira Tabosa, 04 de Outubro, Isaias Soares, Ernesto Herculino Cordeiro e Abílio Floro.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1396/ind_76-2021_lolo_-_que_seja_saneada_e_calcada_a_r._ribeirao_no_bairro_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1396/ind_76-2021_lolo_-_que_seja_saneada_e_calcada_a_r._ribeirao_no_bairro_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Ribeirão no Bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1397/ind_77-2021_lolo_-_que_seja_colocada_uma_tampa_de_concreto_no_bueiro_em_frente_ao_colegio_estacao_do_saber..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1397/ind_77-2021_lolo_-_que_seja_colocada_uma_tampa_de_concreto_no_bueiro_em_frente_ao_colegio_estacao_do_saber..pdf</t>
   </si>
   <si>
     <t>Que seja colocada uma tampa de concreto no bueiro em frente ao Colégio Estação do Saber.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1450/ind_78-2021_doutor_do_sao_joao_-_que_seja_feita_a_substituicao_dos_quebra-molas_por_lombadas_em_todas_as_ruas_das_areas_urbana_e_rural..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1450/ind_78-2021_doutor_do_sao_joao_-_que_seja_feita_a_substituicao_dos_quebra-molas_por_lombadas_em_todas_as_ruas_das_areas_urbana_e_rural..pdf</t>
   </si>
   <si>
     <t>Que seja feita a substituição dos quebra-molas por lombadas em todas as ruas das áreas urbana e rural.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1399/ind_79-2021_ferreirinha_-_que_seja_construido_um_albergue_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1399/ind_79-2021_ferreirinha_-_que_seja_construido_um_albergue_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja construído um albergue municipal.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1400/ind_80-2021_ferreirinha_-_que_seja_construido_um_terminal_rodoviario_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1400/ind_80-2021_ferreirinha_-_que_seja_construido_um_terminal_rodoviario_municipal.pdf</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1401/ind_81-2021_ferreirinha_-_que_seja_construido_o_hospital_da_mulher_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1401/ind_81-2021_ferreirinha_-_que_seja_construido_o_hospital_da_mulher_.pdf</t>
   </si>
   <si>
     <t>Que seja construído o Hospital da Mulher.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1402/ind_82-2021_jeziel_-_que_sejam_instaladas_lobadas_eletronicas_entre_as_entradas_do_forum_e_do_jardim_das_oliveiras..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1402/ind_82-2021_jeziel_-_que_sejam_instaladas_lobadas_eletronicas_entre_as_entradas_do_forum_e_do_jardim_das_oliveiras..pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas lobadas eletrônicas entre as entradas do Fórum e do Jardim das Oliveiras.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1403/ind_83-2021_jeziel_-_que_seja_construida_uma_passarela_exclusiva_para_pedestres_ligando_a_cidade_de_toritama_e_a_vila_canaa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1403/ind_83-2021_jeziel_-_que_seja_construida_uma_passarela_exclusiva_para_pedestres_ligando_a_cidade_de_toritama_e_a_vila_canaa..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma passarela exclusiva para pedestres ligando a cidade de Toritama e a Vila Canaã.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1404/ind_84-2021_jeziel_-_que_seja_feito_o_abastecimento_do_loteamento_moria_e_da_vila_sao_benedito..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1404/ind_84-2021_jeziel_-_que_seja_feito_o_abastecimento_do_loteamento_moria_e_da_vila_sao_benedito..pdf</t>
   </si>
   <si>
     <t>Que seja feito o abastecimento do Loteamento Moriá e da Vila São Benedito.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1405/ind_85-2021_jeziel_-_que_seja_instalada_uma_adutora_para_o_abastecimento_dos_loteamentos_jardim_das_oliveiras_principe_da_paz_colorado_e_gold_square..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1405/ind_85-2021_jeziel_-_que_seja_instalada_uma_adutora_para_o_abastecimento_dos_loteamentos_jardim_das_oliveiras_principe_da_paz_colorado_e_gold_square..pdf</t>
   </si>
   <si>
     <t>Que seja instalada uma adutora para o abastecimento dos Loteamentos Jardim das Oliveiras, Príncipe da Paz, Colorado e Gold Square.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1406/ind_86-2021_ferreirinha_-_que_seja_criado_um_programa_municipal_de_auxilio_as_familias_em_vulnerabilidade_social..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1406/ind_86-2021_ferreirinha_-_que_seja_criado_um_programa_municipal_de_auxilio_as_familias_em_vulnerabilidade_social..pdf</t>
   </si>
   <si>
     <t>Que seja criado um programa municipal de auxílio às famílias em vulnerabilidade social.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1407/ind_87-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_da_sorte_da_saude_do_acude_e_do_loteamento_de_jairo_de_aru..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1407/ind_87-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_da_sorte_da_saude_do_acude_e_do_loteamento_de_jairo_de_aru..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas da Sorte, da Saúde, do Açude e do Loteamento de Jairo de Aru.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1408/ind_88-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_rua_jose_ferreira_da_silva_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1408/ind_88-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_rua_jose_ferreira_da_silva_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento da rua José Ferreira da Silva no bairro Antão.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1409/ind_89-2021_derivaldo_-_que_seja_feita_uma_parceria_como_coniape_para_a_realizacao_de_exames_de_ultrassonografia_tomografia_ressonancia_magnetica_etc..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1409/ind_89-2021_derivaldo_-_que_seja_feita_uma_parceria_como_coniape_para_a_realizacao_de_exames_de_ultrassonografia_tomografia_ressonancia_magnetica_etc..pdf</t>
   </si>
   <si>
     <t>Que seja feita uma parceria como CONIAPE para a realização de exames de ultrassonografia, tomografia, ressonância magnética, etc.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1410/ind_90-2021_maviael_-_que_sejam_calcada_a_av._prefeito_valdomiro_izidio_pereira_no_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1410/ind_90-2021_maviael_-_que_sejam_calcada_a_av._prefeito_valdomiro_izidio_pereira_no_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que sejam calçada a Av. Prefeito Valdomiro Izídio Pereira no bairro Planalto.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1411/ind_91-2021_maviael_-_que_sejam_calcadas_as_ruas_jose_pedro_da_silva_e_cecilia_de_araujo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1411/ind_91-2021_maviael_-_que_sejam_calcadas_as_ruas_jose_pedro_da_silva_e_cecilia_de_araujo.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas José Pedro da Silva e Cecília de Araújo.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1412/ind_92-2021_maviael_-_que_sejam_calcadas_as_ruas_mizael_xavier_leite_ivandilson_vasconcelos_da_silva_maria_josefa_pereira_jose_felix_do_nascimento_e_dioges_jose_da_sil.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1412/ind_92-2021_maviael_-_que_sejam_calcadas_as_ruas_mizael_xavier_leite_ivandilson_vasconcelos_da_silva_maria_josefa_pereira_jose_felix_do_nascimento_e_dioges_jose_da_sil.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas Mizael Xavier Leite, Ivandilson Vasconcelos da Silva, Maria Josefa Pereira, José Felix do Nascimento e Dioges José da Silva.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1413/ind_93-2021_carol_-_que_seja_realizada_a_limpeza_a_instalacao_de_placas_de_orientacao_e_o_cercamento_do_lixao_as_margens_da_br-104_para_evitar_o_descarte_irregular_de_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1413/ind_93-2021_carol_-_que_seja_realizada_a_limpeza_a_instalacao_de_placas_de_orientacao_e_o_cercamento_do_lixao_as_margens_da_br-104_para_evitar_o_descarte_irregular_de_.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a limpeza, a instalação de placas de orientação e o cercamento do lixão, às margens da BR-104, para evitar o descarte irregular de lixo.</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1414/ind_94-2021_morica_-_que_seja_formada_uma_banda_musical_municipal_e_que_seja_nomeada_narcizo_celestino_de_lima.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1414/ind_94-2021_morica_-_que_seja_formada_uma_banda_musical_municipal_e_que_seja_nomeada_narcizo_celestino_de_lima.pdf</t>
   </si>
   <si>
     <t>Que seja formada uma banda musical municipal e que seja nomeada Narcizo Celestino de Lima.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1415/ind_95-2021_doutor_do_sao_joao_-_que_seja_desobstruida_a_r._estados_unidos_no_bairro_novo_coqueiral_e_que_seja_feito_o_saneamento_e_calcamento_da_mesma..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1415/ind_95-2021_doutor_do_sao_joao_-_que_seja_desobstruida_a_r._estados_unidos_no_bairro_novo_coqueiral_e_que_seja_feito_o_saneamento_e_calcamento_da_mesma..pdf</t>
   </si>
   <si>
     <t>Que seja desobstruída a R. Estados Unidos no bairro Novo Coqueiral e que seja feito o saneamento e calçamento da mesma.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1417/ind_96-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_sao_jose_e_av._planalto_e_r._sao_joao_do_bairro_independente_e_r._largo_da_paz_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1417/ind_96-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_sao_jose_e_av._planalto_e_r._sao_joao_do_bairro_independente_e_r._largo_da_paz_no_centro..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as Ruas São José e Av. Planalto e R. São João do Bairro Independente e R. Largo da Paz no Centro.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1418/ind_97-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_luar_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1418/ind_97-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_luar_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que sejam feitos o saneamento e o calçamento das ruas do Loteamento Luar de Toritama.</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1419/ind_98-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_de_arlindo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1419/ind_98-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_de_arlindo..pdf</t>
   </si>
   <si>
     <t>Que sejam feitos o saneamento e o calçamento das ruas do Loteamento de Arlindo.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1420/ind_99-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_jose_eraldo_da_silva_clementino_alfonso_e_jose_ferreira_da_silva_no_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1420/ind_99-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_jose_eraldo_da_silva_clementino_alfonso_e_jose_ferreira_da_silva_no_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas José Eraldo da Silva, Clementino Alfonso e José Ferreira da Silva no bairro Antão.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1421/ind_100-2021_ferreirinha_-_que_seja_ampliada_a_creche_do_bairro_independente_com_a_construcao_de_mais_salas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1421/ind_100-2021_ferreirinha_-_que_seja_ampliada_a_creche_do_bairro_independente_com_a_construcao_de_mais_salas..pdf</t>
   </si>
   <si>
     <t>Que seja ampliada a creche do bairro Independente com a construção demais salas.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1422/ind_101-2021_jeziel_-_que_seja_construida_uma_creche_no_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1422/ind_101-2021_jeziel_-_que_seja_construida_uma_creche_no_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma creche no bairro Antão.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1423/ind_102-2021_jeziel_-_que_seja_demolida_a_pedra_que_obstrui_a_r._maragogi_e_que_seja_calcada..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1423/ind_102-2021_jeziel_-_que_seja_demolida_a_pedra_que_obstrui_a_r._maragogi_e_que_seja_calcada..pdf</t>
   </si>
   <si>
     <t>Que seja demolida a pedra que obstrui a R. Maragogi e que seja calçada.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1424/ind_103-2021_jeziel_-_que_seja_instalada_uma_lombada_eletronica_em_frente_ao_cemiterio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1424/ind_103-2021_jeziel_-_que_seja_instalada_uma_lombada_eletronica_em_frente_ao_cemiterio..pdf</t>
   </si>
   <si>
     <t>Que seja instalada uma lombada eletrônica em frente ao cemitério.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1425/ind_104-2021_rossana_-_que_seja_saneada_e_calcada_a_r._ex_monteiro_lobato_no_areal_2.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1425/ind_104-2021_rossana_-_que_seja_saneada_e_calcada_a_r._ex_monteiro_lobato_no_areal_2.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Monteiro Lobato no Areal 2.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1426/ind_105-2021_lolo_-_que_seja_construido_um_chafariz_no_poco_do_loteamento_izidio_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1426/ind_105-2021_lolo_-_que_seja_construido_um_chafariz_no_poco_do_loteamento_izidio_tavares..pdf</t>
   </si>
   <si>
     <t>Que seja construído um chafariz no poço do Loteamento Izidio Tavares.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1427/ind_106-2021_mava_-_que_seja_feito_um_ponto_de_lotacao_para_a_cidade_de_caruaru..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1427/ind_106-2021_mava_-_que_seja_feito_um_ponto_de_lotacao_para_a_cidade_de_caruaru..pdf</t>
   </si>
   <si>
     <t>Que seja feito um ponto de lotação para a cidade de Caruaru.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1428/ind_107-2021_mava_-_que_sejam_construidos_todos_os_pontos_de_mototaxi.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1428/ind_107-2021_mava_-_que_sejam_construidos_todos_os_pontos_de_mototaxi.pdf</t>
   </si>
   <si>
     <t>Que sejam construídos todos os pontos de mototaxi.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1429/ind_108-2021_mava_-_que_seja_feito_o_calcamento_da_trav_castro_alves_no_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1429/ind_108-2021_mava_-_que_seja_feito_o_calcamento_da_trav_castro_alves_no_independente..pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da Trav. Castro Alves no Independente.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1430/ind_109-2021_mava_-_que_sejam_saneadas_e_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luiz_galdino_e_genesio_manoel_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1430/ind_109-2021_mava_-_que_sejam_saneadas_e_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luiz_galdino_e_genesio_manoel_da_silva..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Amaro José da Silva, Maria Otília dos Santos, Vereador Luiz Galdino e Genésio Manoel da Silva.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1431/ind_110-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_salem_no_bairro_principe_da_paz..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1431/ind_110-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_salem_no_bairro_principe_da_paz..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Salém no Bairro Príncipe da Paz.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1432/ind_111-2021_edijan_-_que_sejam_iluminadas_as_ruas_no_entorno_da_quadra_de_demi_no_bairro_coqueiral.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1432/ind_111-2021_edijan_-_que_sejam_iluminadas_as_ruas_no_entorno_da_quadra_de_demi_no_bairro_coqueiral.pdf</t>
   </si>
   <si>
     <t>Que sejam iluminadas as ruas no entorno da quadra de Demi no Bairro Coqueiral,</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1433/ind_114-2021_mava_-_que_seja_criado_o_disk_denuncia_da_guarda_civil_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1433/ind_114-2021_mava_-_que_seja_criado_o_disk_denuncia_da_guarda_civil_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja criado o Disk Denúncia da Guarda Civil Municipal.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1434/ind_115-2021_marli_-_que_seja_implantado_o_programa_de_atendimento_em_demanda_com_equipe_multiprofissional_para_os_pacientes_sad..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1434/ind_115-2021_marli_-_que_seja_implantado_o_programa_de_atendimento_em_demanda_com_equipe_multiprofissional_para_os_pacientes_sad..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o programa de atendimento em demanda com equipe multiprofissional para os pacientes SAD.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1435/ind_116-2021_marli_-_que_sejam_ampliados_os_exames_protocolados_pelos_programas_do_sus_-_exames_laboratoriais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1435/ind_116-2021_marli_-_que_sejam_ampliados_os_exames_protocolados_pelos_programas_do_sus_-_exames_laboratoriais..pdf</t>
   </si>
   <si>
     <t>Que sejam ampliados os exames protocolados pelos programas do SUS - exames laboratoriais.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1436/ind_118-2021_jeziel_-_que_seja_colocado_um_redutor_de_velocidade_na_rua_joaquim_tabosa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1436/ind_118-2021_jeziel_-_que_seja_colocado_um_redutor_de_velocidade_na_rua_joaquim_tabosa..pdf</t>
   </si>
   <si>
     <t>Que seja colocado um redutor de velocidade na rua Joaquim Tabosa.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1437/ind_119_-_2021_jeziel_-_que_seja_colocada_uma_lixeira_tipo_cacamba_na_r._largo_da_paz._1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1437/ind_119_-_2021_jeziel_-_que_seja_colocada_uma_lixeira_tipo_cacamba_na_r._largo_da_paz._1.pdf</t>
   </si>
   <si>
     <t>Que seja colocada uma lixeira tipo caçamba na r. Largo da Paz.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1438/ind_120_-_2021_jeziel_-_que_seja_substituido_o_poste_que_caiu_na_r._euzebio_soares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1438/ind_120_-_2021_jeziel_-_que_seja_substituido_o_poste_que_caiu_na_r._euzebio_soares..pdf</t>
   </si>
   <si>
     <t>Que seja substituído o poste que caiu na R. Euzébio Soares.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1439/ind_121-2021_ferreirinha_-_que_seja_instalado_um_semaforo_na_pe-90_no_cruzamento_em_frente_a_r._sao_jose..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1439/ind_121-2021_ferreirinha_-_que_seja_instalado_um_semaforo_na_pe-90_no_cruzamento_em_frente_a_r._sao_jose..pdf</t>
   </si>
   <si>
     <t>Que seja instalado um semáforo na PE-90 no cruzamento em frente à R. São José.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1440/ind_122-2021_ferreirinha_-_que_sejam_desobstruidas_as_ruas_projetada_04_e_jose_valentim_no_bairro_valentim.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1440/ind_122-2021_ferreirinha_-_que_sejam_desobstruidas_as_ruas_projetada_04_e_jose_valentim_no_bairro_valentim.pdf</t>
   </si>
   <si>
     <t>Que sejam desobstruídas as ruas Projetada 04 e José Valentim no Bairro Valentim.</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1441/ind_123-2021_ferreirinha_-_que_sejam_asfaltado_da_rua_adalgiza_moura_ate_a_pe-90..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1441/ind_123-2021_ferreirinha_-_que_sejam_asfaltado_da_rua_adalgiza_moura_ate_a_pe-90..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltado da rua Adalgiza Moura até a PE-90.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1442/ind_124-2021_ferreirinha_-_que_seja_desapropriado_o_terreno_ao_lado_da_subestacao_da_celpe_para_que_seja_construida_a_praca_da_biblia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1442/ind_124-2021_ferreirinha_-_que_seja_desapropriado_o_terreno_ao_lado_da_subestacao_da_celpe_para_que_seja_construida_a_praca_da_biblia..pdf</t>
   </si>
   <si>
     <t>Que seja desapropriado o terreno ao lado da Subestação da Celpe para que seja construída a Praça da Bíblia.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1443/ind_125-2021_birino_-_que_sejam_adquiridos_e_glucometros_nao_invasivos_para_atendimento_a_populacao_diabetica..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1443/ind_125-2021_birino_-_que_sejam_adquiridos_e_glucometros_nao_invasivos_para_atendimento_a_populacao_diabetica..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos glucômetros não invasivos para atendimento à população diabética.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1444/ind_126-2021_mava_-_que_sejam_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luis_galdino_genesio_manoel_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1444/ind_126-2021_mava_-_que_sejam_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luis_galdino_genesio_manoel_da_silva..pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas Amaro José da Silva, Maria Otília dos Santos, Vereador Luis Galdino, Genésio Manoel da Silva.</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1445/ind_127-2021_carol_-_que_seja_apresentado_de_forma_publica_o_plano_de_retomada_do_ano_letivo__das_escolas_municipais._sendo_apresentado_os_protocolos_de_seguranca_que_ser.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1445/ind_127-2021_carol_-_que_seja_apresentado_de_forma_publica_o_plano_de_retomada_do_ano_letivo__das_escolas_municipais._sendo_apresentado_os_protocolos_de_seguranca_que_ser.pdf</t>
   </si>
   <si>
     <t>Que seja apresentado de forma pública o plano de retomada do ano letivo das escolas municipais. Sendo apresentado os protocolos de segurança que serão implementados junto a comunidade escolar, as ações para continuidade do ensino, as estratégias de formação dos professores e de recuperação da aprendizagem.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1452/ind_128-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_115s4q81q97_no_loteamento_boa_esperanca..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1452/ind_128-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_115s4q81q97_no_loteamento_boa_esperanca..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a r. Projetada 115S4Q81Q97 no Loteamento Boa Esperança.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1453/ind_129-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._jose_manoel_da_silva_r._allan_wilker_da_silva_r._abdias_apolinario_de_almeida_r._laura_lopes_tavares_da.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1453/ind_129-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._jose_manoel_da_silva_r._allan_wilker_da_silva_r._abdias_apolinario_de_almeida_r._laura_lopes_tavares_da.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas a Av. José Manoel da Silva, R. Allan Wilker da Silva, R. Abdias Apolinário de Almeida, R. Laura Lopes Tavares da Silva, R. Maria de Lourdes dos Santos, R. Maria do Carmo da Silva, R. Diego Arthur da Silva, R. João Tavares Sobrinho no Bairro Izídio Tavares.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1454/ind_130-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._maria_do_socorro_floro_pereira_r._jose_pedro_da_silva_e_1o_trav._ivo_leite_filho_no_bairro_do_coqueiral.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1454/ind_130-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._maria_do_socorro_floro_pereira_r._jose_pedro_da_silva_e_1o_trav._ivo_leite_filho_no_bairro_do_coqueiral.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Maria do Socorro Floro Pereira, R. José Pedro da Silva e 1o Trav. Ivo Leite Filho no Bairro do Coqueiral.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1455/ind_131-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_restante_das_ruas_do_loteamento_valentim_ii.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1455/ind_131-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_restante_das_ruas_do_loteamento_valentim_ii.pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o restante das ruas do Loteamento Valentim II.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1456/ind_133-2021_ferreirinha_-_que_seja_feita_a_limpeza_do_canal_que_comeca_na_lavanderia_dois_irmaos_ao_areal_tambem_que_seja_feito_o_corrimao_das_pontes_das_ruas_lindines_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1456/ind_133-2021_ferreirinha_-_que_seja_feita_a_limpeza_do_canal_que_comeca_na_lavanderia_dois_irmaos_ao_areal_tambem_que_seja_feito_o_corrimao_das_pontes_das_ruas_lindines_.pdf</t>
   </si>
   <si>
     <t>Que seja feita a limpeza do canal que começa na Lavanderia Dois Irmãos ao Areal também que seja feito o corrimão das pontes das Ruas Lindinês, Riachuelo, Santa Marta e José Eraldo da Silva no Bairro Antão.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1457/ind_134-2021_maviael_-_que_seja_contratada_uma_assistente_social_para_atuar_no_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1457/ind_134-2021_maviael_-_que_seja_contratada_uma_assistente_social_para_atuar_no_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja contratada uma Assistente Social para atuar no Hospital Municipal.</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1458/ind_135-2021_maviael_-_que_sejam_calcadas_as_ruas_a_amaro_vitorino_da_silva_luiz_lira_das_neves_maria_madalena_de_jesus_carolina_maria_da_conceicao_e_apolinario_ferras.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1458/ind_135-2021_maviael_-_que_sejam_calcadas_as_ruas_a_amaro_vitorino_da_silva_luiz_lira_das_neves_maria_madalena_de_jesus_carolina_maria_da_conceicao_e_apolinario_ferras.pdf</t>
   </si>
   <si>
     <t>Que sejam calçadas as ruas A Amaro Vitorino da Silva, Luiz Lira das Neves, Maria Madalena de Jesus, Carolina Maria da Conceição e Apolinário Ferras da Silva no Loteamento El- Shadday.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1459/ind_136-2021_maviael_-_que_seja_feita_a_sinalizacao_vertical_e_horizontal_de_toda_a_cidade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1459/ind_136-2021_maviael_-_que_seja_feita_a_sinalizacao_vertical_e_horizontal_de_toda_a_cidade.pdf</t>
   </si>
   <si>
     <t>Que seja feita a sinalização vertical e horizontal de toda a cidade.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1460/ind_137-2021_carol_-_que_seja_publicado_no_diario_oficial_de_forma_periodica_a_relacao_das_doses_de_vacina_contra_covid-19_aplicadas_no_municipio_contendo_identificacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1460/ind_137-2021_carol_-_que_seja_publicado_no_diario_oficial_de_forma_periodica_a_relacao_das_doses_de_vacina_contra_covid-19_aplicadas_no_municipio_contendo_identificacao.pdf</t>
   </si>
   <si>
     <t>Que seja publicado no diário oficial de forma periódica, a relação das doses de vacina contra Covid-19 aplicadas no município contendo: Identificação por nome da pessoa vacinada, CPF, local onde foi aplicada a vacina e função exercida e/ou grupo do qual o indivíduo faz parte no plano de vacinação.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1461/ind_138-2021_derivaldo_-_que_seja_concluido_o_calcamento_dos_bairros_novo_alvorecer_novo_coqueiral_coqueiral_deus_e_fiel_e_areal_bem_como_seja_providenciado_o_saneame.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1461/ind_138-2021_derivaldo_-_que_seja_concluido_o_calcamento_dos_bairros_novo_alvorecer_novo_coqueiral_coqueiral_deus_e_fiel_e_areal_bem_como_seja_providenciado_o_saneame.pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento dos Bairros Novo Alvorecer, Novo Coqueiral, Coqueiral, Deus é Fiel e Areal, bem como seja providenciado o saneamento e a tubulação para abastecimento de água.</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1462/ind_139-2021_ferreirinha_-_que_sejam_construidas_uma_quadra_poliesportiva_um_posto_de_saude_e_e__uma_area_de_lazer_entre_os_bairros_valentim__i_il_e_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1462/ind_139-2021_ferreirinha_-_que_sejam_construidas_uma_quadra_poliesportiva_um_posto_de_saude_e_e__uma_area_de_lazer_entre_os_bairros_valentim__i_il_e_antao.pdf</t>
   </si>
   <si>
     <t>Que sejam construídas uma quadra poliesportiva, um posto de saúde e uma área de lazer entre os bairros Valentim I,I, III e Antão.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1463/ind_140-2021_ferreirinha_-_que_seja_construido_um_canal_de_2m_x_im_do_bairro_duque_de_caxias_ate_o_areal_para_coleta_do_esgoto_tratamento_e_reutilizacao_da_agua.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1463/ind_140-2021_ferreirinha_-_que_seja_construido_um_canal_de_2m_x_im_do_bairro_duque_de_caxias_ate_o_areal_para_coleta_do_esgoto_tratamento_e_reutilizacao_da_agua.pdf</t>
   </si>
   <si>
     <t>Que seja construído um canal de 2m x 1m do bairro Duque de Caxias até o Areal para coleta do esgoto, tratamento e reutilização da água.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1464/ind_141-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_tavares_os_martins.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1464/ind_141-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_tavares_os_martins.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a r. José Paulo de Lima no Loteamento Tavares Martins.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1465/ind_142-2021_derivaldo_-_que_seja_organizada_uma_feira_de_gado_na_area_do_matadouro_publico_com_funcionamento_as_quintas-feiras_a_partir_da_o5_horas_da_manha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1465/ind_142-2021_derivaldo_-_que_seja_organizada_uma_feira_de_gado_na_area_do_matadouro_publico_com_funcionamento_as_quintas-feiras_a_partir_da_o5_horas_da_manha..pdf</t>
   </si>
   <si>
     <t>Que seja organizada uma feira de gado na área do Matadouro Público, com funcionamento às quintas-feiras a partir da O5 horas da manhã.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1466/ind_143-2021_rossana_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_em_quatro_parcelas_sucessivas_mensais_de_r_50.00000_cinquenta_mil_reais.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1466/ind_143-2021_rossana_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_em_quatro_parcelas_sucessivas_mensais_de_r_50.00000_cinquenta_mil_reais.pdf</t>
   </si>
   <si>
     <t>Que seja devolvida a importância de R$ 200.000,00 (duzentos mil reais) em quatro parcelas sucessivas mensais de R$_x000D_
 50.000,00 (cinquenta mil reais), em conjunto com o auxílio emergencial do Governo Federal, para que o Poder Executivo Municipal adquira cestas básicas para distribuição com a população carente.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1471/ind_157-2021_birino_-_que_seja_feita_a_aquisicao_de_cestas_basicas_para_doacao_a_populacao_carente_e_que_seja_aumento_a_quantidade_que_foi_distribuida_em_2020.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1471/ind_157-2021_birino_-_que_seja_feita_a_aquisicao_de_cestas_basicas_para_doacao_a_populacao_carente_e_que_seja_aumento_a_quantidade_que_foi_distribuida_em_2020.pdf</t>
   </si>
   <si>
     <t>Que seja feita a aquisição de cestas básicas para doação à população carente e que seja aumento a quantidade que foi distribuída em 2020.</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1493/ind_162-2021_doutor_do_sao_joao_-_que_seja_implantado_o_centro_de_reabilitacao_para_pessoa_com_sequelas_da_covid-19..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1493/ind_162-2021_doutor_do_sao_joao_-_que_seja_implantado_o_centro_de_reabilitacao_para_pessoa_com_sequelas_da_covid-19..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o Centro de Reabilitação para pessoa com sequelas da Covid-19.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1475/ind_163-2021_jeziel_-_que_seja_construido_um_chafariz_na_r._lagoa_do_exu_no_loteamento_no_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1475/ind_163-2021_jeziel_-_que_seja_construido_um_chafariz_na_r._lagoa_do_exu_no_loteamento_no_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja construído um chafariz na R. Lagoa do Exu no Loteamento no Novo Coqueiral.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1476/ind_164-2021_mava_-_que_seja_feita_a_doacao_ou_a_cessao_de_uma_doblo_para_a_apae_-_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1476/ind_164-2021_mava_-_que_seja_feita_a_doacao_ou_a_cessao_de_uma_doblo_para_a_apae_-_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja feita a doação ou a cessão de uma dobló para a APAE - Toritama.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1477/ind_165-2021_mava_-_que_seja_adquirido_um_micro_onibus_para_a_secretaria_de_assistencia_social_para_os_funerais_em_outras_cidades..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1477/ind_165-2021_mava_-_que_seja_adquirido_um_micro_onibus_para_a_secretaria_de_assistencia_social_para_os_funerais_em_outras_cidades..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um micro-ônibus para a Secretaria de Assistência Social para os funerais em outras cidades.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1478/ind_166-2021_ferreirinha_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_criando_e_organizando_o_procon_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1478/ind_166-2021_ferreirinha_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_criando_e_organizando_o_procon_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado e enviado a esta Casa Legislativa um Projeto de Lei criando e organizando o Procon municipal.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1479/ind_167-2021_ferreirinha_-_que_a_praca_que_sera_construida_as_margens_da_pe-90_proximo_ao_salao_de_beleza_de_neguinho_seja_denominada_otacilio_ferreira_de_carvalho..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1479/ind_167-2021_ferreirinha_-_que_a_praca_que_sera_construida_as_margens_da_pe-90_proximo_ao_salao_de_beleza_de_neguinho_seja_denominada_otacilio_ferreira_de_carvalho..pdf</t>
   </si>
   <si>
     <t>Que a praça que será construída às margens da PE-90, próximo ao salão de beleza de neguinho, seja denominada Otacílio Ferreira de Carvalho.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1480/ind_168-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_central..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1480/ind_168-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_central..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. José Paulo de Lima no Loteamento Central.</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1481/ind_169-2021_derivaldo_-_que_seja_contratado_um_fisioterapeuta_pulmonar_permanente_para_o_hospital_de_campanha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1481/ind_169-2021_derivaldo_-_que_seja_contratado_um_fisioterapeuta_pulmonar_permanente_para_o_hospital_de_campanha..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um fisioterapeuta pulmonar permanente para o Hospital de Campanha.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1482/ind_170-2021_ferreirinha_-_que_seja_feito_o_calcamento_a_limpeza_e_substituicao_das_lampadas_do_cemiterio_municipal_sao_jorge..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1482/ind_170-2021_ferreirinha_-_que_seja_feito_o_calcamento_a_limpeza_e_substituicao_das_lampadas_do_cemiterio_municipal_sao_jorge..pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento, a limpeza e substituição das lâmpadas do cemitério Municipal São Jorge.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1483/ind_171-2021_mava_-_que_seja_elaborado_um_projeto_de_lei_concedendo_desconto_no_iptu_as_residencias_e_empresas_que_instalarem_energia_solar..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1483/ind_171-2021_mava_-_que_seja_elaborado_um_projeto_de_lei_concedendo_desconto_no_iptu_as_residencias_e_empresas_que_instalarem_energia_solar..pdf</t>
   </si>
   <si>
     <t>Que seja elaborado um projeto de lei concedendo desconto no IPTU às residências e empresas que instalarem energia solar.</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1484/ind_172-2021_mava_-_que_seja_recuperada_a_area_onde_funcionou_o_lixao_para_construcao_de_um_cemiterio_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1484/ind_172-2021_mava_-_que_seja_recuperada_a_area_onde_funcionou_o_lixao_para_construcao_de_um_cemiterio_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja recuperada a área onde funcionou o lixão para construção de um cemitério municipal.</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1485/ind_173-2021_ze_neto_-_que_seja_elaborado_um_calendario_de_vacinacao_contra_a_covid-19_com_datas_e_faixa_etaria_e_que_tenha_ampla_divulgacao_nas_redes_sociais_da_prefeit.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1485/ind_173-2021_ze_neto_-_que_seja_elaborado_um_calendario_de_vacinacao_contra_a_covid-19_com_datas_e_faixa_etaria_e_que_tenha_ampla_divulgacao_nas_redes_sociais_da_prefeit.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado um calendário de vacinação contra a Covid-19 com datas e faixa etária e que tenha ampla divulgação nas redes sociais da Prefeitura.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1494/ind_174-2021_rossana_-_que_seja_feita_a_reposicao_do_calcamento_da_rua_e_da_travessa_manoel_borba.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1494/ind_174-2021_rossana_-_que_seja_feita_a_reposicao_do_calcamento_da_rua_e_da_travessa_manoel_borba.pdf</t>
   </si>
   <si>
     <t>Que seja feita a reposição do calçamento da rua e da travessa Manoel Borba.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1495/ind_175-2021_edijan_-_que_sejam_saneadas_e_calcadas_a_rua_projetada_17_s4_q100_q101_no_loteamento_boa_esperanca_e_rua_manoel_henrique_tavares_no_bairro_valentim..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1495/ind_175-2021_edijan_-_que_sejam_saneadas_e_calcadas_a_rua_projetada_17_s4_q100_q101_no_loteamento_boa_esperanca_e_rua_manoel_henrique_tavares_no_bairro_valentim..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas a rua projetada 17 S4 Q100 Q101 no Loteamento Boa Esperança e rua Manoel Henrique Tavares no bairro Valentim.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1496/ind_176-2021_mava_-_que_sejam_pulverizados_com_o_carro_fumace_os_bairros_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1496/ind_176-2021_mava_-_que_sejam_pulverizados_com_o_carro_fumace_os_bairros_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que sejam pulverizados com o carro fumacê os bairros de Toritama.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1497/ind_177-2021_mava_-_que_sejam_abertas_as_ruas_zacarias_xavier_leite_e_getulio_vargas_para_acesso_de_veiculos_-_mobilidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1497/ind_177-2021_mava_-_que_sejam_abertas_as_ruas_zacarias_xavier_leite_e_getulio_vargas_para_acesso_de_veiculos_-_mobilidade..pdf</t>
   </si>
   <si>
     <t>Que sejam abertas as ruas Zacarias Xavier Leite e Getúlio Vargas para acesso de veículos/mobilidade.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1498/ind_178-2021_mava_-_que_seja_colocada_uma_varanda_ou_portao_na_ubs_do_bairro_duque_de_caxias.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1498/ind_178-2021_mava_-_que_seja_colocada_uma_varanda_ou_portao_na_ubs_do_bairro_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>Que seja colocada uma varanda ou portão na UBS do Bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1499/ind_179-2021_jeziel_-_que_sejam_retomadas_as_acoes_de_combate_as_muricocas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1499/ind_179-2021_jeziel_-_que_sejam_retomadas_as_acoes_de_combate_as_muricocas..pdf</t>
   </si>
   <si>
     <t>Que sejam retomadas as ações de combate às muriçocas.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1500/ind_180-2021_jeziel_-_que_seja_construida_uma_quadra_poliesportiva_no_sitio_lagoa_do_exu..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1500/ind_180-2021_jeziel_-_que_seja_construida_uma_quadra_poliesportiva_no_sitio_lagoa_do_exu..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma quadra poliesportiva no Sítio Lagoa do Exu.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1501/ind_181-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._monteiro_lobato_no_bairro_areal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1501/ind_181-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._monteiro_lobato_no_bairro_areal.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Monteiro Lobato no bairro Areal.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1502/ind_182-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_04_ruas_do_loteamento_arlindo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1502/ind_182-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_04_ruas_do_loteamento_arlindo..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas 04 ruas do loteamento Arlindo.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1503/ind_183-2021_ferreirinha_-_que_sejam_retomadas_as_atividades_de_demolicao_da_pedra_que_obstrui_a_rua_jose_valentim_il_e_que_sejam_retiradas_as_pedras_queja_foram_quebrad.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1503/ind_183-2021_ferreirinha_-_que_sejam_retomadas_as_atividades_de_demolicao_da_pedra_que_obstrui_a_rua_jose_valentim_il_e_que_sejam_retiradas_as_pedras_queja_foram_quebrad.pdf</t>
   </si>
   <si>
     <t>Que sejam retomadas as atividades de demolição da pedra que obstrui a rua José Valentim Il e que sejam retiradas as pedras que já foram quebradas.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1506/ind_184-2021_carol_-_que_proceda_estudos_e_tome_as_legais_e_cabiveis_providencias_objetivando-se_a_construcao_de_praca_na_rua_pau_santo_bairro_coqueiral_nas_proximid.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1506/ind_184-2021_carol_-_que_proceda_estudos_e_tome_as_legais_e_cabiveis_providencias_objetivando-se_a_construcao_de_praca_na_rua_pau_santo_bairro_coqueiral_nas_proximid.pdf</t>
   </si>
   <si>
     <t>Que proceda estudos e tome as legais e cabíveis providências, objetivando-se a construção de Praça na Rua Pau Santo, Bairro Coqueiral, nas proximidades do Bar do Baixinho.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1507/ind_185-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_nas_redes_publicas_de_educacao_basica_de_toritama._conforme_a_lei_no_13.9352019_que_versa_sobre.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1507/ind_185-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_nas_redes_publicas_de_educacao_basica_de_toritama._conforme_a_lei_no_13.9352019_que_versa_sobre.pdf</t>
   </si>
   <si>
     <t>Que seja feita a prestação de serviços de psicologia nas redes públicas de educação básica de Toritama. Conforme a Lei nº 13.935/2019 que versa sobre a_x000D_
 contratação de psicólogos para atender às necessidades e prioridades definidas pelas políticas de educação, por meio de equipes multidisciplinares.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1508/ind_186-2021_carol_-_que_seja_realizada_a_criacao_da_o_campanha_vacina_solidaria_a_qual_consiste_no_estimulo_a_doacao_de_alimentos_nao_pereciveis_de_forma_totalmente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1508/ind_186-2021_carol_-_que_seja_realizada_a_criacao_da_o_campanha_vacina_solidaria_a_qual_consiste_no_estimulo_a_doacao_de_alimentos_nao_pereciveis_de_forma_totalmente.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a criação da  campanha “Vacina Solidária”, a qual consiste no estímulo a doação de alimentos não_x000D_
 perecíveis, de forma totalmente voluntária, por munícipes após o ato da vacinação em posto de coleta previamente definidos.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1509/ind_187-2021_carol_-_que_seja_criada_a_ouvidoria_da_o_mulher_toritamense_a_partir_de_canais_exclusivos_como_por_exemplo_o_tri-digito_com_o_objetivo_de_prestar_informa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1509/ind_187-2021_carol_-_que_seja_criada_a_ouvidoria_da_o_mulher_toritamense_a_partir_de_canais_exclusivos_como_por_exemplo_o_tri-digito_com_o_objetivo_de_prestar_informa.pdf</t>
   </si>
   <si>
     <t>Que seja criada a Ouvidoria da Mulher Toritamense, a partir de canais exclusivos, como por exemplo o tri-dígito, com o objetivo de prestar informações sobre políticas públicas para as mulheres e relatar assédio moral e sexual, ameaça ou violência doméstica, de forma segura e acolhedora.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1504/ind_188-2021_rossana_-_que_seja_feita_a_terraplanagem_do_bairro_luar_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1504/ind_188-2021_rossana_-_que_seja_feita_a_terraplanagem_do_bairro_luar_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja feita a terraplanagem do bairro Luar de Toritama.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1510/ind_189-2021_doutor_do_sao_joao_-_que_seja_enviado_a_esta_casa_legislativa_projeto_de_lei_criando_o_conselho_o_de_direitos_da_pessoa_com_deficiencia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1510/ind_189-2021_doutor_do_sao_joao_-_que_seja_enviado_a_esta_casa_legislativa_projeto_de_lei_criando_o_conselho_o_de_direitos_da_pessoa_com_deficiencia..pdf</t>
   </si>
   <si>
     <t>Que seja enviado a esta Casa Legislativa projeto de lei criando o Conselho de Direitos da Pessoa com Deficiência.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1511/ind_190-2021_doutor_do_sao_joao_-_que_seja_construido_um_posto_de_saude_no_sitio_mangas_com_aquisicao_de_uma_ambulancia_para_ficar_de_plantao_24h..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1511/ind_190-2021_doutor_do_sao_joao_-_que_seja_construido_um_posto_de_saude_no_sitio_mangas_com_aquisicao_de_uma_ambulancia_para_ficar_de_plantao_24h..pdf</t>
   </si>
   <si>
     <t>Que seja construído um posto de saúde no Sítio Mangas com aquisição de uma ambulância para ficar de plantão 24h.</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1512/ind_191-2021_doutor_do_sao_joao_-_que_seja_adquirido_um_caminhao_bau_para_transporte_de_mudancas_municipal_intermunicipal_e_interestadual..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1512/ind_191-2021_doutor_do_sao_joao_-_que_seja_adquirido_um_caminhao_bau_para_transporte_de_mudancas_municipal_intermunicipal_e_interestadual..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um caminhão baú para transporte de mudanças municipal, intermunicipal e interestadual.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1513/ind_192-2021_rossana_-_que_seja_construida_uma_escola_tecnica_para_qualificar_os_jovens_de_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1513/ind_192-2021_rossana_-_que_seja_construida_uma_escola_tecnica_para_qualificar_os_jovens_de_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma escola técnica para qualificar os jovens de nossa cidade.</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1514/ind_193-2021_morica_-_que_sejam_remanejados_r_500.00000_quinhentos_mil_reais_da_secretaria_de_cultura_e_esportes_para_aquisicao_de_cestas_basicas_para_distribuicao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1514/ind_193-2021_morica_-_que_sejam_remanejados_r_500.00000_quinhentos_mil_reais_da_secretaria_de_cultura_e_esportes_para_aquisicao_de_cestas_basicas_para_distribuicao.pdf</t>
   </si>
   <si>
     <t>Que sejam remanejados R$ 500.000,00 (quinhentos mil reais) da Secretaria de Cultura e Esportes para aquisição de cestas básicas para distribuição à população carente.</t>
   </si>
   <si>
     <t>1515</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1515/ind_194-2021_morica_-_que_sejam_colocados_vigilantes_nas_ruas_da_nova_feira_do_jeans..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1515/ind_194-2021_morica_-_que_sejam_colocados_vigilantes_nas_ruas_da_nova_feira_do_jeans..pdf</t>
   </si>
   <si>
     <t>Que sejam colocados vigilantes nas ruas da nova feira do jeans.</t>
   </si>
   <si>
     <t>1516</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1516/ind_195-2021_morica_-_que_seja_saneado_o_loteamento_campo_alegre.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1516/ind_195-2021_morica_-_que_seja_saneado_o_loteamento_campo_alegre.pdf</t>
   </si>
   <si>
     <t>Que seja saneado o Loteamento Campo Alegre.</t>
   </si>
   <si>
     <t>1517</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1517/ind_196-2021_ferreirinha_-_que_sejam_adquiridos_tablets_para_os_alunos_da_rede_municipal_estudarem_em_casa_e_fornecida_internet_para_as_residencias_de_pais_de_alunos_que.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1517/ind_196-2021_ferreirinha_-_que_sejam_adquiridos_tablets_para_os_alunos_da_rede_municipal_estudarem_em_casa_e_fornecida_internet_para_as_residencias_de_pais_de_alunos_que.pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos tablets para os alunos da rede municipal estudarem em casa e fornecida internet para as residências de pais de alunos que não tem.</t>
   </si>
   <si>
     <t>1518</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1518/ind_197-2021_ferreirinha_-_que_seja_criado_o_espaco_jovem_em_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1518/ind_197-2021_ferreirinha_-_que_seja_criado_o_espaco_jovem_em_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja criado o Espaço Jovem em nossa cidade.</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1519/ind_198-2021_ferreirinha_-_que_sejam_disponibilizados_tablets_para_os_agentes_comunitarios_de_saude..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1519/ind_198-2021_ferreirinha_-_que_sejam_disponibilizados_tablets_para_os_agentes_comunitarios_de_saude..pdf</t>
   </si>
   <si>
     <t>Que sejam disponibilizados tablets para os Agentes Comunitários de Saúde.</t>
   </si>
   <si>
     <t>1520</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1520/ind_199-2021_ferreirinha_-_que_seja_quebrada_a_pedra_e_aberta_a_rua_que_fica_por_tras_do_postinho_do_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1520/ind_199-2021_ferreirinha_-_que_seja_quebrada_a_pedra_e_aberta_a_rua_que_fica_por_tras_do_postinho_do_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que seja quebrada a pedra e aberta a rua que fica por trás do postinho do bairro Antão.</t>
   </si>
   <si>
     <t>1521</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1521/ind_200-2021_ferreirinha_-_que_a_prefeitura_contrate_uma_equipe_preparada_para_fornecer_escrituras_o_gratuitas_para_atender_aproximadamente_500_familias.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1521/ind_200-2021_ferreirinha_-_que_a_prefeitura_contrate_uma_equipe_preparada_para_fornecer_escrituras_o_gratuitas_para_atender_aproximadamente_500_familias.pdf</t>
   </si>
   <si>
     <t>Que a Prefeitura contrate uma equipe preparada para fornecer escrituras  gratuitas para atender aproximadamente 500 famílias.</t>
   </si>
   <si>
     <t>1522</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1522/ind_201-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_da_saude_no_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1522/ind_201-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_da_saude_no_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua da Saúde no bairro Antão.</t>
   </si>
   <si>
     <t>1523</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1523/ind_202-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_sao_cristovao_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1523/ind_202-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_sao_cristovao_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento da rua São Cristóvão no Centro.</t>
   </si>
   <si>
     <t>1524</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1524/ind_203-2021_jeziel_-_que_sejam_substituidas_as_lampadas_do_bairro_moria_nas_imediacoes_da_ubs.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1524/ind_203-2021_jeziel_-_que_sejam_substituidas_as_lampadas_do_bairro_moria_nas_imediacoes_da_ubs.pdf</t>
   </si>
   <si>
     <t>Que sejam substituídas as lâmpadas do bairro Moriá nas imediações da UBS.</t>
   </si>
   <si>
     <t>1525</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1525/ind_204-2021_rossana_-_que_sejam_vacinados_os_profissionais_de_saude_da_rede_privada_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1525/ind_204-2021_rossana_-_que_sejam_vacinados_os_profissionais_de_saude_da_rede_privada_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que sejam vacinados os profissionais de saúde da rede privada de Toritama.</t>
   </si>
   <si>
     <t>1526</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1526/ind_205-2021_rossana_-_que_seja_implantado_o_projeto_ame_animal_para_protecao_aos_animais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1526/ind_205-2021_rossana_-_que_seja_implantado_o_projeto_ame_animal_para_protecao_aos_animais..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o projeto "Ame Animal” para proteção aos animais.</t>
   </si>
   <si>
     <t>1527</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1527/ind_206-2021_maviael_-_que_seja_adquirido_um_compressor_para_quebrar_pedras_e_desobstruir_ruas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1527/ind_206-2021_maviael_-_que_seja_adquirido_um_compressor_para_quebrar_pedras_e_desobstruir_ruas..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um compressor para quebrar pedras e desobstruir ruas.</t>
   </si>
   <si>
     <t>1528</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1528/ind_207-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_criando_a_marcacao_de_consultas_e_viagens_no_tfd_atraves_da_internet_eou_aplicativo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1528/ind_207-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_criando_a_marcacao_de_consultas_e_viagens_no_tfd_atraves_da_internet_eou_aplicativo.pdf</t>
   </si>
   <si>
     <t>Que seja enviado um Projeto de Lei criando à marcação de consultas e viagens no TFD através da internet e/ou aplicativo.</t>
   </si>
   <si>
     <t>1529</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1529/ind_208-2021_maviael_-_que_seja_construida_uma_praca_na_r._etiene_maria_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1529/ind_208-2021_maviael_-_que_seja_construida_uma_praca_na_r._etiene_maria_da_silva..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça na R. Etiene Maria da Silva.</t>
   </si>
   <si>
     <t>1534</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1534/ind_209-2021_jeziel_-_que_seja_reformado_o_predio_do_antigo_samu_para_ser_um_ponto_de_apoio_para_a_guarda_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1534/ind_209-2021_jeziel_-_que_seja_reformado_o_predio_do_antigo_samu_para_ser_um_ponto_de_apoio_para_a_guarda_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja reformado o prédio do antigo SAMU para ser um ponto de apoio  para a Guarda Municipal.</t>
   </si>
   <si>
     <t>1535</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1535/ind_210-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ate_a_academia_de_daniele..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1535/ind_210-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ate_a_academia_de_daniele..pdf</t>
   </si>
   <si>
     <t>Que seja feito o complemento do calçamento da r. José Ferreira da Silva até a academia de Daniele.</t>
   </si>
   <si>
     <t>1536</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1536/ind_211-2021_ferreirinha_-_que_seja_calcada_a_1o_travessa_jose_eraldo_da_silva_no_bairro_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1536/ind_211-2021_ferreirinha_-_que_seja_calcada_a_1o_travessa_jose_eraldo_da_silva_no_bairro_centro..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a 1ª travessa José Eraldo da Silva no bairro Centro.</t>
   </si>
   <si>
     <t>1537</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1537/ind_212-2021_ferreirinha_-_que_seja_quebrada_a_pedra_da_r._projetada_4_antiga_r._riachuelo_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1537/ind_212-2021_ferreirinha_-_que_seja_quebrada_a_pedra_da_r._projetada_4_antiga_r._riachuelo_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que seja quebrada a pedra da r. Projetada 4, antiga r. Riachuelo, no bairro Antão.</t>
   </si>
   <si>
     <t>1538</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1538/ind_213-2021_rossana_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_educacao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1538/ind_213-2021_rossana_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_educacao..pdf</t>
   </si>
   <si>
     <t>Que seja priorizada a vacinação contra o Covid-19 nos profissionais da educação.</t>
   </si>
   <si>
     <t>1539</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1539/ind_214-2021_maviael_-_que_seja_asfaltada_a_r._joao_soares_de_jesus_no_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1539/ind_214-2021_maviael_-_que_seja_asfaltada_a_r._joao_soares_de_jesus_no_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a r. João Soares de Jesus no bairro Planalto.</t>
   </si>
   <si>
     <t>1540</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1540/ind_215-2021_maviael_-_que_seja_asfaltada_a_av._dorival_jose_pereira_onde_funciona_o_estacionamento_dos_onibus..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1540/ind_215-2021_maviael_-_que_seja_asfaltada_a_av._dorival_jose_pereira_onde_funciona_o_estacionamento_dos_onibus..pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a Av. Dorival José Pereira, onde funciona o estacionamento dos ônibus.</t>
   </si>
   <si>
     <t>1541</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1541/ind_216-2021_maviael_-_que_seja_construida_uma_praca_na_rua_luiz_jose_tavares_no_bairro_centro_e_na_rua_do_canal_na_cohab..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1541/ind_216-2021_maviael_-_que_seja_construida_uma_praca_na_rua_luiz_jose_tavares_no_bairro_centro_e_na_rua_do_canal_na_cohab..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça na rua Luiz José Tavares, no bairro Centro e na rua do canal na Cohab.</t>
   </si>
   <si>
     <t>1546</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1546/ind_217-2021_edijan_-_que_sejam_asfaltadas_as_ruas_abilio_floro_e_ernesto_herculino_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1546/ind_217-2021_edijan_-_que_sejam_asfaltadas_as_ruas_abilio_floro_e_ernesto_herculino_no_centro..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas Abílio Floro e Ernesto Herculino no Centro.</t>
   </si>
   <si>
     <t>1547</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1547/ind_218-2021_doutor_do_sao_joao_-_que_seja_implantada_a_escola_municipal_de_musica_e_artes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1547/ind_218-2021_doutor_do_sao_joao_-_que_seja_implantada_a_escola_municipal_de_musica_e_artes.pdf</t>
   </si>
   <si>
     <t>Que seja implantada a Escola Municipal de Música e Artes.</t>
   </si>
   <si>
     <t>1548</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1548/ind_219-2021_derivaldo_-_que_seja_enviado_um_projeto_de_lei_de_incentivos_fiscais_para_os_comercios_de_cada_bairro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1548/ind_219-2021_derivaldo_-_que_seja_enviado_um_projeto_de_lei_de_incentivos_fiscais_para_os_comercios_de_cada_bairro..pdf</t>
   </si>
   <si>
     <t>Que seja enviado um Projeto de Lei de incentivos fiscais para os comércios de cada bairro.</t>
   </si>
   <si>
     <t>1549</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1549/ind_220-2021_derivaldo_-_que_seja_implantado_o_centro_de_saude_da_mulher_-_csm_com_ultrassonografia_obstetricia_ginecologista_e_mamografia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1549/ind_220-2021_derivaldo_-_que_seja_implantado_o_centro_de_saude_da_mulher_-_csm_com_ultrassonografia_obstetricia_ginecologista_e_mamografia..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o Centro de Saúde da Mulher - CSM com ultrassonografia, obstetrícia, ginecologista e mamografia.</t>
   </si>
   <si>
     <t>1550</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1550/ind_221-2021_derivaldo_-_que_seja_contratado_um_medico_urologista_e_um_cardiologista_para_melhorar_o_atendimento_em_nosso_municipio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1550/ind_221-2021_derivaldo_-_que_seja_contratado_um_medico_urologista_e_um_cardiologista_para_melhorar_o_atendimento_em_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um médico urologista e um cardiologista para melhorar o atendimento em nosso município.</t>
   </si>
   <si>
     <t>1551</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1551/ind_222-2021_ferreirinha_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_assistencia_social..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1551/ind_222-2021_ferreirinha_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_assistencia_social..pdf</t>
   </si>
   <si>
     <t>Que seja priorizada a vacinação contra o Covid-19 nos profissionais da Assistência Social.</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1552/ind_223-2021_mava_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_seguranca_publica_guardas_municipais_agentes_de_transito_policiais_civis_e_m.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1552/ind_223-2021_mava_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_seguranca_publica_guardas_municipais_agentes_de_transito_policiais_civis_e_m.pdf</t>
   </si>
   <si>
     <t>Que seja priorizada a vacinação contra o Covid-19 nos profissionais da Segurança Pública Guardas Municipais, Agentes de Trânsito, Policiais Civis e Militares que trabalham em nossa cidade.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1553/ind_224-2021_mava_-_que_seja_feito_o_complemento_do_alambrado_da_quadra_poliesportiva_da_escola_nossa_senhora_do_perpetuo_socorro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1553/ind_224-2021_mava_-_que_seja_feito_o_complemento_do_alambrado_da_quadra_poliesportiva_da_escola_nossa_senhora_do_perpetuo_socorro..pdf</t>
   </si>
   <si>
     <t>Que seja feito o complemento do alambrado da Quadra Poliesportiva da Escola Nossa Senhora do Perpétuo Socorro.</t>
   </si>
   <si>
     <t>1554</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1554/ind_225-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_um_projeto_de_lei_regulamentando_um_onibus_er_para_atender_velorio_eventos_religiosos_e_futebol..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1554/ind_225-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_um_projeto_de_lei_regulamentando_um_onibus_er_para_atender_velorio_eventos_religiosos_e_futebol..pdf</t>
   </si>
   <si>
     <t>Que seja enviado a esta casa um Projeto de Lei regulamentando um ônibus para atender velório, eventos religiosos e futebol.</t>
   </si>
   <si>
     <t>1555</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1555/ind_226-2021_ferreirinha_-_que_seja_contratado_um_engenheiro_para_liberar_e_assinar_plantas_para_as_familias_que_nao_tem_condicoes..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1555/ind_226-2021_ferreirinha_-_que_seja_contratado_um_engenheiro_para_liberar_e_assinar_plantas_para_as_familias_que_nao_tem_condicoes..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um engenheiro para liberar e assinar plantas para as famílias que não tem condições.</t>
   </si>
   <si>
     <t>1556</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1556/ind_227-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_doacao_de_carro_de_agua_para_familias_que_nao_tem_condicoes..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1556/ind_227-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_doacao_de_carro_de_agua_para_familias_que_nao_tem_condicoes..pdf</t>
   </si>
   <si>
     <t>Que seja enviado um projeto de lei regulamentando a doação de carro de água para famílias que não têm condições.</t>
   </si>
   <si>
     <t>1557</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1557/ind_228-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_1113599_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1557/ind_228-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_1113599_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa_.pdf</t>
   </si>
   <si>
     <t>Que seja feita a extensão da rede elétrica a partir do barramento No 1113599 no Sítio São João até as margens do Rio Capibaribe divisa com o Sítio Santa Maria.</t>
   </si>
   <si>
     <t>1558</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1558/ind_229-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_t100587_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1558/ind_229-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_t100587_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa.pdf</t>
   </si>
   <si>
     <t>Que seja feita a extensão da rede elétrica a partir do barramento No T100587 no Sítio São João até as margens do Rio Capibaribe divisa com Sítio Caldas de Caruaru.</t>
   </si>
   <si>
     <t>1559</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1559/ind_230-2021_doutor_do_sao_joao_-_que_seja_disponibilizada_uma_equipe_permanente_de_combate_a_focos_de_muricocas_e_mosquitos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1559/ind_230-2021_doutor_do_sao_joao_-_que_seja_disponibilizada_uma_equipe_permanente_de_combate_a_focos_de_muricocas_e_mosquitos..pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizada uma equipe permanente de combate a focos de muriçocas e mosquitos.</t>
   </si>
   <si>
     <t>1560</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1560/ind_231-2021_ferreirinha_-_que_seja_adquirida_uma_uti_movel_para_atender_o_povo_de_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1560/ind_231-2021_ferreirinha_-_que_seja_adquirida_uma_uti_movel_para_atender_o_povo_de_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja adquirida uma UTI móvel para atender o povo de nossa cidade.</t>
   </si>
   <si>
     <t>1561</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1561/ind_232-2021_marli_-_que_sejam_implantados_os_testes_do_olhinho_e_do_ouvidinho_para_os_recem-nascidos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1561/ind_232-2021_marli_-_que_sejam_implantados_os_testes_do_olhinho_e_do_ouvidinho_para_os_recem-nascidos..pdf</t>
   </si>
   <si>
     <t>Que sejam implantados os testes do olhinho e do ouvidinho para os recém-nascidos.</t>
   </si>
   <si>
     <t>1562</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1562/ind_233-2021_jeziel_-_que_sejam_instaladas_cameras_de_seguranca_nas_ruas_das_feiras_do_jeans_e_de_frutas_e_verduras..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1562/ind_233-2021_jeziel_-_que_sejam_instaladas_cameras_de_seguranca_nas_ruas_das_feiras_do_jeans_e_de_frutas_e_verduras..pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas câmeras de segurança nas ruas das feiras do jeans e de frutas e verduras.</t>
   </si>
   <si>
     <t>1563</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1563/ind_234-2021_jeziel_-_que_seja_feita_uma_reforma_na_escola_municipal_edgar_torres_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1563/ind_234-2021_jeziel_-_que_seja_feita_uma_reforma_na_escola_municipal_edgar_torres_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja feita uma reforma na Escola Municipal Edgar Torres no Centro.</t>
   </si>
   <si>
     <t>1564</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1564/ind_235-2021_rossana_-_que_seja_consertado_o_calcamento_da_r._santa_rita_na_cohab..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1564/ind_235-2021_rossana_-_que_seja_consertado_o_calcamento_da_r._santa_rita_na_cohab..pdf</t>
   </si>
   <si>
     <t>Que seja consertado o calçamento da R. Santa Rita na Cohab.</t>
   </si>
   <si>
     <t>1565</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1565/ind_236-2021_carol_-_que_sejam_instaladas_cameras_de_seguranca_na_entrada_e_patios_de_convivencia_comum_no_centro_municipal_de_educacao_infantil_professora_auxiliadora.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1565/ind_236-2021_carol_-_que_sejam_instaladas_cameras_de_seguranca_na_entrada_e_patios_de_convivencia_comum_no_centro_municipal_de_educacao_infantil_professora_auxiliadora.pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas câmeras de segurança, na entrada e pátios de convivência comum, no Centro Municipal de Educação Infantil Professora Auxiliadora_x000D_
 Gonçalves Batista (CMEI).</t>
   </si>
   <si>
     <t>1576</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1576/ind_237-2021_carol_-_que_sejam_construidas_03_tres_salas_de_aula_e_um_parque_recreativo_no_centro_municipal_de_educacao_infantil_professora_auxiliadora_goncalves_batis.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1576/ind_237-2021_carol_-_que_sejam_construidas_03_tres_salas_de_aula_e_um_parque_recreativo_no_centro_municipal_de_educacao_infantil_professora_auxiliadora_goncalves_batis.pdf</t>
   </si>
   <si>
     <t>Que sejam construídas 03 (três) salas de aula e um parque recreativo no Centro Municipal de Educação Infantil Professora Auxiliadora Gonçalves Batista.</t>
   </si>
   <si>
     <t>1577</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1577/ind_238-2021_carol_-_que_se_proceda_a_reforma_geral_das_escolas_municipais_antonio_manoel_da_silva_e_edgar_torres..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1577/ind_238-2021_carol_-_que_se_proceda_a_reforma_geral_das_escolas_municipais_antonio_manoel_da_silva_e_edgar_torres..pdf</t>
   </si>
   <si>
     <t>Que se proceda à reforma geral das Escolas Municipais Antônio Manoel da Silva e Edgar Torres.</t>
   </si>
   <si>
     <t>1578</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1578/ind_239-2021_carol_-_que_seja_realizada_uma_avaliacao_diagnostica_dos_estudantes_da_rede_municipal_de_ensino_pela_secretaria_de_educacao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1578/ind_239-2021_carol_-_que_seja_realizada_uma_avaliacao_diagnostica_dos_estudantes_da_rede_municipal_de_ensino_pela_secretaria_de_educacao..pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma avaliação diagnóstica dos estudantes da rede municipal de ensino pela Secretaria de Educação.</t>
   </si>
   <si>
     <t>1579</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1579/ind_240-2021_carol_-_que_seja_viabilizada_a_criacao_do_programa_professor_conectado_objetivando_subsidiar_a_compra_de_notebooks_para_os_professores_da_rede_municipal_d.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1579/ind_240-2021_carol_-_que_seja_viabilizada_a_criacao_do_programa_professor_conectado_objetivando_subsidiar_a_compra_de_notebooks_para_os_professores_da_rede_municipal_d.pdf</t>
   </si>
   <si>
     <t>Que seja viabilizada a criação do Programa Professor Conectado, objetivando subsidiar a compra de notebooks, para os professores da rede municipal de ensino de Toritama.</t>
   </si>
   <si>
     <t>1580</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1580/ind_241-2021_ferreirinha_-_que_seja_asfaltada_a_r._sao_jose_e_instalado_um_semaforo_no_cruzamento_com_a_pe-90..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1580/ind_241-2021_ferreirinha_-_que_seja_asfaltada_a_r._sao_jose_e_instalado_um_semaforo_no_cruzamento_com_a_pe-90..pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a r. São José e instalado um semáforo no cruzamento com a PE-90.</t>
   </si>
   <si>
     <t>1581</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1581/ind_242-2021_morica_-_que_seja_reformada_a_casa_de_apoio_e_que_sejam_adquiridos_um_fogao_e_todas_as_panelas_necessarias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1581/ind_242-2021_morica_-_que_seja_reformada_a_casa_de_apoio_e_que_sejam_adquiridos_um_fogao_e_todas_as_panelas_necessarias..pdf</t>
   </si>
   <si>
     <t>Que seja reformada a Casa de Apoio e que sejam adquiridos um fogão e todas as panelas necessárias.</t>
   </si>
   <si>
     <t>1582</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1582/ind_244-2021_mava_-_que_seja_adquirido_um_aparelho_de_raio-x_para_o_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1582/ind_244-2021_mava_-_que_seja_adquirido_um_aparelho_de_raio-x_para_o_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um aparelho de raio-x para o Hospital Municipal.</t>
   </si>
   <si>
     <t>1583</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1583/ind_245-2021_mava_-_que_seja_construido_um_novo_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1583/ind_245-2021_mava_-_que_seja_construido_um_novo_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja construído um novo Hospital Municipal.</t>
   </si>
   <si>
     <t>1584</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1584/ind_246-2021_mava_-_que_sejam_construidos_abrigos_nos_pontos_de_mototaxi..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1584/ind_246-2021_mava_-_que_sejam_construidos_abrigos_nos_pontos_de_mototaxi..pdf</t>
   </si>
   <si>
     <t>Que sejam construídos abrigos nos pontos de mototaxi.</t>
   </si>
   <si>
     <t>1585</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1585/ind_247-2021_carol_-_que_seja_reforcada_a_fiscalizacao_e_organizacao_sobre_o_estacionamento_em_frente_ao_cmei_centro_municipal_de_educacao__infantil_professora_maria_a.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1585/ind_247-2021_carol_-_que_seja_reforcada_a_fiscalizacao_e_organizacao_sobre_o_estacionamento_em_frente_ao_cmei_centro_municipal_de_educacao__infantil_professora_maria_a.pdf</t>
   </si>
   <si>
     <t>Que seja reforçada a fiscalização e organização sobre o estacionamento em frente ao CMEI (Centro Municipal de Educação — Infantil Professora Maria Auxiliadora Gonçalves Batista).</t>
   </si>
   <si>
     <t>1586</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1586/ind_248-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_para_os_profissionais_da_educacao_da_rede_municipal_de_ensino..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1586/ind_248-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_para_os_profissionais_da_educacao_da_rede_municipal_de_ensino..pdf</t>
   </si>
   <si>
     <t>Que seja feita a prestação de serviços de psicologia para os profissionais da educação da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1587</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1587/ind_249-2021_carol_-_que_seja_realizada_a_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea._conforme_a_lei_no_13.9772020_que_in.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1587/ind_249-2021_carol_-_que_seja_realizada_a_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea._conforme_a_lei_no_13.9772020_que_in.pdf</t>
   </si>
   <si>
     <t>Que seja realizada a emissão da Carteira de Identificação da Pessoa com Transtorno do Espectro Autista (CIPTEA). Conforme a Lei No 13.977/2020 que institui a Carteira do Autista, e dá outras providências.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1588/ind_250-2021_carol_-_que_se_proceda_a_reforma_do_es_telhado_do_refeitorio_da_escola_jose_matias_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1588/ind_250-2021_carol_-_que_se_proceda_a_reforma_do_es_telhado_do_refeitorio_da_escola_jose_matias_da_silva..pdf</t>
   </si>
   <si>
     <t>Que se proceda à reforma do telhado do refeitório da Escola José Matias da Silva.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1589/ind_251-2021_morica_-_que_seja_feita_a_pavimentacao_de_todas_as_ruas_do_loteamento_de_arlindo_bem_como_todo_o_saneamento..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1589/ind_251-2021_morica_-_que_seja_feita_a_pavimentacao_de_todas_as_ruas_do_loteamento_de_arlindo_bem_como_todo_o_saneamento..pdf</t>
   </si>
   <si>
     <t>Que seja feita a pavimentação de todas as ruas do Loteamento de Arlindo, bem como todo o saneamento.</t>
   </si>
   <si>
     <t>1590</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1590/ind_252-2021_edijan_-_que_sejam_asfaltas_as_ruas_04_de_outubro_ernesto_herculino_cordeiro_maria_goncalves_da_silva_galdino_jose_da_silva_joao_pereira_tabosa_joao_ch.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1590/ind_252-2021_edijan_-_que_sejam_asfaltas_as_ruas_04_de_outubro_ernesto_herculino_cordeiro_maria_goncalves_da_silva_galdino_jose_da_silva_joao_pereira_tabosa_joao_ch.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltas as ruas 04 de outubro, Ernesto Herculino Cordeiro, Maria Gonçalves da Silva, Galdino José da Silva, João Pereira Tabosa, João Chagas e a passagem Braz Bertulino da Silva.</t>
   </si>
   <si>
     <t>1591</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1591/ind_253-2021_doutor_do_sao_joao_-_que_seja_construida_uma_praca_na_entrada_da_cidade_e_que_a_r._do_comercio_seja_em_sentido_unico..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1591/ind_253-2021_doutor_do_sao_joao_-_que_seja_construida_uma_praca_na_entrada_da_cidade_e_que_a_r._do_comercio_seja_em_sentido_unico..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça na entrada da cidade e que a r. do Comércio seja em sentido único.</t>
   </si>
   <si>
     <t>1592</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1592/ind_254-2021_doutor_do_sao_joao_-_que_seja_construido_um_viaduto_ligando_a_r._13_de_maio_a_pista_local_da_br_104_que_da_acesso_a_r._siqueira_campos_em_fazenda_velha.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1592/ind_254-2021_doutor_do_sao_joao_-_que_seja_construido_um_viaduto_ligando_a_r._13_de_maio_a_pista_local_da_br_104_que_da_acesso_a_r._siqueira_campos_em_fazenda_velha.pdf</t>
   </si>
   <si>
     <t>Que seja construído um viaduto ligando a r. 13 de Maio à pista local da BR- 104 que dá acesso à R. Siqueira Campos em Fazenda Velha.</t>
   </si>
   <si>
     <t>1593</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1593/ind_255-2021_maviael_-_que_seja_enviado_projeto_de_lei_com_a_denominacao_e_delimitacao_dos_bairros_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1593/ind_255-2021_maviael_-_que_seja_enviado_projeto_de_lei_com_a_denominacao_e_delimitacao_dos_bairros_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja envaido projeto de Lei com a denominação e delimitação dos bairros de Toritama.</t>
   </si>
   <si>
     <t>1594</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1594/ind_256-2021_maviael_-_que_seja_construida_uma_creche_no_bairro_duque_de_caxias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1594/ind_256-2021_maviael_-_que_seja_construida_uma_creche_no_bairro_duque_de_caxias..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma creche no Bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1595/ind_257-2021_ferreirinha_-_que_seja_feito_o_saneamento_da_r._da_saude_no_loteamento_de_jairo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1595/ind_257-2021_ferreirinha_-_que_seja_feito_o_saneamento_da_r._da_saude_no_loteamento_de_jairo..pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento da R. da Saúde no Loteamento de Jairo.</t>
   </si>
   <si>
     <t>1597</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1597/ind_258-2021_maviael_-_que_seja_criada_nos_meses_de_dezembro_a_semana_municipal_de_orientacao_e_negociacao_dos_tributos_municipais_antes_da_execucao_judicial.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1597/ind_258-2021_maviael_-_que_seja_criada_nos_meses_de_dezembro_a_semana_municipal_de_orientacao_e_negociacao_dos_tributos_municipais_antes_da_execucao_judicial.pdf</t>
   </si>
   <si>
     <t>Que seja criada nos meses de dezembro a “Semana Municipal de Orientação e Negociação” dos tributos municipais antes da execução judicial.</t>
   </si>
   <si>
     <t>1598</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1598/ind_259-2021_doutor_do_sao_joao_-_que_sejam_adquiridos_dois_caminhoes_poliguindaste_e_50_cacambas_estacionarias_para_fazer_a_coleta_de_entulho_da_construcao_civ.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1598/ind_259-2021_doutor_do_sao_joao_-_que_sejam_adquiridos_dois_caminhoes_poliguindaste_e_50_cacambas_estacionarias_para_fazer_a_coleta_de_entulho_da_construcao_civ.pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos dois caminhões poliguindaste e 50 caçambas estacionárias para fazer a coleta de entulho da construção civil.</t>
   </si>
   <si>
     <t>1599</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1599/ind_260-2021_ferreirinha_-_que_seja_criado_um_projeto_para_doacao_de_cisternas_as_associacoes_de_bairro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1599/ind_260-2021_ferreirinha_-_que_seja_criado_um_projeto_para_doacao_de_cisternas_as_associacoes_de_bairro..pdf</t>
   </si>
   <si>
     <t>Que seja criado um projeto para doação de cisternas às associações de bairro.</t>
   </si>
   <si>
     <t>1600</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1600/ind_261-2021_edijan_-_que_seja_concluido_o_saneamento_e_calcamento_da_rua_virginia_maria_de_jesus_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1600/ind_261-2021_edijan_-_que_seja_concluido_o_saneamento_e_calcamento_da_rua_virginia_maria_de_jesus_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que seja concluído o saneamento e calçamento da rua Virginia Maria de Jesus no bairro Antão</t>
   </si>
   <si>
     <t>1601</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1601/ind_262-2021_maviael_-_que_sejam_distribuidas_mensalmente_cestas_basicas_aos_garis.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1601/ind_262-2021_maviael_-_que_sejam_distribuidas_mensalmente_cestas_basicas_aos_garis.pdf</t>
   </si>
   <si>
     <t>Que sejam distribuídas mensalmente cestas básicas aos garis</t>
   </si>
   <si>
     <t>1602</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_263-2021_maviael_-_que_seja_celebrado_um_acordo_de_cooperacao_tecnica_com_a_camara_dos_deputados_para_integrar_a_rede_legislativa_de_radio.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_263-2021_maviael_-_que_seja_celebrado_um_acordo_de_cooperacao_tecnica_com_a_camara_dos_deputados_para_integrar_a_rede_legislativa_de_radio.pdf</t>
   </si>
   <si>
     <t>Que seja celebrado um acordo de cooperação técnica com a Câmara dos Deputados para integrar a Rede Legislativa de Rádio</t>
   </si>
   <si>
     <t>1603</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1603/ind_264-2021_jeziel_-_que_seja_enviado_um_projeto_reajustando_o_salario_dos_profissionais_de_enfermagem.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1603/ind_264-2021_jeziel_-_que_seja_enviado_um_projeto_reajustando_o_salario_dos_profissionais_de_enfermagem.pdf</t>
   </si>
   <si>
     <t>Que seja enviado um projeto reajustando o salário dos profissionais de enfermagem.</t>
   </si>
   <si>
     <t>1604</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1604/ind_265-2021_jeziel_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_para_que_o_poder_executivo_municipal_adquira_vacinas_contra_a_covid.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1604/ind_265-2021_jeziel_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_para_que_o_poder_executivo_municipal_adquira_vacinas_contra_a_covid.pdf</t>
   </si>
   <si>
     <t>Que seja devolvida a importância de R$ 200.000,00 (duzentos mil reais) para que o Poder Executivo Municipal adquira vacinas contra a Covid-19.</t>
   </si>
   <si>
     <t>1605</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1605/ind_266-2021_edijan_-_que_seja_saneado_e_calcado_o_logradouro_04_s6_q86_e_q_89_no_bairro_areal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1605/ind_266-2021_edijan_-_que_seja_saneado_e_calcado_o_logradouro_04_s6_q86_e_q_89_no_bairro_areal.pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o logradouro 04, S6, Q86 e Q 89, no bairro Areal.</t>
   </si>
   <si>
     <t>1606</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1606/ind_267-2021_maviael_-_que_sejam_doados_notebooks_para_todos_os_alunos_da_rede_municipal_com_internet_gratuita..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1606/ind_267-2021_maviael_-_que_sejam_doados_notebooks_para_todos_os_alunos_da_rede_municipal_com_internet_gratuita..pdf</t>
   </si>
   <si>
     <t>Que sejam doados notebooks para todos os alunos da rede municipal com internet gratuita.</t>
   </si>
   <si>
     <t>1607</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_268-2021_maviael_-_que_seja_devolvida_a_importancia_de_r_73.00000_setenta_e_tres_mil_reais_para_que_o_poder_executivo_municipal_adquira_equipamentos_par.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_268-2021_maviael_-_que_seja_devolvida_a_importancia_de_r_73.00000_setenta_e_tres_mil_reais_para_que_o_poder_executivo_municipal_adquira_equipamentos_par.pdf</t>
   </si>
   <si>
     <t>Que seja devolvida a importância de R$ 73.000,00 (setenta e três mil reais) para que o Poder Executivo Municipal adquira equipamentos para a Polícia Civil.</t>
   </si>
   <si>
     <t>1608</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1608/ind_269-2021_morica_-_que_seja_realizada_uma_operacao_tapa_buracos_em_toda_a_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1608/ind_269-2021_morica_-_que_seja_realizada_uma_operacao_tapa_buracos_em_toda_a_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja realizada uma operação tapa buracos em toda a cidade.</t>
   </si>
   <si>
     <t>1609</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1609/ind_270-2021_derivaldo_-_que_seja_construida_uma_escola_no_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1609/ind_270-2021_derivaldo_-_que_seja_construida_uma_escola_no_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma escola no bairro Antão.</t>
   </si>
   <si>
     <t>1610</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1610/ind_271-2021_rossana_-_que_seja_antecipado_50_cinquenta_por_cento_do_13o_salario_dos_servidores_publicos_da_prefeitura_municipal_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1610/ind_271-2021_rossana_-_que_seja_antecipado_50_cinquenta_por_cento_do_13o_salario_dos_servidores_publicos_da_prefeitura_municipal_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja antecipado 50% (cinquenta por cento) do 13º salário dos servidores públicos da Prefeitura Municipal de Toritama.</t>
   </si>
   <si>
     <t>1611</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_272-2021_rossana_-_que_sejam_construidas_duas_creches_uma_no_bairro_deus_e_fiel_e_uma_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_272-2021_rossana_-_que_sejam_construidas_duas_creches_uma_no_bairro_deus_e_fiel_e_uma_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que sejam construídas duas creches uma no bairro Deus é Fiel e uma no bairro Antão.</t>
   </si>
   <si>
     <t>1612</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1612/ind_273-2021_rossana_-_que_sejam_reformadas_as_escolas_edgar_torres_e_antonio_manoel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1612/ind_273-2021_rossana_-_que_sejam_reformadas_as_escolas_edgar_torres_e_antonio_manoel..pdf</t>
   </si>
   <si>
     <t>Que sejam reformadas as escolas Edgar Torres e Antônio Manoel.</t>
   </si>
   <si>
     <t>1613</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1613/ind_274-2021_jeziel_-_que_seja_construida_uma_escola_no_loteamento_colorado.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1613/ind_274-2021_jeziel_-_que_seja_construida_uma_escola_no_loteamento_colorado.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma escola no Loteamento Colorado.</t>
   </si>
   <si>
     <t>1614</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1614/ind_275-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_helena_josefa_da_silva_no_loteamento_novo_oriente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1614/ind_275-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_helena_josefa_da_silva_no_loteamento_novo_oriente..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Helena Josefa da Silva no Loteamento Novo Oriente.</t>
   </si>
   <si>
     <t>1615</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1615/ind_276-2021_ferreirinha_-_que_seja_construido_um_monumento_com_uma_fonte_na_pracinha_ao_lado_da_igreja_catolica_em_homenagem_o_padre_otto_sailer_primeiro_pa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1615/ind_276-2021_ferreirinha_-_que_seja_construido_um_monumento_com_uma_fonte_na_pracinha_ao_lado_da_igreja_catolica_em_homenagem_o_padre_otto_sailer_primeiro_pa.pdf</t>
   </si>
   <si>
     <t>Que seja construído um monumento com uma fonte, na pracinha ao lado da Igreja Católica, em homenagem  Padre Otto Sailer, primeiro padre da paróquia.</t>
   </si>
   <si>
     <t>1616</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1616/ind_277-2021_ferreirinha_-_que_seja_instalado_um_posto_do_inss_em_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1616/ind_277-2021_ferreirinha_-_que_seja_instalado_um_posto_do_inss_em_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um posto do INSS em Toritama.</t>
   </si>
   <si>
     <t>1617</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1617/ind_278-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_agentes_de_saude_e_de_endemias_kits_com_uniforme_equipamentos_de_protecao_individual_e_tablets.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1617/ind_278-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_agentes_de_saude_e_de_endemias_kits_com_uniforme_equipamentos_de_protecao_individual_e_tablets.pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos e distribuídos aos Agentes de Saúde e de Endemias kits com uniforme, equipamentos de proteção individual e tablets.</t>
   </si>
   <si>
     <t>1618</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1618/ind_279-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_garis_kits_com_uniforme_e_equipamentos_de_protecao_individual..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1618/ind_279-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_garis_kits_com_uniforme_e_equipamentos_de_protecao_individual..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos e distribuídos aos Garis kits com uniforme e equipamentos de proteção individual.</t>
   </si>
   <si>
     <t>1619</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1619/ind_280-2021_lolo_-_que_seja_saneado_e_calcado_o_loteamento_principe_da_paz.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1619/ind_280-2021_lolo_-_que_seja_saneado_e_calcado_o_loteamento_principe_da_paz.pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o Loteamento Príncipe da Paz.</t>
   </si>
   <si>
     <t>1628</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1628/ind_281-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_no_25_no_sitio_sao_joao_de_cima_onde_funcionou_a_escola_josefa_joaquina_menino_para_implantccao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1628/ind_281-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_no_25_no_sitio_sao_joao_de_cima_onde_funcionou_a_escola_josefa_joaquina_menino_para_implantccao.pdf</t>
   </si>
   <si>
     <t>Que seja reformado o prédio nº 25 no Sítio São João de cima, onde funcionou a Escola Josefa Joaquina Menino, para implantação de uma padaria_x000D_
 comunitária, e que seja adquirido um veículo exclusivo para distribuições de pães para as famílias de baixa renda em pontos estratégicos.</t>
   </si>
   <si>
     <t>1629</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1629/ind_282-2021_ze_neto_-_que_seja_criada_uma_escola_municipal_em_tempo_integral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1629/ind_282-2021_ze_neto_-_que_seja_criada_uma_escola_municipal_em_tempo_integral..pdf</t>
   </si>
   <si>
     <t>Que seja criada uma Escola Municipal em tempo integral.</t>
   </si>
   <si>
     <t>1630</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1630/ind_283-2021_maviael_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_as_isentando_ou_reduzindo_os_tributos_municipais_para_as_faccoes..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1630/ind_283-2021_maviael_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_as_isentando_ou_reduzindo_os_tributos_municipais_para_as_faccoes..pdf</t>
   </si>
   <si>
     <t>Que seja elaborado e enviado a esta Casa Legislativa um Projeto de Lei isentando ou reduzindo os tributos municipais para as facções.</t>
   </si>
   <si>
     <t>1631</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1631/ind_284-2021_maviael_-_que_sejam_fixadas_placas_com_os_nomes_das_ruas_da_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1631/ind_284-2021_maviael_-_que_sejam_fixadas_placas_com_os_nomes_das_ruas_da_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que sejam fixadas placas com os nomes das ruas da nossa cidade.</t>
   </si>
   <si>
     <t>1632</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1632/ind_285-2021_maviael_-__que_seja_elaborado_e_enviado_um_projeto_de_lei_criando_o_auxilio_gas_municipal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1632/ind_285-2021_maviael_-__que_seja_elaborado_e_enviado_um_projeto_de_lei_criando_o_auxilio_gas_municipal.pdf</t>
   </si>
   <si>
     <t>Que seja elaborado e enviado um projeto de lei criando o auxílio gás municipal.</t>
   </si>
   <si>
     <t>1636</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_286-2021_doutor_do_sao_joao_-_que_seja_implantado_o_portal_de_teleconsultas_medicas_com_as_seguintes_especialidades_no_inicio_pediatria_e_clinico_geral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_286-2021_doutor_do_sao_joao_-_que_seja_implantado_o_portal_de_teleconsultas_medicas_com_as_seguintes_especialidades_no_inicio_pediatria_e_clinico_geral..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o “Portal de Teleconsultas Médicas” com as seguintes especialidades, no início: Pediatria e Clínico Geral.</t>
   </si>
   <si>
     <t>1637</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1637/ind_287-2021_maviael_-_que_sejam_adquiridas_o2_maquinas_de_fumace_para_combater_as_muricocas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1637/ind_287-2021_maviael_-_que_sejam_adquiridas_o2_maquinas_de_fumace_para_combater_as_muricocas..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridas 02 máquinas de fumaçê para combater as Muriçoças.</t>
   </si>
   <si>
     <t>1638</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1638/ind_288-2021_maviael_-_que_seja_concluida_a_iluminacao_das_margens_da_br-104_da_pe-90..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1638/ind_288-2021_maviael_-_que_seja_concluida_a_iluminacao_das_margens_da_br-104_da_pe-90..pdf</t>
   </si>
   <si>
     <t>Que seja concluída a iluminação das margens da BR-104 da PE-90.</t>
   </si>
   <si>
     <t>1639</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1639/ind_289-2021_ferreirinha_-__que_seja_construida_uma_praca_no_largo_da_paz..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1639/ind_289-2021_ferreirinha_-__que_seja_construida_uma_praca_no_largo_da_paz..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça no Largo da Paz.</t>
   </si>
   <si>
     <t>1640</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1640/ind_290-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_restante_das_ruas_do_bairro_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1640/ind_290-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_restante_das_ruas_do_bairro_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento do restante das ruas do bairro Coqueiral.</t>
   </si>
   <si>
     <t>1641</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1641/ind_291-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_pe-90_ate_a_entrada_da_r._santa_monica.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1641/ind_291-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_pe-90_ate_a_entrada_da_r._santa_monica.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da PE-90 até a entrada da R. Santa Mônica.</t>
   </si>
   <si>
     <t>1642</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1642/ind_292-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_reajustando_o_salario_dos_tecnicos_em_radiologia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1642/ind_292-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_reajustando_o_salario_dos_tecnicos_em_radiologia..pdf</t>
   </si>
   <si>
     <t>Que seja enviado um projeto de lei reajustando o salário dos técnicos em radiologia.</t>
   </si>
   <si>
     <t>1643</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1643/ind_293-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_projetada_codigo_95000145_setor_9_quadra_62_no_loteamento_novo_oriente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1643/ind_293-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_projetada_codigo_95000145_setor_9_quadra_62_no_loteamento_novo_oriente..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Projetada, código 95000145, Setor 9, Quadra 62 no Loteamento Novo Oriente.</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1644/ind_300-2021_carol_-_que_seja_enviado_pelo_poder_executivo_projeto_de_lei_para_criacao_do_conselho_municipal_de_cultura..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1644/ind_300-2021_carol_-_que_seja_enviado_pelo_poder_executivo_projeto_de_lei_para_criacao_do_conselho_municipal_de_cultura..pdf</t>
   </si>
   <si>
     <t>Que seja enviado pelo Poder Executivo projeto de lei para criação do Conselho Municipal de Cultura.</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1645/ind_301-2021_carol_-_que_seja_fornecido_kit_escolar_com_material_didatico_bem_como_fardamento_completo_e_moletom_para_todos_os_alunos_da_rede_municipal_de_ensi.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1645/ind_301-2021_carol_-_que_seja_fornecido_kit_escolar_com_material_didatico_bem_como_fardamento_completo_e_moletom_para_todos_os_alunos_da_rede_municipal_de_ensi.pdf</t>
   </si>
   <si>
     <t>Que seja fornecido kit escolar com  material didático, bem como fardamento completo e moletom para todos os alunos da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1646/ind_302-2021_carol_-_que_se_proceda_a_pavimentacao_da_rua_projetada_1_proximo_a_lavanderia_ze_bezerra_no_bairro_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1646/ind_302-2021_carol_-_que_se_proceda_a_pavimentacao_da_rua_projetada_1_proximo_a_lavanderia_ze_bezerra_no_bairro_antao.pdf</t>
   </si>
   <si>
     <t>Que se proceda a pavimentação da Rua Projetada 1, próximo a Lavanderia Zé Bezerra, no bairro Antão.</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1648/ind_303-2021_rossana_-_que_seja_criada_na_delegacia_de_policia_civil_uma_sala_de_apoio_a_mulher_vitima_de_violencia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1648/ind_303-2021_rossana_-_que_seja_criada_na_delegacia_de_policia_civil_uma_sala_de_apoio_a_mulher_vitima_de_violencia..pdf</t>
   </si>
   <si>
     <t>Que seja criada na Delegacia de Polícia Civil uma sala de apoio à mulher vitima de violência.</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_304-2021_rossana_-_que_sejam_reformadas_a_ubs_e_a_escola_da_vila_sao_benedito..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_304-2021_rossana_-_que_sejam_reformadas_a_ubs_e_a_escola_da_vila_sao_benedito..pdf</t>
   </si>
   <si>
     <t>Que sejam reformadas a UBS e a Escola da Vila São Benedito.</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_305-2021_rossana_-_que_seja_elabora_um_projeto_de_lei_criando_o_conselho_municipal_de_defesa_dos_animais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_305-2021_rossana_-_que_seja_elabora_um_projeto_de_lei_criando_o_conselho_municipal_de_defesa_dos_animais..pdf</t>
   </si>
   <si>
     <t>Que seja elabora um Projeto de Lei criando o Conselho Municipal de Defesa dos Animais.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1651/ind_306-2021_lolo_-_que_seja_saneado_e_calcado_o_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1651/ind_306-2021_lolo_-_que_seja_saneado_e_calcado_o_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o Novo Coqueiral.</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1652/ind_307-2021_derivaldo_-_que_seja_feita_a_limpeza_das_margens_do_rio_capibaribe_e_dos_canais_a_cada_3_meses_bem_como_seja_intensificada_a_fiscalizacao_para_evi.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1652/ind_307-2021_derivaldo_-_que_seja_feita_a_limpeza_das_margens_do_rio_capibaribe_e_dos_canais_a_cada_3_meses_bem_como_seja_intensificada_a_fiscalizacao_para_evi.pdf</t>
   </si>
   <si>
     <t>Que seja feia à limpeza das margens do Rio Capibaribe e dos Canais a cada 3 meses, bem como seja intensificada a fiscalização para evitar depósito de lixo.</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1653/ind_308-2021_morica_-_que_seja_contratado_um_especialista_em_endocrinologista..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1653/ind_308-2021_morica_-_que_seja_contratado_um_especialista_em_endocrinologista..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um especialista em endocrinologista.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_309-2021_doutor_do_sao_joao_-_que_seja_colocado_um_semaforo_na_br-104_em_frente_ao_predio_da_prefeitura..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_309-2021_doutor_do_sao_joao_-_que_seja_colocado_um_semaforo_na_br-104_em_frente_ao_predio_da_prefeitura..pdf</t>
   </si>
   <si>
     <t>Que seja colocado um semáforo na BR-104 em frente ao prédio da Prefeitura.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_310-2021_ferreirinha_-_que_seja_construida_uma_pista_de_caminhada_e_ciclismo_da_br-104_ate_o_bairro_moria..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_310-2021_ferreirinha_-_que_seja_construida_uma_pista_de_caminhada_e_ciclismo_da_br-104_ate_o_bairro_moria..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma pista de caminhada e ciclismo da BR-104 até o bairro Moriá.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1656/ind_311-2021_ferreirinha_-_que_seja_feita_aquisicao_de_livros_e_criada_uma_biblioteca_publica_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1656/ind_311-2021_ferreirinha_-_que_seja_feita_aquisicao_de_livros_e_criada_uma_biblioteca_publica_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja feita aquisição de livros e criada uma biblioteca pública municipal.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1657/ind_312-2021_ferreirinha_-_que_seja_disponibilizada_uma_area_para_construcao_de_um_posto_do_inss.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1657/ind_312-2021_ferreirinha_-_que_seja_disponibilizada_uma_area_para_construcao_de_um_posto_do_inss.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizada uma área para construção de um posto do INSS.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1658/ind_313-2021_jeziel_-_que_seja_reformado_o_canal_do_beco_sao_paulo_no_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1658/ind_313-2021_jeziel_-_que_seja_reformado_o_canal_do_beco_sao_paulo_no_bairro_independente..pdf</t>
   </si>
   <si>
     <t>Que seja reformado o canal do beco São Paulo no bairro Independente.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1659/ind_314-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._olavo_bilac_no_bairro_planalto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1659/ind_314-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._olavo_bilac_no_bairro_planalto.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Olavo Bilac, no bairro Planalto.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1660/ind_315-2021_ze_neto_-_que_seja_oferecido_atendimento_psicologico_remoto_durante_o_periodo_da_pandemia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1660/ind_315-2021_ze_neto_-_que_seja_oferecido_atendimento_psicologico_remoto_durante_o_periodo_da_pandemia..pdf</t>
   </si>
   <si>
     <t>Que seja oferecido atendimento psicológico remoto durante o período da pandemia.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1661/ind_316-2021_ze_neto_-_que_apos_a_desativacao_do_hospital_de_campanha_seja_utilizado_o_predio_para_ampliacao_do_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1661/ind_316-2021_ze_neto_-_que_apos_a_desativacao_do_hospital_de_campanha_seja_utilizado_o_predio_para_ampliacao_do_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que após a desativação do hospital de campanha seja utilizado o prédio para ampliação do Hospital Municipal.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1662/ind_317-2021_edijan_-_que_seja_saneada_e_calcada_a_r._buique_no_bairro_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1662/ind_317-2021_edijan_-_que_seja_saneada_e_calcada_a_r._buique_no_bairro_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a r. Buíque no bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1663/ind_318-2021_derivaldo_-_que_sejam_retomadas_as_obras_do_estadio_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1663/ind_318-2021_derivaldo_-_que_sejam_retomadas_as_obras_do_estadio_municipal..pdf</t>
   </si>
   <si>
     <t>Que sejam retomadas as obras do estádio municipal.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1664/ind_319-2021_maviael_-_que_seja_construida_uma_sala_para_o_bloco_cirurgico_no_hospital_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1664/ind_319-2021_maviael_-_que_seja_construida_uma_sala_para_o_bloco_cirurgico_no_hospital_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma sala para o bloco cirúrgico no Hospital Municipal.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1672/ind_320-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_onde_funcionou_o_mercado_de_farinha_no_centro_da_cidade_para_funcionar_a_escola_jota_de_araujo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1672/ind_320-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_onde_funcionou_o_mercado_de_farinha_no_centro_da_cidade_para_funcionar_a_escola_jota_de_araujo..pdf</t>
   </si>
   <si>
     <t>Que seja reformado o prédio onde funcionou o mercado de farinha no centro da cidade para funcionar a Escola Jota de Araújo.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1673/ind_321-2021_rossana_-_que_sejam_instaladas_em_toda_a_cidade_lixeiras_para_coleta_seletiva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1673/ind_321-2021_rossana_-_que_sejam_instaladas_em_toda_a_cidade_lixeiras_para_coleta_seletiva.pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas em toda a cidade lixeiras para coleta seletiva.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1674/ind_322-2021_rossana_-_que_seja_criada_no_portal_da_transparencia_uma_area_exclusiva_no_para_os_conselho_municipais_contendo_informacoes_como_lei_de_criacao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1674/ind_322-2021_rossana_-_que_seja_criada_no_portal_da_transparencia_uma_area_exclusiva_no_para_os_conselho_municipais_contendo_informacoes_como_lei_de_criacao.pdf</t>
   </si>
   <si>
     <t>Que seja criada, no portal da transparência, uma área exclusiva no para os Conselho Municipais contendo informações como lei de criação, regimento interno, atas digitalizadas, representantes com foto, mandato e entidade que representam.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1675/ind_323-2021_ferreirinha_-_que_seja_criada_uma_agencia_do_emprego_em_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1675/ind_323-2021_ferreirinha_-_que_seja_criada_uma_agencia_do_emprego_em_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja criada uma agência do emprego em Toritama.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1676/ind_324-2021_ferreirinha_-_que_seja_feito_o_saneamento_dos_bairros_novo_coqueiral_izidio_tavares_loteamento_arlindo_campo_alegre_deus_e_fiel_el-shaday_tav.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1676/ind_324-2021_ferreirinha_-_que_seja_feito_o_saneamento_dos_bairros_novo_coqueiral_izidio_tavares_loteamento_arlindo_campo_alegre_deus_e_fiel_el-shaday_tav.pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento dos bairros Novo Coqueiral, Izídio Tavares, Loteamento Arlindo, Campo Alegre, Deus é Fiel, El-Shaday, Tavares Martins, Luar de Toritama e Loteamento Jairo de Aru.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1677/ind_325-2021_ferreirinha_-_que_seja_refeita_a_laje_do_canal_da_r._sao_joao_a_bueira_do_beco_sao_cosmo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1677/ind_325-2021_ferreirinha_-_que_seja_refeita_a_laje_do_canal_da_r._sao_joao_a_bueira_do_beco_sao_cosmo..pdf</t>
   </si>
   <si>
     <t>Que seja refeita a laje do canal da R. São João a bueira do beco São Cosmo.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1678/ind_326-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_do_coqueiro_04_de_outubro_e_av._joao_manoel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1678/ind_326-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_do_coqueiro_04_de_outubro_e_av._joao_manoel..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas do Coqueiro, 04 de Outubro e Av. João Manoel.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1679/ind_327-2021_morica_-_que_seja_contratado_especialista_em_cardiologia_para_o_municipio_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1679/ind_327-2021_morica_-_que_seja_contratado_especialista_em_cardiologia_para_o_municipio_de_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja contratado especialista em cardiologia para o município de Toritama.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1680/ind_328-2021_morica_-_que_seja_contratado_especialista_em_pediatria_para_o_municipio_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1680/ind_328-2021_morica_-_que_seja_contratado_especialista_em_pediatria_para_o_municipio_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja contratado especialista em pediatria para o município de Toritama.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1681/ind_329-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_emidia_julia_da_silva_e_antonio_dos_santos_no_loteamento_novo_oriente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1681/ind_329-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_emidia_julia_da_silva_e_antonio_dos_santos_no_loteamento_novo_oriente.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Emídia Júlia da Silva e Antônio dos Santos, no Loteamento Novo Oriente.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1682/ind_330-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_joao_manoel_da_silva_e_emidio_jordao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1682/ind_330-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_joao_manoel_da_silva_e_emidio_jordao..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas e instaladas lâmpadas de led nas ruas João Manoel da Silva e Emídio Jordão.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1693/ind_331-2021_maviael_-__que_seja_enviado_projeto_de_lei_cirando_o_adicional_noturno_para_os_servidores_municipais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1693/ind_331-2021_maviael_-__que_seja_enviado_projeto_de_lei_cirando_o_adicional_noturno_para_os_servidores_municipais..pdf</t>
   </si>
   <si>
     <t>Que seja enviado Projeto de Lei cirando o adicional noturno para os servidores municipais.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1694/ind_332-2021_maviael_-_que_seja_construido_um_teatro_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1694/ind_332-2021_maviael_-_que_seja_construido_um_teatro_municipal..pdf</t>
   </si>
   <si>
     <t>Que seja construído um teatro municipal.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1695/ind_333-2021_maviael_-_que_seja_feito_o_calcamento_da_rua_luiz_gonzaga_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1695/ind_333-2021_maviael_-_que_seja_feito_o_calcamento_da_rua_luiz_gonzaga_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da rua Luiz Gonzaga, bairro Planalto.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1683/ind_334-2021_jeziel_-_que_seja_feita_a_retirada_do_poste_na_rua_largo_da_paz..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1683/ind_334-2021_jeziel_-_que_seja_feita_a_retirada_do_poste_na_rua_largo_da_paz..pdf</t>
   </si>
   <si>
     <t>Que seja feita a retirada do poste na rua Largo da Paz.</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1684/ind_335-2021_jeziel_-_que_seja_instalado_um_relogio_com_temperatura_na_av._joao_manoel_da_silva_e_outro_no_trevo_da_ponte.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1684/ind_335-2021_jeziel_-_que_seja_instalado_um_relogio_com_temperatura_na_av._joao_manoel_da_silva_e_outro_no_trevo_da_ponte.pdf</t>
   </si>
   <si>
     <t>Que seja instalado um relógio com temperatura na Av. João Manoel da Silva e outro no trevo da ponte.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1685/ind_336-2021_jeziel_-_que_seja_criado_um_parque_ciclistico_para_criancas_no_loteamento_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1685/ind_336-2021_jeziel_-_que_seja_criado_um_parque_ciclistico_para_criancas_no_loteamento_colorado..pdf</t>
   </si>
   <si>
     <t>Que seja criado um parque ciclístico para crianças no Loteamento Colorado.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1686/ind_337-2021_carol_-_que_seja_realizada_campanha_de_vacinacao_contra_a_gripe_nas_areas_rurais_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1686/ind_337-2021_carol_-_que_seja_realizada_campanha_de_vacinacao_contra_a_gripe_nas_areas_rurais_de_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja realizada campanha de vacinação contra a gripe nas áreas rurais de Toritama.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1687/ind_338-2021_ferreirinha_-_que_seja_feito_um_busto_de_joao_amaro_do_nascimento_para_ser_colocado_na_estrada_do_sitio_sao_joao._1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1687/ind_338-2021_ferreirinha_-_que_seja_feito_um_busto_de_joao_amaro_do_nascimento_para_ser_colocado_na_estrada_do_sitio_sao_joao._1.pdf</t>
   </si>
   <si>
     <t>Que seja feito um busto de João Amaro do Nascimento para ser colocado na estrada do Sitio São João.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1696/ind_339-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_no_valentim_ii_e_que_sejam_instalados_os_corrimaos_das_duas_pontes_que_estao_prontas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1696/ind_339-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_no_valentim_ii_e_que_sejam_instalados_os_corrimaos_das_duas_pontes_que_estao_prontas..pdf</t>
   </si>
   <si>
     <t>Que sejam construídas duas pontes no Valentim II e que sejam instalados os corrimãos das duas pontes que estão prontas.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1697/ind_340-2021_ferreirinha_-_que_seja_feito_o_calcamento_dos_becos_sao_pedro_sao_paulo_sete_de_setembro_e_santos_dumont_no_bairro_independente.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1697/ind_340-2021_ferreirinha_-_que_seja_feito_o_calcamento_dos_becos_sao_pedro_sao_paulo_sete_de_setembro_e_santos_dumont_no_bairro_independente.pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento dos becos São Pedro, São Paulo, Sete de Setembro e Santos Dumont, no bairro Independente.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1698/ind_341-2021_ferreirinha_-_que_seja_reformada_a_escola_antonio_manoel_no_centro_e_a_escola_da_vila_sao_benedito.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1698/ind_341-2021_ferreirinha_-_que_seja_reformada_a_escola_antonio_manoel_no_centro_e_a_escola_da_vila_sao_benedito.pdf</t>
   </si>
   <si>
     <t>Que seja reformada a escola Antônio Manoel, no Centro, e a escola da Vila São Benedito.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1700/ind_342-2021_rossana_-_que_seja_saneada_e_calcada_a_avenida_chico_xavier..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1700/ind_342-2021_rossana_-_que_seja_saneada_e_calcada_a_avenida_chico_xavier..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a Avenida Chico Xavier.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1701/ind_343-2021_ferreirinha_-_que_seja_feito_o_saneamento_e_o_calcamento_da_r._monteiro_lobato_no_areal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1701/ind_343-2021_ferreirinha_-_que_seja_feito_o_saneamento_e_o_calcamento_da_r._monteiro_lobato_no_areal..pdf</t>
   </si>
   <si>
     <t>Que seja feito o saneamento e o calçamento da R. Monteiro Lobato, no Areal.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1702/ind_344-2021_ferreirinha_-_que_seja_feita_uma_mini_praca_no_largo_paz_em_frente_a_biu_da_venda..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1702/ind_344-2021_ferreirinha_-_que_seja_feita_uma_mini_praca_no_largo_paz_em_frente_a_biu_da_venda..pdf</t>
   </si>
   <si>
     <t>Que seja feita uma mini praça no Largo Paz, em frente a Biu da Venda.</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1703/ind_345-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_neuza_dulce_costa_e_joao_antonio_de_moura_no_loteamento_novo_oriente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1703/ind_345-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_neuza_dulce_costa_e_joao_antonio_de_moura_no_loteamento_novo_oriente..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Neuza Dulce Costa e João Antônio de Moura no Loteamento Novo Oriente.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1704/ind_348-2021_maviael_-_que_seja_criado_o_programa_da_casa_propria_toritamense..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1704/ind_348-2021_maviael_-_que_seja_criado_o_programa_da_casa_propria_toritamense..pdf</t>
   </si>
   <si>
     <t>Que seja criado o Programa da Casa Própria Toritamense.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1705/ind_349-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_r_creudo_rodrigues_e_do_beco_do_senhor_enoque_na_mesma_rua..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1705/ind_349-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_r_creudo_rodrigues_e_do_beco_do_senhor_enoque_na_mesma_rua..pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento da R. Creudo Rodrigues e do Beco do senhor Enoque, na mesma rua.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1708/ind_350-2021_maviael_-_que_seja_construido_o_polo_industrial_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1708/ind_350-2021_maviael_-_que_seja_construido_o_polo_industrial_de_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja construído o polo industrial de Toritama.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1709/ind_351-2021_marli_-_que_seja_implantado_o_protocolo_para_pacientes_com_dores_extremas_o_cancer..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1709/ind_351-2021_marli_-_que_seja_implantado_o_protocolo_para_pacientes_com_dores_extremas_o_cancer..pdf</t>
   </si>
   <si>
     <t>Que seja implantado o “Protocolo para pacientes com dores extremas (Câncer)”.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1710/ind_352-2021_marli_-_que_seja_adquirido_um_aparelho_de_mamografia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1710/ind_352-2021_marli_-_que_seja_adquirido_um_aparelho_de_mamografia..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um aparelho de mamografia.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1711/ind_353-2021_ferreirinha_-_que_seja_calcada_a_rua_castro_alves_conhecida_como_rua_das_caibeiras_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1711/ind_353-2021_ferreirinha_-_que_seja_calcada_a_rua_castro_alves_conhecida_como_rua_das_caibeiras_bairro_independente..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a rua Castro Alves (conhecida como rua das Caibeiras), bairro Independente.</t>
   </si>
   <si>
     <t>1712</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1712/ind_354-2021_ferreirinha_-_que_seja_calcada_a_rua_alto_da_saudade_e_complementar_o_calcamento_da_rua_das_acacias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1712/ind_354-2021_ferreirinha_-_que_seja_calcada_a_rua_alto_da_saudade_e_complementar_o_calcamento_da_rua_das_acacias..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a rua Alto da Saudade e complementar o calçamento da rua das Acácias.</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1713/ind_355-2021_edijan_-_que_seja_asfaltada_a_r._maestro_antonio_rufino_e_sua_travessa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1713/ind_355-2021_edijan_-_que_seja_asfaltada_a_r._maestro_antonio_rufino_e_sua_travessa..pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a R. Maestro Antônio Rufino e sua Travessa.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1714/ind_356-2021_edijan_-__que_seja_asfaltada_a_r._padre_jose_aragao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1714/ind_356-2021_edijan_-__que_seja_asfaltada_a_r._padre_jose_aragao.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a R. Padre José Aragão.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1715/ind_357-2021_maviael_-_que_seja_construido_um_parque_para_as_criancas_e_seja_denominado_brincando_crianca..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1715/ind_357-2021_maviael_-_que_seja_construido_um_parque_para_as_criancas_e_seja_denominado_brincando_crianca..pdf</t>
   </si>
   <si>
     <t>Que seja construído um Parque para as crianças e seja denominado "brincando criança”.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1716/ind_358-2021_maviael_-_que_seja_pago_o_adicional_noturno_aos_funcionarios_publicos_do_municipio_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1716/ind_358-2021_maviael_-_que_seja_pago_o_adicional_noturno_aos_funcionarios_publicos_do_municipio_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja pago o adicional noturno aos funcionários públicos do município de Toritama.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1721/ind_359-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_bairro_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1721/ind_359-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_bairro_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja concluído o calçamento do bairro Coqueiral.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1722/ind_360-2021_lolo_-_que_seja_asfaltada_a_r._mariano_manoel_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1722/ind_360-2021_lolo_-_que_seja_asfaltada_a_r._mariano_manoel_da_silva.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a R. Mariano Manoel da Silva.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1723/ind_361-2021_ze_neto_-_que_seja_colocado_um_refletor_no_ponto_de_carros_para_santa_cruz_do_capibaribe_na_algaroba_em_frente_ao_cemiterio.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1723/ind_361-2021_ze_neto_-_que_seja_colocado_um_refletor_no_ponto_de_carros_para_santa_cruz_do_capibaribe_na_algaroba_em_frente_ao_cemiterio.pdf</t>
   </si>
   <si>
     <t>Que seja colocado um refletor no ponto de carros para Santa Cruz do Capibaribe na algaroba em frente ao cemitério.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1724/ind_362-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_codigo_do_logradouro_588_s_04_on_quadra_221_e_233_ao_lado_do_cras_no_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1724/ind_362-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_codigo_do_logradouro_588_s_04_on_quadra_221_e_233_ao_lado_do_cras_no_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Projetada, código do logradouro 588, S 04, quadra 221 e 233, ao lado do CRAS no bairro Planalto.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1725/ind_363-2021_maviael_-_que_seja_construido_um_abrigo_de_passageiros_na_entrada_do_sitio_mangas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1725/ind_363-2021_maviael_-_que_seja_construido_um_abrigo_de_passageiros_na_entrada_do_sitio_mangas..pdf</t>
   </si>
   <si>
     <t>Que seja construído um abrigo de passageiros na entrada do Sítio Mangas.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1726/ind_364-2022_maviael_-_que_seja_feita_a_mudanca_dos_postes_da_r._henrique_tavares_para_melhorar_a_mobilidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1726/ind_364-2022_maviael_-_que_seja_feita_a_mudanca_dos_postes_da_r._henrique_tavares_para_melhorar_a_mobilidade..pdf</t>
   </si>
   <si>
     <t>Que seja feita a mudança dos postes da R. Henrique Tavares, para melhorar a mobilidade.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1727/ind_365-2021_rossana_-_que_sejam_asfaltadas_as_ruas_manoel_borba_e_largo_da_paz_no_centro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1727/ind_365-2021_rossana_-_que_sejam_asfaltadas_as_ruas_manoel_borba_e_largo_da_paz_no_centro.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas Manoel Borba e Largo da Paz, no Centro.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1728/ind_366-2021_ferreirinha_-_que_seja_construida_uma_escola_de_tempo_integral_no_terreno_ao_lado_da_ubs_do_deus_e_fiel_e_que_seja_nomeada_maria_dos_anjos_tavares_de_lima.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1728/ind_366-2021_ferreirinha_-_que_seja_construida_uma_escola_de_tempo_integral_no_terreno_ao_lado_da_ubs_do_deus_e_fiel_e_que_seja_nomeada_maria_dos_anjos_tavares_de_lima.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma escola de tempo integral no terreno ao lado da UBS do Deus é Fiel e que seja nomeada Maria dos Anjos Tavares de Lima.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1729/ind_367-2021_ferreirinha_-_que_seja_construido_um_novo_hospital_municipal_no_loteamento_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1729/ind_367-2021_ferreirinha_-_que_seja_construido_um_novo_hospital_municipal_no_loteamento_colorado..pdf</t>
   </si>
   <si>
     <t>Que seja construído um novo hospital municipal no Loteamento Colorado.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1730/ind_368-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._maria_das_neves_de_souza_lima_e_as_ruas_a_euclides_pereira_da_silva_maria_josefa_da_silva_amaro_raimund.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1730/ind_368-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._maria_das_neves_de_souza_lima_e_as_ruas_a_euclides_pereira_da_silva_maria_josefa_da_silva_amaro_raimund.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas a Av. Maria das Neves de Souza Lima e as ruas Euclides Pereira da Silva, Maria Josefa da Silva, Amaro Raimundo da Silva, Maria Izabel da Conceição, Antônio Avelino da Silva e José Agostinho dos Santos no Loteamento Campo Alegre.</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1731/ind_369-2021_doutor_do_sao_joao_-_que_seja_aumentada_de_3_para_6_metros_o_beco_manoel_borba_usando_3_o_metros_da_lateral_da_escola_antonio_manoel_e_seja_aumentado_o_te.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1731/ind_369-2021_doutor_do_sao_joao_-_que_seja_aumentada_de_3_para_6_metros_o_beco_manoel_borba_usando_3_o_metros_da_lateral_da_escola_antonio_manoel_e_seja_aumentado_o_te.pdf</t>
   </si>
   <si>
     <t>Que seja aumentada de 3 para 6 metros o beco Manoel Borba, usando 3 metros da lateral da Escola Antônio Manoel; e seja aumentado o terreno da escola usando terreno da frente para construir o anexo da APAE com salas de aula e piscina para hidroterapia e aulas de natação.</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1732/ind_370-2021_lolo_-_que_seja_saneada_e_calcada_a_rua_ribeirao_no_bairro_do_deus_e_fiel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1732/ind_370-2021_lolo_-_que_seja_saneada_e_calcada_a_rua_ribeirao_no_bairro_do_deus_e_fiel..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Ribeirão no bairro do Deus é Fiel.</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1735/ind_371-2021_rossana_-_que_seja_construida_uma_praca_no_bairro_planalto_proximo_a_rua_das_acacias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1735/ind_371-2021_rossana_-_que_seja_construida_uma_praca_no_bairro_planalto_proximo_a_rua_das_acacias..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça no bairro Planalto, próximo à rua das Acácias.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1736/ind_372-2021_rossana_-_que_seja_asfaltada_a_rua_galdino_bezerra..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1736/ind_372-2021_rossana_-_que_seja_asfaltada_a_rua_galdino_bezerra..pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a rua Galdino Bezerra.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1737/ind_373-2021_rossana_-_que_seja_desobstruida_a_rua_projetada_por_tras_do_postinho_do_antao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1737/ind_373-2021_rossana_-_que_seja_desobstruida_a_rua_projetada_por_tras_do_postinho_do_antao.pdf</t>
   </si>
   <si>
     <t>Que seja desobstruída a rua projetada por trás do postinho do Antão.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1738/ind_374-2021_ze_neto_-_que_seja_adquirido_um_onibus_para_atender_aos_usuarios_do_tfd..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1738/ind_374-2021_ze_neto_-_que_seja_adquirido_um_onibus_para_atender_aos_usuarios_do_tfd..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um ônibus para atender aos usuários do TFD.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1739/ind_375-2021_ze_neto_-_que_sejam_feitos_reparos_no_asfalto_nas_ruas_cleto_campelo_capitao_joao_dos_santos_siqueira_campos_e_boa_vista_em_fazenda_velha..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1739/ind_375-2021_ze_neto_-_que_sejam_feitos_reparos_no_asfalto_nas_ruas_cleto_campelo_capitao_joao_dos_santos_siqueira_campos_e_boa_vista_em_fazenda_velha..pdf</t>
   </si>
   <si>
     <t>Que sejam feitos reparos no asfalto nas ruas Cleto Campelo, Capitão João dos Santos, Siqueira Campos e Boa Vista em Fazenda Velha.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1740/ind_376-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_panama_colombia_buique_italia_o_recife_franca_alemanha_inglaterra_canada_e_fran_a_travessa_colo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1740/ind_376-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_panama_colombia_buique_italia_o_recife_franca_alemanha_inglaterra_canada_e_fran_a_travessa_colo.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as Ruas Panamá, Colômbia, Buíque, Itália, Recife, França, Alemanha, Inglaterra, Canadá e Fran; a Travessa Colômbia; e as 1ª e 2ª Travessas Recife no bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1741/ind_377-2021_ferreirinha_-_que_seja_construida_uma_praca_entre_a_rua_sao_soares_e_a_rua_do_canal_na_cohab_duas_pracas_na_rua_israel_ao_lado_da_rf_construcao_e_uma_entr.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1741/ind_377-2021_ferreirinha_-_que_seja_construida_uma_praca_entre_a_rua_sao_soares_e_a_rua_do_canal_na_cohab_duas_pracas_na_rua_israel_ao_lado_da_rf_construcao_e_uma_entr.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma praça entre a rua São Soares e a rua do Canal na Cohab; duas praças na rua Israel ao lado da RF Construção; e uma entre a rua Alfredo Feitosa e a rua das Acácias.</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1742/ind_378-2021_jeziel_-_que_seja_adquirido_um_veiculo_para_a_atencao_basica_de_saude..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1742/ind_378-2021_jeziel_-_que_seja_adquirido_um_veiculo_para_a_atencao_basica_de_saude..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um veículo para a atenção básica de saúde.</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1743/ind_379-2021_jeziel_-_que_seja_feito_o_recapeamento_da_travessa_manoel_tenorio_conhecido_como_beco_de_adjar..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1743/ind_379-2021_jeziel_-_que_seja_feito_o_recapeamento_da_travessa_manoel_tenorio_conhecido_como_beco_de_adjar..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento da travessa Manoel Tenório (conhecido como beco de Adjar).</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1744/ind_380-2021_maviael_-_que_seja_encaminhado_projeto_de_lei_com_a_denominacao_dos_bairros..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1744/ind_380-2021_maviael_-_que_seja_encaminhado_projeto_de_lei_com_a_denominacao_dos_bairros..pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado projeto de lei com a denominação dos bairros.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1745/ind_381-2021_maviael_-_que_sejam_adquiridos_um_caminhao_cacamba_e_uma_maquina_o_escavadeira_para_a_secretaria_de_obras..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1745/ind_381-2021_maviael_-_que_sejam_adquiridos_um_caminhao_cacamba_e_uma_maquina_o_escavadeira_para_a_secretaria_de_obras..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos um caminhão caçamba e uma máquina escavadeira para a Secretaria de Obras.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1746/ind_382-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_sobre_o_riacho_dos_canudos_na_via_o_que_da_acesso_a_r._luiz_bertulino_e_na_rua_em_seguida..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1746/ind_382-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_sobre_o_riacho_dos_canudos_na_via_o_que_da_acesso_a_r._luiz_bertulino_e_na_rua_em_seguida..pdf</t>
   </si>
   <si>
     <t>Que sejam construídas duas pontes sobre o Riacho dos Canudos na via que dá acesso à R. Luiz Bertulino e na rua em seguida.</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1747/ind_383-2021_ze_neto_-_que_seja_encaminhado_projeto_de_lei_que_institui_o_programa_municipal_de_capacitacao_e_subsidio_de_professores_do_municipio_de_toritama_-_pe_conf.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1747/ind_383-2021_ze_neto_-_que_seja_encaminhado_projeto_de_lei_que_institui_o_programa_municipal_de_capacitacao_e_subsidio_de_professores_do_municipio_de_toritama_-_pe_conf.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado projeto de lei que institui o Programa Municipal de Capacitação e Subsídio de Professores do Município de Toritama - PE, conforme anexo.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1762/ind_384-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_abilio_floro_e_geronimo_celestino_de_lima..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1762/ind_384-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_abilio_floro_e_geronimo_celestino_de_lima..pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas e instaladas lâmpadas de led nas ruas Abílio Floro e Gerônimo Celestino de Lima.</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1763/ind_385-2021_lolo_-_que_seja_asfaltada_a_r._joao_jose_de_melo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1763/ind_385-2021_lolo_-_que_seja_asfaltada_a_r._joao_jose_de_melo.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a r. João José de Melo.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1764/ind_386-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_concedendo_descontos_e_isencoes_de_tributos_a_pessoas_com_deficiencia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1764/ind_386-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_concedendo_descontos_e_isencoes_de_tributos_a_pessoas_com_deficiencia..pdf</t>
   </si>
   <si>
     <t>Que seja enviado um projeto de lei concedendo descontos e isenções de tributos a pessoas com deficiência.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1765/ind_387-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_loteamento_de_jairo_de_aru..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1765/ind_387-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_loteamento_de_jairo_de_aru..pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado o Loteamento de Jairo de Aru.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1766/ind_388-2021_ferreirinha_-_que_seja_calcada_a_trav._lindines..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1766/ind_388-2021_ferreirinha_-_que_seja_calcada_a_trav._lindines..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a Trav. Lindinês.</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/</t>
+    <t>http://sapl.toritama.pe.leg.br/media/</t>
   </si>
   <si>
     <t>Que seja construída uma quadra poliesportiva entre os bairros Antão, Valentim e Jairo de Aru.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1768/ind_390-2021_ferreirinha_-_que_seja_feito_um_parque_ecologico_em_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1768/ind_390-2021_ferreirinha_-_que_seja_feito_um_parque_ecologico_em_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja feito um parque ecológico em nossa cidade.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1769/ind_391-2021_maviael_-_que_seja_construida_uma_passagem_molhada_nas_proximidades_da_m_lavanderia_de_painha_atraves_do_rio_capibaribe_ate_a_vila_canaa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1769/ind_391-2021_maviael_-_que_seja_construida_uma_passagem_molhada_nas_proximidades_da_m_lavanderia_de_painha_atraves_do_rio_capibaribe_ate_a_vila_canaa..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma passagem molhada nas proximidades da lavanderia de Painha através do Rio Capibaribe até a Vila Canaã.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1770/ind_392-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._maragogi_no_bairro_planalto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1770/ind_392-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._maragogi_no_bairro_planalto.pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Maragogi no bairro Planalto.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1771/ind_393-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._princesa_izabel_no_bairro_planalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1771/ind_393-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._princesa_izabel_no_bairro_planalto..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a R. Princesa Izabel no bairro Planalto.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1789/ind_394-2021_rossana_-_que_seja_criada_na_nova_delegacia_uma_sala_especializada_para_atendimento_a_vitimas_criancas_e_adolescentes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1789/ind_394-2021_rossana_-_que_seja_criada_na_nova_delegacia_uma_sala_especializada_para_atendimento_a_vitimas_criancas_e_adolescentes.pdf</t>
   </si>
   <si>
     <t>Que seja criada, na nova delegacia, uma sala especializada para atendimento a vítimas crianças e adolescentes.</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1790/ind_395-2021_rossana_-_que_sejam_instaladas_cameras_de_seguranca_nos_principais_pontos_da_cidade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1790/ind_395-2021_rossana_-_que_sejam_instaladas_cameras_de_seguranca_nos_principais_pontos_da_cidade.pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas câmeras de segurança nos principais pontos da cidade.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1791/ind_396-2021_rossana_-_que_seja_criado_um_teatro_municipal_juntamente_com_um_espaco_que_apresente_a_historia_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1791/ind_396-2021_rossana_-_que_seja_criado_um_teatro_municipal_juntamente_com_um_espaco_que_apresente_a_historia_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja criado um Teatro Municipal juntamente com um espaço que apresente a história de Toritama.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1792/ind_397-2021_edijan_-_que_seja_construido_um_psf_no_bairro_novo_coqueiral_com_consultorio_odontologico.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1792/ind_397-2021_edijan_-_que_seja_construido_um_psf_no_bairro_novo_coqueiral_com_consultorio_odontologico.pdf</t>
   </si>
   <si>
     <t>Que seja construído um PSF no bairro Novo Coqueiral com consultório odontológico.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1793/ind_398-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_criando_o_conselho_municipal_da_cultura.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1793/ind_398-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_criando_o_conselho_municipal_da_cultura.pdf</t>
   </si>
   <si>
     <t>Que seja enviado um projeto de lei criando o Conselho Municipal da Cultura.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1794/ind_399-2021_ferreirinha_-_que_seja_contratado_um_psicologo_para_a_secretaria_de_educacao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1794/ind_399-2021_ferreirinha_-_que_seja_contratado_um_psicologo_para_a_secretaria_de_educacao..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um psicólogo para a Secretaria de Educação.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1795/ind_400-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_sil.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1795/ind_400-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_sil.pdf</t>
   </si>
   <si>
     <t>Que sejam feitos o saneamento e o calçamento das Ruas Francisca Bezerra do Nascimento, Manoel Henrique Tavares e José Caetano da Silva no Bairro Novo Oriente.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1796/ind_401-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_vila_da_serra_do_costa_e_o_sitio_mangas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1796/ind_401-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_vila_da_serra_do_costa_e_o_sitio_mangas..pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas a Vila da Serra do Costa e o Sitio Mangas.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1797/ind_402-2021_ferreirinha_-_que_seja_saneado_e_calcado_todo_o_bairro_deus_e_fiel_3.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1797/ind_402-2021_ferreirinha_-_que_seja_saneado_e_calcado_todo_o_bairro_deus_e_fiel_3.pdf</t>
   </si>
   <si>
     <t>Que seja saneado e calçado todo o bairro Deus é Fiel 3.</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1798/ind_403-2021_jeziel_-_que_seja_construida_uma_ubs_o_loteamento_izidio_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1798/ind_403-2021_jeziel_-_que_seja_construida_uma_ubs_o_loteamento_izidio_tavares..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma UBS o Loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1799/ind_404-2021_jeziel_-_que_seja_construido_um_chafariz_no_loteamento_izidio_tavares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1799/ind_404-2021_jeziel_-_que_seja_construido_um_chafariz_no_loteamento_izidio_tavares.pdf</t>
   </si>
   <si>
     <t>Que seja construído um chafariz no loteamento Izidio Tavares.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1800/ind_405-2021_morica_-_que_o_antigo_mercado_publico_seja_transformado_em_um_tetro_municipal_e_seja_nomeado_de_prefeito_nelson_caetano_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1800/ind_405-2021_morica_-_que_o_antigo_mercado_publico_seja_transformado_em_um_tetro_municipal_e_seja_nomeado_de_prefeito_nelson_caetano_da_silva.pdf</t>
   </si>
   <si>
     <t>Que o antigo Mercado Público seja transformado em um Tetro Municipal e seja nomeado de Prefeito Nelson Caetano da Silva.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1801/ind_406-2021_maviael_-_que_sejam_refeitas_as_sinalizacoes_horizontal_e_vertical_do_trevo_da_br-104_com_a_pe-90.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1801/ind_406-2021_maviael_-_que_sejam_refeitas_as_sinalizacoes_horizontal_e_vertical_do_trevo_da_br-104_com_a_pe-90.pdf</t>
   </si>
   <si>
     <t>Que sejam refeitas as sinalizações horizontal e vertical do trevo da BR-104 com a PE-90.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1802/ind_407-2021_maviael_-_que_seja_implantada_uma_lombada_eletronica_na_br-104_na_area_urbana_da_cidade_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1802/ind_407-2021_maviael_-_que_seja_implantada_uma_lombada_eletronica_na_br-104_na_area_urbana_da_cidade_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja implantada uma lombada eletrônica na BR-104, na área urbana da cidade de Toritama.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1803/ind_408-2021_maviael_-_que_seja_feito_um_estacionamento_por_tras_do_parque_das_feiras_na_area_verde_do_loteamento_fulo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1803/ind_408-2021_maviael_-_que_seja_feito_um_estacionamento_por_tras_do_parque_das_feiras_na_area_verde_do_loteamento_fulo..pdf</t>
   </si>
   <si>
     <t>Que seja feito um estacionamento por trás do Parque das Feiras na área verde do Loteamento Fuló.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1804/ind_409-2021_maviael_-_que_seja_construida_uma_nova_escola_no_sitio_mangas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1804/ind_409-2021_maviael_-_que_seja_construida_uma_nova_escola_no_sitio_mangas..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma nova escola no Sítio Mangas.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1805/ind_410-2021_doutor_do_sao_joao_-_que_seja_criada_a_rede_do_bem_para_integrar_todo_sistema_de_saude_do_municipio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1805/ind_410-2021_doutor_do_sao_joao_-_que_seja_criada_a_rede_do_bem_para_integrar_todo_sistema_de_saude_do_municipio..pdf</t>
   </si>
   <si>
     <t>Que seja criada a “Rede do Bem" para integrar todo sistema de saúde do município.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1859/ind_411-2021_birino_-_que_seja_construida_em_parceria_com_a_prefeitura_de_caruaru_uma_passagem_o_molhada_no_beco_que_liga_o_areal_a_vila_canaa_com_largura_su.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1859/ind_411-2021_birino_-_que_seja_construida_em_parceria_com_a_prefeitura_de_caruaru_uma_passagem_o_molhada_no_beco_que_liga_o_areal_a_vila_canaa_com_largura_su.pdf</t>
   </si>
   <si>
     <t>Que seja construída, em parceria com a Prefeitura de Caruaru, uma passagem molhada no beco que liga o Areal à Vila Canaã com largura suficiente para tráfego de veículos.</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1809/ind_412-2021_doutor_do_sao_joao_-_que_seja_construida_uma_estacao_de_energia_solar_usando_parte_do_terreno_do_antigo_lixao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1809/ind_412-2021_doutor_do_sao_joao_-_que_seja_construida_uma_estacao_de_energia_solar_usando_parte_do_terreno_do_antigo_lixao.pdf</t>
   </si>
   <si>
     <t>Que seja construída uma estação de energia solar, usando parte do terreno do antigo lixão.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1810/ind_413-2021_doutor_do_sao_joao_-_que_seja_criada_a_moeda_verde_cidade_limpa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1810/ind_413-2021_doutor_do_sao_joao_-_que_seja_criada_a_moeda_verde_cidade_limpa..pdf</t>
   </si>
   <si>
     <t>Que seja criada a moeda verde cidade limpa.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1811/ind_414-2021_maviael_-_que_seja_contratado_um_assistente_social_para_o_hospital_nossa_senhora_de_fatima..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1811/ind_414-2021_maviael_-_que_seja_contratado_um_assistente_social_para_o_hospital_nossa_senhora_de_fatima..pdf</t>
   </si>
   <si>
     <t>Que seja contratado um assistente social para o Hospital Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1812/ind_415-2021_ferreirinha_-_que_sejam_colocadas_as_luminarias_dos_30_postes_do_loteamento_de_jairo_de_aru..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1812/ind_415-2021_ferreirinha_-_que_sejam_colocadas_as_luminarias_dos_30_postes_do_loteamento_de_jairo_de_aru..pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas as luminárias dos 30 postes do loteamento de Jairo de Aru.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1813/ind_416-2021_ferreirinha_-_que_seja_criada_uma_oficina_de_corte_e_costura_na_nossa_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1813/ind_416-2021_ferreirinha_-_que_seja_criada_uma_oficina_de_corte_e_costura_na_nossa_cidade..pdf</t>
   </si>
   <si>
     <t>Que seja criada uma oficina de corte e costura na nossa cidade.</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1814/ind_417-2021_ferreirinha_-_que_seja_colocada_a_iluminacao_e_o_corrimao_das_pontes_do_valentim_e_do_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1814/ind_417-2021_ferreirinha_-_que_seja_colocada_a_iluminacao_e_o_corrimao_das_pontes_do_valentim_e_do_antao..pdf</t>
   </si>
   <si>
     <t>Que seja colocada a iluminação e o corrimão das pontes do Valentim e do Antão.</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1815/ind_418-2021_ferreirinha_-_que_seja_feito_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ao_posto_de_gasolina_da_feira_de_frutas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1815/ind_418-2021_ferreirinha_-_que_seja_feito_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ao_posto_de_gasolina_da_feira_de_frutas..pdf</t>
   </si>
   <si>
     <t>Que seja feito complemento do calçamento da R. José Ferreira da Silva ao posto de Gasolina da feira de frutas.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1816/ind_419-2021_ferreirinha_-_que_sejam_refeita_a_laje_do_canal_do_bairro_do_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1816/ind_419-2021_ferreirinha_-_que_sejam_refeita_a_laje_do_canal_do_bairro_do_independente..pdf</t>
   </si>
   <si>
     <t>Que sejam refeita a laje do canal do bairro do independente.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1817/ind_420-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_r._luiz_jose_de_sa_proximo_ao_campo_de_demir_no_bairro_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1817/ind_420-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_r._luiz_jose_de_sa_proximo_ao_campo_de_demir_no_bairro_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja feito o calçamento da R. Luiz José de Sá, próximo ao campo de Demir no bairro Novo Coqueiral.</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1818/ind_421-2021_lolo_-_que_sejam_reformas_todas_as_pracas_do_bairro_deus_e_fiel..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1818/ind_421-2021_lolo_-_que_sejam_reformas_todas_as_pracas_do_bairro_deus_e_fiel..pdf</t>
   </si>
   <si>
     <t>Que sejam reformas todas as praças do bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1819/ind_422-2021_maviael_-_que_seja_adquirido_um_onibus_para_fazer_transporte_de_cidadaos_para_eventos_religiosos_e_atletas_para_eventos_esportivos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1819/ind_422-2021_maviael_-_que_seja_adquirido_um_onibus_para_fazer_transporte_de_cidadaos_para_eventos_religiosos_e_atletas_para_eventos_esportivos..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um ônibus para fazer transporte de cidadãos para eventos religiosos e atletas para eventos esportivos.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1820/ind_423-2021_maviael_-_que_sejam_colocadas_lixeiras_nas_ruas_e_no_entorno_do_parque_das_feiras..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1820/ind_423-2021_maviael_-_que_sejam_colocadas_lixeiras_nas_ruas_e_no_entorno_do_parque_das_feiras..pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas lixeiras nas ruas e no entorno do Parque das Feiras.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1841/ind_426-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_instituindo_um_calendario_anual_das_feiras_do_jeans_e_de_frutas_e_verduras_bem_como_da_coleta_do_lixo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1841/ind_426-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_instituindo_um_calendario_anual_das_feiras_do_jeans_e_de_frutas_e_verduras_bem_como_da_coleta_do_lixo.pdf</t>
   </si>
   <si>
     <t>Que seja enviado um Projeto de Lei instituindo um calendário anual das feiras do jeans e de frutas e verduras, bem como da coleta do lixo.</t>
   </si>
   <si>
     <t>1840</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1840/ind_427-2021_maviael_-_que_sejam_instaladas_mesas_de_futemesa_nas_pracas_dos_bairros..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1840/ind_427-2021_maviael_-_que_sejam_instaladas_mesas_de_futemesa_nas_pracas_dos_bairros..pdf</t>
   </si>
   <si>
     <t>Que sejam instaladas mesas de futemesa nas praças dos bairros.</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1839/ind_428-2021_maviael_-_que_seja_retomado_o_viva_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1839/ind_428-2021_maviael_-_que_seja_retomado_o_viva_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja retomado o “Viva Toritama”.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1838/ind_429-2021_maviael_-_que_seja_calcada_a_r._maria_do_socorro_no_bairro_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1838/ind_429-2021_maviael_-_que_seja_calcada_a_r._maria_do_socorro_no_bairro_coqueiral..pdf</t>
   </si>
   <si>
     <t>Que seja calçada a R. Maria do Socorro, no bairro Coqueiral.</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1837/ind_430-2021_maviael_-_que_seja_cobrado_dos_loteadores_a_instalacao_da_rede_de_energia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1837/ind_430-2021_maviael_-_que_seja_cobrado_dos_loteadores_a_instalacao_da_rede_de_energia..pdf</t>
   </si>
   <si>
     <t>Que seja cobrado dos Loteadores a instalação da rede de energia.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1836/ind_431-2021_doutor_do_sao_joao_-_que_seja_feita_a_cessao_do_imovel_no_11_no_sitio_sao_joao_de_baixo_pelo_periodo_de_03_anos_para_sede_do_instituto_semear_br.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1836/ind_431-2021_doutor_do_sao_joao_-_que_seja_feita_a_cessao_do_imovel_no_11_no_sitio_sao_joao_de_baixo_pelo_periodo_de_03_anos_para_sede_do_instituto_semear_br.pdf</t>
   </si>
   <si>
     <t>Que seja feita a cessão do imóvel nº 11 no Sítio São João de Baixo, pelo período de 03 anos, para sede do Instituto Semear Brasil, que está em fase de_x000D_
 fundação.</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1835/ind_432-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_servidores_da_secretaria_de_saude_nos_termos_da_minuta_anexa.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1835/ind_432-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_servidores_da_secretaria_de_saude_nos_termos_da_minuta_anexa.pdf</t>
   </si>
   <si>
     <t>Que seja enviado um Projeto de Lei regulamentando a jornada de trabalho dos servidores da Secretaria de Saúde, nos termos da minuta anexa.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1842/ind_433-202_maviael_-_que_sejam_reformadas_todas_as_ubs_com_pintura_trocas_de_portas_macanetas_retocar_paredes_conserto_da_encanacao_iluminacao_e_colocaca.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1842/ind_433-202_maviael_-_que_sejam_reformadas_todas_as_ubs_com_pintura_trocas_de_portas_macanetas_retocar_paredes_conserto_da_encanacao_iluminacao_e_colocaca.pdf</t>
   </si>
   <si>
     <t>Que sejam reformadas todas as UBS com pintura, trocas de portas, maçanetas, retocar paredes, conserto da encanação, iluminação e colocação de gradil.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1843/ind_434-2021_maviael_-_que_sejam_instalados_condicionadores_de_ar_e_computadores_com_impressoras_em_todas_as_ubs_e_postos_de_saude..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1843/ind_434-2021_maviael_-_que_sejam_instalados_condicionadores_de_ar_e_computadores_com_impressoras_em_todas_as_ubs_e_postos_de_saude..pdf</t>
   </si>
   <si>
     <t>Que sejam instalados condicionadores de ar e computadores com impressoras em todas as UBS e Postos de Saúde.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1844/ind_435-2021_maviael_-_que_seja_adquirido_um_veiculo_para_dar_suporte_aos_usuarios_na_casa_de_apoio.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1844/ind_435-2021_maviael_-_que_seja_adquirido_um_veiculo_para_dar_suporte_aos_usuarios_na_casa_de_apoio.pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um veículo para dar suporte aos usuários na Casa de Apoio.</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1845/ind_436-2021_maviael_-_que_seja_disponibilizado_um_profissional_de__enfermagem_para_acompanhar_os_passageiros_do_tfd.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1845/ind_436-2021_maviael_-_que_seja_disponibilizado_um_profissional_de__enfermagem_para_acompanhar_os_passageiros_do_tfd.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado um profissional de  enfermagem para acompanhar os passageiros do TFD.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1846/ind_437-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._largo_da_paz_proximo_ao_posto_nossa_senhora_aparecida_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1846/ind_437-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._largo_da_paz_proximo_ao_posto_nossa_senhora_aparecida_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento do calçamento da R. Largo da Paz próximo ao posto Nossa Senhora Aparecida no Centro.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1847/ind_438-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._almirante_tamandare_no_bairro_independente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1847/ind_438-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._almirante_tamandare_no_bairro_independente..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento do calçamento da R. Almirante Tamandaré no Bairro Independente.</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1848/ind_439-2021_ferreirinha_-_que_seja_feito_um_mural_na_entrada_de_toritama_e_na_saida_proximo_ao_lixao_com_a_frase_rota_do_jeans..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1848/ind_439-2021_ferreirinha_-_que_seja_feito_um_mural_na_entrada_de_toritama_e_na_saida_proximo_ao_lixao_com_a_frase_rota_do_jeans..pdf</t>
   </si>
   <si>
     <t>Que seja feito um mural na entrada de Toritama e na saída próximo ao lixão com a frase Rota do Jeans.</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1849/ind_440-2021_ferreirinha_-_que_sejam_asfaltadas_as_avenidas_sao_jose_e_planalto_entre_os_bairros_independente_e_planalto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1849/ind_440-2021_ferreirinha_-_que_sejam_asfaltadas_as_avenidas_sao_jose_e_planalto_entre_os_bairros_independente_e_planalto.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as avenidas São José e Planalto entre os bairros Independente e Planalto.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1850/ind_441-2021_ferreirinha_-_que_seja_calcada_a_trav._santa_lucia_na_cohab.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1850/ind_441-2021_ferreirinha_-_que_seja_calcada_a_trav._santa_lucia_na_cohab.pdf</t>
   </si>
   <si>
     <t>Que seja calçada a Trav. Santa Lúcia na Cohab.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1851/ind_442-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._santa_cruz_na_cohab.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1851/ind_442-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._santa_cruz_na_cohab.pdf</t>
   </si>
   <si>
     <t>Que seja feito o complemento do calçamento da r. Santa Cruz na Cohab.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1860/ind_444-2021_marli_-_que_seja_disponibilizado_tratamento_psicologico__exclusivo_para_mulheres_diagnosticadas_eou_em_tratamento_de_cancer_de_mama_eou_c.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1860/ind_444-2021_marli_-_que_seja_disponibilizado_tratamento_psicologico__exclusivo_para_mulheres_diagnosticadas_eou_em_tratamento_de_cancer_de_mama_eou_c.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado tratamento  psicológico exclusivo para mulheres  diagnosticadas e/ou em tratamento de câncer de mama e/ou colo do útero, terapia também extensiva a seus familiares.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1861/ind_445-2021_ferreirinha_-_que_seja_calcada_a_r._everaldo_guedes_no_bairro_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1861/ind_445-2021_ferreirinha_-_que_seja_calcada_a_r._everaldo_guedes_no_bairro_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Que seja calçada a r. Everaldo Guedes no Bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1862/ind_446-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_paulo_roberto_barbosa_camelo_maria_o_helena_amorim_jose_pedro_da_silva_a_rua_projetada_01_c.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1862/ind_446-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_paulo_roberto_barbosa_camelo_maria_o_helena_amorim_jose_pedro_da_silva_a_rua_projetada_01_c.pdf</t>
   </si>
   <si>
     <t>Que sejam saneadas e calçadas as ruas Paulo Roberto Barbosa Camelo, Maria  Helena Amorim, José Pedro da Silva, a rua Projetada 01 cód. logradouro 106.564, rua Projetada 04 cód. logradouro 108.568 e a Av. Gilberto Ferreira da Cruz, no loteamento Arlindo.</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1863/ind_447-2021_ferreirinha_-_que_seja_asfaltado_o_trecho_da_r._adalgiza_moura_ate_as_margens_da_pe-90_e_colocada_a_sinalizacao_toritama_centro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1863/ind_447-2021_ferreirinha_-_que_seja_asfaltado_o_trecho_da_r._adalgiza_moura_ate_as_margens_da_pe-90_e_colocada_a_sinalizacao_toritama_centro.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltado o trecho da r. Adalgiza Moura até as margens da PE-90, e colocada a sinalização "Toritama, Centro”.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1864/ind_448-2021_maviael_-_que_sejam_asfaltadas_as_ruas_artur_manto_da_silva_manoel_borba_trav._antonio_jose_da_silva_largo_da_paz_maria_idelfonso_de_andrade_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1864/ind_448-2021_maviael_-_que_sejam_asfaltadas_as_ruas_artur_manto_da_silva_manoel_borba_trav._antonio_jose_da_silva_largo_da_paz_maria_idelfonso_de_andrade_.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas Artur Manto da Silva, Manoel Borba, Trav. Antônio José da Silva, Largo da Paz, Maria Idelfonso de Andrade, Gercino Tabosa.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1865/ind_449-2021_maviael_-_que_sejam_asfaltadas_as_ruas_zacarias_xavier_leite_e_manoel_jose_filho_no_bairro_duque_de_caxias.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1865/ind_449-2021_maviael_-_que_sejam_asfaltadas_as_ruas_zacarias_xavier_leite_e_manoel_jose_filho_no_bairro_duque_de_caxias.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as ruas Zacarias Xavier Leite e Manoel José Filho no bairro Duque de Caxias.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1866/ind_450-2021_jeziel_-_que_seja_feito_quebra-molas_na_rua_joao_sampaio_de_jesus_no_bairro_do_planalto_e_que_sejam_trocadas_a_iluminacao_pois_tem_varias_lampadas.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1866/ind_450-2021_jeziel_-_que_seja_feito_quebra-molas_na_rua_joao_sampaio_de_jesus_no_bairro_do_planalto_e_que_sejam_trocadas_a_iluminacao_pois_tem_varias_lampadas.pdf</t>
   </si>
   <si>
     <t>Que seja feito quebra-molas na rua João Sampaio de Jesus no bairro do Planalto e que sejam trocadas a iluminação pois tem várias lâmpadas queimadas.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1882/ind_451-2021_carol_-_que_seja_criada_e_implementada_a_sala_lilas_na_delegacia_de_policia_civil_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1882/ind_451-2021_carol_-_que_seja_criada_e_implementada_a_sala_lilas_na_delegacia_de_policia_civil_de_toritama.pdf</t>
   </si>
   <si>
     <t>Que seja criada e implementada a Sala Lilás, na Delegacia de Polícia Civil de Toritama.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1883/ind_452-2021_carol_-_que_seja_realizado_treinamento_para_os_motoristas_dos_transportes_escolares_municipais_visando_melhorias_no_atendimento_aos_estudantes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1883/ind_452-2021_carol_-_que_seja_realizado_treinamento_para_os_motoristas_dos_transportes_escolares_municipais_visando_melhorias_no_atendimento_aos_estudantes.pdf</t>
   </si>
   <si>
     <t>Que seja realizado treinamento para os motoristas dos transportes escolares municipais visando melhorias no atendimento aos estudantes.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1884/ind_453-2021_carol_-_que_sejam_reposicionadas_as_rampas_de_acessibilidade_e_inseridas_placas_de_transito_na_praca_das_criancas_na_rua_04_de_outubro_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1884/ind_453-2021_carol_-_que_sejam_reposicionadas_as_rampas_de_acessibilidade_e_inseridas_placas_de_transito_na_praca_das_criancas_na_rua_04_de_outubro_no_centro..pdf</t>
   </si>
   <si>
     <t>Que sejam reposicionadas as rampas de acessibilidade e inseridas placas de trânsito na Praça das Crianças, na rua 04 de Outubro, no Centro.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1885/ind_454-2021_doutor_do_sao_joao_-_que_seja_implantada_uma_clinica_de_ozonioterapia.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1885/ind_454-2021_doutor_do_sao_joao_-_que_seja_implantada_uma_clinica_de_ozonioterapia.pdf</t>
   </si>
   <si>
     <t>Que seja implantada uma clínica de ozonioterapia.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1886/ind_455-2021_doutor_do_sao_joao_-_que_seja_criado_o_sistema_de_abastecimento_de_combustiveis_para_a_frota_de_veiculos_municipal_com_a_compra_direto_da_refinari.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1886/ind_455-2021_doutor_do_sao_joao_-_que_seja_criado_o_sistema_de_abastecimento_de_combustiveis_para_a_frota_de_veiculos_municipal_com_a_compra_direto_da_refinari.pdf</t>
   </si>
   <si>
     <t>Que seja criado o sistema de abastecimento de combustíveis para a frota de veículos municipal com à compra direto da refinaria.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1887/ind_456-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_virginia_maria_de_jesus_no_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1887/ind_456-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_virginia_maria_de_jesus_no_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Que seja saneada e calçada a rua Virgínia Maria de Jesus, no bairro Antão.</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1888/ind_457-2021_ferreirinha_-_que_seja_construida_uma_escola_no_bairro_do_colorado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1888/ind_457-2021_ferreirinha_-_que_seja_construida_uma_escola_no_bairro_do_colorado..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma escola no bairro do Colorado.</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1889/ind_458-2021_ferreirinha_-_que_seja_reajustado_o_salario_dos_garis_e_que_seja_concedida_uma_cesta_basica_mensal.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1889/ind_458-2021_ferreirinha_-_que_seja_reajustado_o_salario_dos_garis_e_que_seja_concedida_uma_cesta_basica_mensal.pdf</t>
   </si>
   <si>
     <t>Que seja reajustado o salário dos garis e que seja concedida uma cesta básica mensal.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1890/ind_459-2021_ferreirinha_-_que_seja_revitalizada_a_praca_da_r._do_comercio_em_frente_ao_cartorio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1890/ind_459-2021_ferreirinha_-_que_seja_revitalizada_a_praca_da_r._do_comercio_em_frente_ao_cartorio..pdf</t>
   </si>
   <si>
     <t>Que seja revitalizada a praça da r. do Comércio em frente ao cartório.</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1891/ind_460-2021_maviael_-_que_sejam_adquiridos_03_rolos_compactadores_e_02_placas_vibratorias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1891/ind_460-2021_maviael_-_que_sejam_adquiridos_03_rolos_compactadores_e_02_placas_vibratorias..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos 03 rolos compactadores e 02 placas vibratórias.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1892/ind_461-2021_maviael_-_que_sejam_adquiridas_o2_betoneiras_de_400_litros_e_01_acabadora_de_piso..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1892/ind_461-2021_maviael_-_que_sejam_adquiridas_o2_betoneiras_de_400_litros_e_01_acabadora_de_piso..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridas 02 betoneiras de 400 litros e 01 acabadora de piso.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1893/ind_462-2021_maviael_-_que_sejam_instalados_parques_infantis_em_todas_as_escolas_municipais..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1893/ind_462-2021_maviael_-_que_sejam_instalados_parques_infantis_em_todas_as_escolas_municipais..pdf</t>
   </si>
   <si>
     <t>Que sejam instalados parques infantis em todas as escolas municipais.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1894/ind_463-2021_maviael_-_que_seja_publicado_um_calendario_com_os_seguintes_numeros_de_telefones_guarda_municipal_cttu_bepi_pm_policia_civil_defesa_civil_bo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1894/ind_463-2021_maviael_-_que_seja_publicado_um_calendario_com_os_seguintes_numeros_de_telefones_guarda_municipal_cttu_bepi_pm_policia_civil_defesa_civil_bo.pdf</t>
   </si>
   <si>
     <t>Que seja publicado um calendário com os seguintes números de telefones: Guarda Municipal, CTTU, BEPI, PM, Polícia Civil, Defesa Civil, Bombeiros, PRF, SAMU, Apreensão de Animais e Hospital Municipal.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1895/ind_464-2021_maviael_-_que_seja_adquirido_um_caminhao_com_cesto_aereo_isolado_para_substituicao_da_iluminacao_publica..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1895/ind_464-2021_maviael_-_que_seja_adquirido_um_caminhao_com_cesto_aereo_isolado_para_substituicao_da_iluminacao_publica..pdf</t>
   </si>
   <si>
     <t>Que seja adquirido um Caminhão com Cesto Aéreo Isolado para substituição da iluminação pública.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1896/ind_465-2021_maviael_-_que_sejam_adquiridos_parques_infantis_para_as_ubss_do_nosso_municipio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1896/ind_465-2021_maviael_-_que_sejam_adquiridos_parques_infantis_para_as_ubss_do_nosso_municipio..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos parques infantis para as UBS's do nosso município.</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1897/ind_466-2021_jeziel_-_que_sejam_substituida_a_iluminacao_da_r._santa_socorro_proximo_a_capela_nossa_senhora_de_fatima_na_cohab..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1897/ind_466-2021_jeziel_-_que_sejam_substituida_a_iluminacao_da_r._santa_socorro_proximo_a_capela_nossa_senhora_de_fatima_na_cohab..pdf</t>
   </si>
   <si>
     <t>Que sejam substituída a iluminação da r. Santa Socorro próximo à Capela Nossa Senhora de Fátima na Cohab.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1898/ind_467-2021_jeziel_-_que_seja_feito_o_recapeamento_da_r._artur_benedito_por_tem_um_buraco_a_mais_de_03_meses_no_centro..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1898/ind_467-2021_jeziel_-_que_seja_feito_o_recapeamento_da_r._artur_benedito_por_tem_um_buraco_a_mais_de_03_meses_no_centro..pdf</t>
   </si>
   <si>
     <t>Que seja feito o recapeamento da r. Artur Benedito por tem um buraco a mais de 03 meses, no Centro.</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1899/ind_468-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_legislativa_um_projeto_de_lei_concedendo_es_isencao_de_impostos_municipais_as_pessoas_com_deficiencia..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1899/ind_468-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_legislativa_um_projeto_de_lei_concedendo_es_isencao_de_impostos_municipais_as_pessoas_com_deficiencia..pdf</t>
   </si>
   <si>
     <t>Que seja enviado a esta Casa Legislativa um projeto de lei concedendo  isenção de impostos municipais às pessoas com deficiência.</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1900/ind_469-2021_ferreirinha_-_que_seja_adquirida_para_o_municipio_uma_usina_de_asfalto..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1900/ind_469-2021_ferreirinha_-_que_seja_adquirida_para_o_municipio_uma_usina_de_asfalto..pdf</t>
   </si>
   <si>
     <t>Que seja adquirida para o município uma usina de asfalto.</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1901/ind_470-2021_ferreirinha_-_que_sejam_colocadas_lixeiras_nas_pracas_de_nossa_cidade.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1901/ind_470-2021_ferreirinha_-_que_sejam_colocadas_lixeiras_nas_pracas_de_nossa_cidade.pdf</t>
   </si>
   <si>
     <t>Que sejam colocadas lixeiras nas praças de nossa cidade.</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1902/ind_471-2021_maviael_-_que_seja_construida_uma_sala_de_recursos_para_todas_as_escolas_com_necessidades_especiais_no_municipio_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1902/ind_471-2021_maviael_-_que_seja_construida_uma_sala_de_recursos_para_todas_as_escolas_com_necessidades_especiais_no_municipio_de_toritama..pdf</t>
   </si>
   <si>
     <t>Que seja construída uma sala de recursos para todas as escolas com  necessidades especiais no município de Toritama.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1903/ind_472-2021_maviael_-_solicito_que_seja_colocada_iluminacao_natalina..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1903/ind_472-2021_maviael_-_solicito_que_seja_colocada_iluminacao_natalina..pdf</t>
   </si>
   <si>
     <t>Solicito que seja colocada iluminação natalina.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1904/ind_473-2021_maviael_-_que_sejam_adquiridos_livros_infantis_e_uma_biblioteca_movel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1904/ind_473-2021_maviael_-_que_sejam_adquiridos_livros_infantis_e_uma_biblioteca_movel.pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos livros infantis e uma biblioteca móvel.</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1905/ind_474-2021_maviael_-__que_sejam_adquiridos_para_todas_as_escolas_materiais_de_laboratorios_ciencias_geografia_etc..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1905/ind_474-2021_maviael_-__que_sejam_adquiridos_para_todas_as_escolas_materiais_de_laboratorios_ciencias_geografia_etc..pdf</t>
   </si>
   <si>
     <t>Que sejam adquiridos para todas as escolas materiais de laboratórios, ciências, geografia, etc</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1906/ind_475-2021_maviael_-_que_sejam_construidas_bibliotecas_em_todas_as_escolas..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1906/ind_475-2021_maviael_-_que_sejam_construidas_bibliotecas_em_todas_as_escolas..pdf</t>
   </si>
   <si>
     <t>Que sejam construídas bibliotecas em todas as escolas.</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1907/ind_476-2021_maviael_-_que_seja_celebrada_uma_parceria_publico-privada_ppp_com_os_empresarios_em_torno_do_parque_das_feiras_para_que_seja_asfaltada_ou_calcada.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1907/ind_476-2021_maviael_-_que_seja_celebrada_uma_parceria_publico-privada_ppp_com_os_empresarios_em_torno_do_parque_das_feiras_para_que_seja_asfaltada_ou_calcada.pdf</t>
   </si>
   <si>
     <t>Que seja celebrada uma Parceria Público-Privada PPP com os empresários em torno do Parque das Feiras para que seja asfaltada ou calçada a Av. Dorival José Pereira, para ser descontados no IPTU.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1908/ind_477-2021_maviael_-_que_seja_disponibilizado_ensino_ate_o_7o_ano_na_escola_elizete_borba.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1908/ind_477-2021_maviael_-_que_seja_disponibilizado_ensino_ate_o_7o_ano_na_escola_elizete_borba.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado ensino até o 7º ano da Escola Elizete Borba.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1909/ind_478-2021_ferreirinha_-_que_sejam_colocados_enfeites_natalinos_na_av._joao_manoel_da_silva_e_em_todo_o_centro_da_cidade..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1909/ind_478-2021_ferreirinha_-_que_sejam_colocados_enfeites_natalinos_na_av._joao_manoel_da_silva_e_em_todo_o_centro_da_cidade..pdf</t>
   </si>
   <si>
     <t>Que sejam colocados enfeites natalinos na Av. João Manoel da Silva e em todo o Centro da Cidade.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1474/req_03-2021_rossana_-_que_sejam_enviadas_informacoes_sobre_a_quantidade_de_cestas_basicas_que_foram_doadas_nos_meses_de_outubro_novembro_e_dezembro_de_2020.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1474/req_03-2021_rossana_-_que_sejam_enviadas_informacoes_sobre_a_quantidade_de_cestas_basicas_que_foram_doadas_nos_meses_de_outubro_novembro_e_dezembro_de_2020.pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas informações sobre a quantidade de cestas básicas que foram doadas nos meses de outubro, novembro e dezembro de 2020.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1492/req_04-2021_ze_neto_-_que_seja_enviado_relatorio_detalhado_sobre_as_multa_aplicadas_pela_cttu_contendo_valor_infracao_e_local_bem_como_total_arrecadado..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1492/req_04-2021_ze_neto_-_que_seja_enviado_relatorio_detalhado_sobre_as_multa_aplicadas_pela_cttu_contendo_valor_infracao_e_local_bem_como_total_arrecadado..pdf</t>
   </si>
   <si>
     <t>Que seja enviado relatório detalhado sobre as multa aplicadas pela CTTU, contendo valor, infração e local, bem como total arrecadado.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1505/req_05-2021_mava_-_que_sejam_remetidas_as_seguintes_informacoes_sobre_o_funcionamento_do_tfd_a_copia_dos_livroscadernosagendas_de_marcacao_e_dos_diarios_de_bordo_dos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1505/req_05-2021_mava_-_que_sejam_remetidas_as_seguintes_informacoes_sobre_o_funcionamento_do_tfd_a_copia_dos_livroscadernosagendas_de_marcacao_e_dos_diarios_de_bordo_dos.pdf</t>
   </si>
   <si>
     <t>Que sejam remetidas as seguintes informações sobre o funcionamento do TFD: a) Cópia dos livros/cadernos/agendas de marcação e_x000D_
 dos diários de bordo dos anos 2018, 2019, 2020 e 2021; b) Relação dos condutores com cópia de CNH e dos cursos de APH, veículo de emergência e_x000D_
 direção defensiva; c) Relação da quantidade de pessoas por dia e os comprovantes de atendimento.</t>
   </si>
   <si>
     <t>1530</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_06-2021_jeziel_-_convoca_o_senhor_alex_monteiro_de_lima_secretario_de_ordem_social_para_comparecer_ao_plenario_da_camara.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_06-2021_jeziel_-_convoca_o_senhor_alex_monteiro_de_lima_secretario_de_ordem_social_para_comparecer_ao_plenario_da_camara.pdf</t>
   </si>
   <si>
     <t>Convoca o Senhor Alex Monteiro de Lima, Secretário de Ordem Social, para comparecer ao Plenário da Câmara.</t>
   </si>
   <si>
     <t>1531</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_07-2021_birino_-_que_seja_enviada_copia_da_licitacao_que_foi_ganha_pela_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_07-2021_birino_-_que_seja_enviada_copia_da_licitacao_que_foi_ganha_pela_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020.pdf</t>
   </si>
   <si>
     <t>Que seja enviada cópia da licitação que foi ganha pela empresa Ivanowytchy Valentin Viana Santana - ME dos anos 2017, 2018, 2019 e 2020.</t>
   </si>
   <si>
     <t>1532</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_08-2021_birino_-_que_sejam_envidas_copias_de_todos_os_pagamentos_a_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020_con.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_08-2021_birino_-_que_sejam_envidas_copias_de_todos_os_pagamentos_a_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020_con.pdf</t>
   </si>
   <si>
     <t>Que sejam envidas cópias de todos os pagamentos à empresa Ivanowytchy Valentin Viana Santana - ME dos anos 2017, 2018, 2019 e 2020, contendo além de todos os documentos contábeis de cada pagamento as solicitições e as comprovações de entrega dos produtos.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1533/requerimento_09-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_valores_enviados_pelo_governo_federal_para_a_prefeitura_de_toritama_para_o_uso_com_a_pandemia_do_c.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1533/requerimento_09-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_valores_enviados_pelo_governo_federal_para_a_prefeitura_de_toritama_para_o_uso_com_a_pandemia_do_c.pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas cópias de todos os valores enviados pelo Governo Federal para a Prefeitura de Toritama para o uso com a pandemia do Covid-19.</t>
   </si>
   <si>
     <t>1573</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1573/req_10-2021_mava_-_voto_de_pesar_pelo_falecimento_de_eraldina_inacia_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1573/req_10-2021_mava_-_voto_de_pesar_pelo_falecimento_de_eraldina_inacia_da_silva..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Eraldina Inácia da Silva.</t>
   </si>
   <si>
     <t>1574</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1574/req_11-2021_mava_-_voto_de_pesar_pelo_falecimento_de_josenilda_ramos_da_silva_nida..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1574/req_11-2021_mava_-_voto_de_pesar_pelo_falecimento_de_josenilda_ramos_da_silva_nida..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Josenilda Ramos da Silva (Nida).</t>
   </si>
   <si>
     <t>1575</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1575/req_12-2021_mava_-_voto_de_pesar_pelo_falecimento_de_jose_reginaldo_de_lima_ze_de_chico.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1575/req_12-2021_mava_-_voto_de_pesar_pelo_falecimento_de_jose_reginaldo_de_lima_ze_de_chico.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de José Reginaldo de Lima (Zé de Chico).</t>
   </si>
   <si>
     <t>1596</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1596/req_13-2021_rossana_-_mocao_de_aplauso_a_enfermeira_marli_ferreira_do_nascimento.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1596/req_13-2021_rossana_-_mocao_de_aplauso_a_enfermeira_marli_ferreira_do_nascimento.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Marli Ferreira do Nascimento.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1753/req_14-2021_marli_-_mocao_de_aplauso_a_enfermeira_francisca_bezerra_do_nascimento..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1753/req_14-2021_marli_-_mocao_de_aplauso_a_enfermeira_francisca_bezerra_do_nascimento..pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Francisca Bezerra do Nascimento.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1754/req_15-2021_marli_-_mocao_de_aplauso_a_enfermeira_eraldina_inacia_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1754/req_15-2021_marli_-_mocao_de_aplauso_a_enfermeira_eraldina_inacia_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Eraldina Inácia da Silva.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1755/req_16-2021_marli_-_mocao_de_aplauso_a_enfermeira_maria_de_lourdes_clemente..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1755/req_16-2021_marli_-_mocao_de_aplauso_a_enfermeira_maria_de_lourdes_clemente..pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Maria de Lourdes Clemente.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1756/req_17-2021_marli_-_mocao_de_aplauso_a_enfermeira_laurinete_maria_santos_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1756/req_17-2021_marli_-_mocao_de_aplauso_a_enfermeira_laurinete_maria_santos_da_silva..pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Laurinete Maria Santos da Silva.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1757/req_18-2021_marli_-_mocao_de_aplauso_a_enfermeira_beatriz_inacia_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1757/req_18-2021_marli_-_mocao_de_aplauso_a_enfermeira_beatriz_inacia_da_silva.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Beatriz Inácia da Silva.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1758/req_19-2021_marli_-_mocao_de_aplauso_a_enfermeira_marinete_luiza_de_oliveira..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1758/req_19-2021_marli_-_mocao_de_aplauso_a_enfermeira_marinete_luiza_de_oliveira..pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à enfermeira Marinete Luiza de Oliveira.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1668/req_21-2021_carol_-_a_mocao_de_aplausos_a_welton_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1668/req_21-2021_carol_-_a_mocao_de_aplausos_a_welton_silva.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO Nº 21/2021 MOÇÃO DE APLAUSOS</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1669/req_23-2021_birino_-_que_sejam_enviadas_copias_dos_empenhos_listados_do_favorecido_joelmo_sandro_jose_de_moraes_junto_com_as_respectivas_liquidacoes_pagamen.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1669/req_23-2021_birino_-_que_sejam_enviadas_copias_dos_empenhos_listados_do_favorecido_joelmo_sandro_jose_de_moraes_junto_com_as_respectivas_liquidacoes_pagamen.pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas cópias dos empenhos listados do favorecido: Joelmo Sandro José de Moraes junto com as respectivas liquidações, pagamentos e a íntegra dos processos licitatórios ou certidão de não existência.</t>
   </si>
   <si>
     <t>1635</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1635/req_24-2021_birino_-_que_seja_enviada_lista_de_servidores_pcd_bem_como_declaracao_sobre_a_porcentagem_que_representa_do_numero_total_de_servidores..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1635/req_24-2021_birino_-_que_seja_enviada_lista_de_servidores_pcd_bem_como_declaracao_sobre_a_porcentagem_que_representa_do_numero_total_de_servidores..pdf</t>
   </si>
   <si>
     <t>Que seja enviada lista de servidores PCD, bem como declaração sobre a porcentagem que representa do número total de servidores.</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1647/req_25-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_abilio_laurindo_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1647/req_25-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_abilio_laurindo_tavares..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Abílio Laurindo Tavares.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1670/req_26-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_sivonaldo_severino_da_silva_pele.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1670/req_26-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_sivonaldo_severino_da_silva_pele.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Sivonaldo Severino da Silva (Pelé).</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1671/req_27-2021_carol_-_requer_a_criacao_de_comissao_especial_de_reforma_do_regimento_interno..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1671/req_27-2021_carol_-_requer_a_criacao_de_comissao_especial_de_reforma_do_regimento_interno..pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial de Reforma do Regimento Interno.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1718/req_28-2021_rossana_-_que_sejam_envidas_copias_dos_procedimentos_instaurados_pela_corregedoria_da_guarda_civil_e_da_cttu.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1718/req_28-2021_rossana_-_que_sejam_envidas_copias_dos_procedimentos_instaurados_pela_corregedoria_da_guarda_civil_e_da_cttu.pdf</t>
   </si>
   <si>
     <t>Que sejam envidas cópias dos procedimentos instaurados pela corregedoria da Guarda Civil e da CTTU.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1719/req_29-2021_rossana_-_que_seja_enviada_certidao_sobre_os_conselhos_municipais_criados_e_que_nao_funcionam_bem_como_sejam_enviadas_as_seguintes_informacoes_s.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1719/req_29-2021_rossana_-_que_seja_enviada_certidao_sobre_os_conselhos_municipais_criados_e_que_nao_funcionam_bem_como_sejam_enviadas_as_seguintes_informacoes_s.pdf</t>
   </si>
   <si>
     <t>Que seja enviada certidão sobre os Conselhos Municipais criados e que não funcionam, bem como sejam enviadas as seguintes informações sobre todos os Conselhos Municipais: a) lista de membros com entidades que representam; b) data de início e fim de mandato; c) calendário das reuniões de todo o ano de 2021 contendo local, data e horário.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1720/req_30-2021_rossana_-_que_seja_enviado_relatorio_com_as_emendas_parlamentares_recebidas_no_ano_de_2021_informando_o_nome_do_parlamentar_que_destinou_a_emenda.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1720/req_30-2021_rossana_-_que_seja_enviado_relatorio_com_as_emendas_parlamentares_recebidas_no_ano_de_2021_informando_o_nome_do_parlamentar_que_destinou_a_emenda.pdf</t>
   </si>
   <si>
     <t>Que seja envido relatório com as emendas Parlamentares recebidas no ano de 2021 informando o nome do parlamentar que destinou a emenda, o valor e a destinação.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1717/req_32-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_obede_batista_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1717/req_32-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_obede_batista_da_silva..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Obede Batista da Silva.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1759/req_33-2021_birino_-_que_seja_informado_as_farmacias_que_tem_conveniocontrato_com_o_municipio_para_fornecimento_de_medicamentos_bem_como_sejam_enviados_copias_de_con.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1759/req_33-2021_birino_-_que_seja_informado_as_farmacias_que_tem_conveniocontrato_com_o_municipio_para_fornecimento_de_medicamentos_bem_como_sejam_enviados_copias_de_con.pdf</t>
   </si>
   <si>
     <t>Que seja informado as farmácias que têm convênio/contrato com o município para fornecimento de medicamentos, bem como sejam enviados cópias de contratos pagamentos e empenhos dos respectivos fornecedores.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1774/req_35-2021_rossana_-_mocao_de_aplauso_a_vereadora_carolayne_kelley_goncalves.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1774/req_35-2021_rossana_-_mocao_de_aplauso_a_vereadora_carolayne_kelley_goncalves.pdf</t>
   </si>
   <si>
     <t>Moção de aplauso à Vereadora Carolayne Kelley Gonçalves.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1760/req_36-2021_birino_-_que_sejam_enviados_1_-_os_nomes_de_todos_os_participantes_que_formam_o_nucleo_gestor_do_plano_diretor_2__os_nomes_dos_servidores_que_represent.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1760/req_36-2021_birino_-_que_sejam_enviados_1_-_os_nomes_de_todos_os_participantes_que_formam_o_nucleo_gestor_do_plano_diretor_2__os_nomes_dos_servidores_que_represent.pdf</t>
   </si>
   <si>
     <t>Que sejam enviados: 1 —- Os nomes de todos os participantes que formam o Núcleo Gestor do Plano Diretor; 2 — Os nomes dos servidores que_x000D_
 representa o setor públicos que compõe o Núcleo Gestor do Plano Diretor, e 3 —- Os nomes dos cidadãos que representam a sociedade civil organizada, junto com os nomes das instituições que eles representam que compõem o Núcleo Gestor do Plano Diretor.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1761/req_37-2021_rossana_-_requer_a_criacao_de_comissao_especial_para_avaliar_os_servicos_e_as_politicas_publicas_ofertadas_as_pessoas_com_deficiencia_pela_prefeitura_de_t.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1761/req_37-2021_rossana_-_requer_a_criacao_de_comissao_especial_para_avaliar_os_servicos_e_as_politicas_publicas_ofertadas_as_pessoas_com_deficiencia_pela_prefeitura_de_t.pdf</t>
   </si>
   <si>
     <t>Requer a criação de Comissão Especial para avaliar os serviços e as políticas públicas ofertadas às pessoas com deficiência pela Prefeitura de Toritama.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1781/req_38-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_cheques_emitidos_pela_prefeitura_de_toritama_nos_anos_de_2017_e_2018..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1781/req_38-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_cheques_emitidos_pela_prefeitura_de_toritama_nos_anos_de_2017_e_2018..pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas cópias de todos os cheques emitidos pela Prefeitura de Toritama nos anos de 2017 e 2018.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1782/req_39-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_juraci_francisca_david.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1782/req_39-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_juraci_francisca_david.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Juraci Francisca David.</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1783/req_40-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_domingos_inacio_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1783/req_40-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_domingos_inacio_da_silva.pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Domingos Inácio da Silva.</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1784/req_41-2021_birino_-_que_seja_enviada_copia_integral_do_processo_administrativo_disciplinar_a_respeito_da_irregularidade_na_secretaria_da_saude_instaurada_a.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1784/req_41-2021_birino_-_que_seja_enviada_copia_integral_do_processo_administrativo_disciplinar_a_respeito_da_irregularidade_na_secretaria_da_saude_instaurada_a.pdf</t>
   </si>
   <si>
     <t>Que seja enviada cópia integral do processo administrativo disciplinar a respeito da irregularidade na Secretaria da Saúde instaurada através da Portaria SMS 11/2021.</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1786/req_42-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_lindinaldo_rozendo_de_souza_galego_da_antena..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1786/req_42-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_lindinaldo_rozendo_de_souza_galego_da_antena..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Lindinaldo Rozendo de Souza (Galego da Antena).</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1787/req_43-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_carlos_henrique_araujo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1787/req_43-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_carlos_henrique_araujo..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Carlos Henrique Araújo.</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1788/req_44-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_candida_maria_da_conceicao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1788/req_44-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_candida_maria_da_conceicao..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Cândida Maria da Conceição.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1826/req_45-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_luiz_jose_da_silva_luiz_toquinho..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1826/req_45-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_luiz_jose_da_silva_luiz_toquinho..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Luiz José da Silva (Luiz Toquinho).</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1827/req_46-2021_birino_-_que_seja_enviada_copia_da_folha_de_pagamento_do_gabinete_do_prefeito_e_de_todas_as_secretarias_do_periodo_compreendido_entre_janeiro_de.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1827/req_46-2021_birino_-_que_seja_enviada_copia_da_folha_de_pagamento_do_gabinete_do_prefeito_e_de_todas_as_secretarias_do_periodo_compreendido_entre_janeiro_de.pdf</t>
   </si>
   <si>
     <t>Que seja enviada cópia da folha de pagamento do Gabinete do Prefeito e de todas as Secretarias do período compreendido entre janeiro de 2017 e setembro de 2021.</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1875/req_47-2021_rossana_-_que_seja_enviada_prestacao_de_conta_dos_valores_recebidos_atraves_do_finisa..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1875/req_47-2021_rossana_-_que_seja_enviada_prestacao_de_conta_dos_valores_recebidos_atraves_do_finisa..pdf</t>
   </si>
   <si>
     <t>Que seja enviada prestação de conta dos valores recebidos através do Finisa.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1870/req_48-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_maria_lenilda_de_melo_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1870/req_48-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_maria_lenilda_de_melo_silva..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Maria Lenilda de Melo Silva.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1871/req_49-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_elpidio_jose_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1871/req_49-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_elpidio_jose_da_silva..pdf</t>
   </si>
   <si>
     <t>Voto de pesar pelo falecimento de Elpídio José da Silva.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1872/req_51-2021_maviael_-_convoca_todos_os_assessores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1872/req_51-2021_maviael_-_convoca_todos_os_assessores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
   </si>
   <si>
     <t>Convoca todos os assessores da Câmara de Vereadores de Toritama, para comparecer ao Plenário da Câmara.</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1873/req_52-2021_maviael_-_convoca_todos_os_contratados_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1873/req_52-2021_maviael_-_convoca_todos_os_contratados_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
   </si>
   <si>
     <t>Convoca todos os contratados da Câmara de Vereadores de Toritama, para comparecer ao Plenário da Câmara.</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1874/req_53-2021_maviael_-_convoca_todos_os_servidores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1874/req_53-2021_maviael_-_convoca_todos_os_servidores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf</t>
   </si>
   <si>
     <t>Convoca todos os Servidores da Câmara de Vereadores de Toritama, para comparecer ao Plenário da Câmara.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1876/req_54-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_processos_licitatorios_de_pavimentacao_do_bairro_deus_e_fiel.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1876/req_54-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_processos_licitatorios_de_pavimentacao_do_bairro_deus_e_fiel.pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas cópias de todos os processos licitatórios de pavimentação do bairro Deus é Fiel.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1877/req_55-2021_birino_-_que_sejam_enviadas_copias_dos_processos_licitatorios_contratos_e_pagamentos_referentes_a_construcao_das_escolas_municipais_do_ano_de_2.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1877/req_55-2021_birino_-_que_sejam_enviadas_copias_dos_processos_licitatorios_contratos_e_pagamentos_referentes_a_construcao_das_escolas_municipais_do_ano_de_2.pdf</t>
   </si>
   <si>
     <t>Que sejam enviadas cópias dos processos licitatórios, contratos e pagamentos referentes à construção das escolas municipais do ano de 2017 até a presente data.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1878/req_56-2021_birino_-que_sejam_enviados_os_valores_orcamentarios_de_2017_a_2021_da_secretaria_de_desenvolvimento_economico_junto_com_toda_a_suplementacao_do.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1878/req_56-2021_birino_-que_sejam_enviados_os_valores_orcamentarios_de_2017_a_2021_da_secretaria_de_desenvolvimento_economico_junto_com_toda_a_suplementacao_do.pdf</t>
   </si>
   <si>
     <t>Que sejam enviados os valores orçamentários de 2017 a 2021 da Secretaria de Desenvolvimento Econômico, junto com toda a suplementação do período.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1879/req_57-2021_birino_-_que_sejam_envidas_copias_de_todos_os_extratos_bancarios_de_todas_as_contas_do_municipio_no_periodo_de_2017_a_2018_extrato_de_todos_os_.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1879/req_57-2021_birino_-_que_sejam_envidas_copias_de_todos_os_extratos_bancarios_de_todas_as_contas_do_municipio_no_periodo_de_2017_a_2018_extrato_de_todos_os_.pdf</t>
   </si>
   <si>
     <t>Que sejam envidas cópias de todos os extratos bancários de todas as contas do município no período de 2017 a 2018, extrato de todos os meses desse período.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1880/req_58-2021_birino_-_que_seja_enviada_copia_do_processo_administrativo_da_demolicao_dos_imoveis_na_r._04_de_outubro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1880/req_58-2021_birino_-_que_seja_enviada_copia_do_processo_administrativo_da_demolicao_dos_imoveis_na_r._04_de_outubro.pdf</t>
   </si>
   <si>
     <t>Que seja enviada cópia do processo administrativo da demolição dos imóveis na r. 04 de Outubro.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1384/pres_01-2021_concede_titulo_de_cidadania_toritamense_a_geniveva_maria_de_santana_araujo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1384/pres_01-2021_concede_titulo_de_cidadania_toritamense_a_geniveva_maria_de_santana_araujo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Geniveva Maria de Santana Araújo.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1416/pres_02-2021_concede_titulo_de_cidadania_toritamense_a_arlei_luiz_zotti.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1416/pres_02-2021_concede_titulo_de_cidadania_toritamense_a_arlei_luiz_zotti.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Arlei Luiz Zotti.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1447/pres_03-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_josue_bezerra_de_melo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1447/pres_03-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_josue_bezerra_de_melo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Josué Bezerra de Melo.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1448/pres_04-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_severino_cosme_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1448/pres_04-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_severino_cosme_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Severino Cosme da Silva.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1449/pres_05-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_jose_geraldo_dos_santos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1449/pres_05-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_jose_geraldo_dos_santos..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a José Geraldo dos Santos.</t>
   </si>
   <si>
+    <t>3044</t>
+  </si>
+  <si>
+    <t>Mesa Diretora - MESA</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3044/pres_07-2021_prestacao_de_contas_2017_-_mesa_diretora.docx.pdf</t>
+  </si>
+  <si>
+    <t>Julga a Prestação de Contas da Prefeitura Municipal de Toritama, Estado de Pernambuco, referente ao exercício de 2017 do Exmo. Sr. Prefeito Edilson Tavares de Lima, Processo T.C. nº 18100263-2.</t>
+  </si>
+  <si>
+    <t>3045</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3045/pres_08-2021_prestacao_de_contas_2018_-_mesa_diretora.docx.pdf</t>
+  </si>
+  <si>
+    <t>Julga a Prestação de Contas da Prefeitura Municipal de Toritama, Estado de Pernambuco, referente ao exercício de 2018 do Exmo. Sr. Prefeito Edilson Tavares de Lima, Processo T.C. nº 19100303-7.</t>
+  </si>
+  <si>
     <t>1568</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1568/pres_09-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_eduardo_jose_menezes_dos_santos_junior..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1568/pres_09-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_eduardo_jose_menezes_dos_santos_junior..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Eduardo José Menezes dos Santos Júnior.</t>
   </si>
   <si>
     <t>1569</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1569/pres_10-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_jose_adriano_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1569/pres_10-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_jose_adriano_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a José Adriano da Silva.</t>
   </si>
   <si>
     <t>1570</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1570/pres_11-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_ednalva_maria_soares_araujo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1570/pres_11-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_ednalva_maria_soares_araujo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Ednalva Maria Soares Araújo.</t>
   </si>
   <si>
     <t>1571</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1571/pres_12-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_aurene_maria_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1571/pres_12-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_aurene_maria_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Aurene Maria da Silva.</t>
   </si>
   <si>
     <t>1572</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1572/pres_13-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_maria_dulce_goncalves_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1572/pres_13-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_maria_dulce_goncalves_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Maria Dulce Gonçalves da Silva.</t>
   </si>
   <si>
     <t>1625</t>
   </si>
   <si>
-    <t>Mesa Diretora - MESA</t>
-[...2 lines deleted...]
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1625/pres_14-2021_mesa_diretora_-_altera_a_resolucao_032014_dando_nova_redacao_ao_art._8o.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1625/pres_14-2021_mesa_diretora_-_altera_a_resolucao_032014_dando_nova_redacao_ao_art._8o.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução 03/2014, dando nova redação ao art. 8º.</t>
   </si>
   <si>
     <t>1626</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1626/pres_15-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_valdir_bezerra_da_silva_souza..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1626/pres_15-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_valdir_bezerra_da_silva_souza..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Valdir Bezerra da Silva Souza.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1689/pres_18-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_solange_dos_santos_soares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1689/pres_18-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_solange_dos_santos_soares.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Solange dos Santos Soares.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1666/pres_19-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_adriano_marcell_da_silva_e_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1666/pres_19-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_adriano_marcell_da_silva_e_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Adriano Marcell da Silva e Silva.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1667/pres_20-2021_rossana_-concede_titulo_de_cidadania_toritamense_a_roberval_leandro_lacerda.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1667/pres_20-2021_rossana_-concede_titulo_de_cidadania_toritamense_a_roberval_leandro_lacerda.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadania Toritamense a Roberval Leandro Lacerda.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1690/pres_21-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_maria_luiza_leal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1690/pres_21-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_maria_luiza_leal..pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadania Toritamense a Maria Luiza Leal.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1691/pres_22-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_renato_romulo_da_silva_granja..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1691/pres_22-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_renato_romulo_da_silva_granja..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Renato Rômulo da Silva Granja.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1692/pres_23-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_orestes_bemvenuto_da_silva_filho..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1692/pres_23-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_orestes_bemvenuto_da_silva_filho..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Orestes Bemvenuto da Silva Filho.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1706/pres_26-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_gleide_do_nascimento_angelo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1706/pres_26-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_gleide_do_nascimento_angelo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Gleide do Nascimento Ângelo.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1707/pres_27-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_niedson_nivaldo_lopes_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1707/pres_27-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_niedson_nivaldo_lopes_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Niedson Nivaldo Lopes da Silva.</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1752/pres_29-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_elisangela_de_lourdes_barcelar..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1752/pres_29-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_elisangela_de_lourdes_barcelar..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Elisângela de Lourdes Barcelar.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1776/pres_30-2021_maviael_-_concede_a_comenda_eneas_tavares_a_mariana_maria_do_nascimento_araujo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1776/pres_30-2021_maviael_-_concede_a_comenda_eneas_tavares_a_mariana_maria_do_nascimento_araujo.pdf</t>
   </si>
   <si>
     <t>Concede a “Comenda Enéas Tavares” a Mariana Maria do Nascimento Araújo.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1777/pres_31-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_helder_pinto_correia_de_araujo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1777/pres_31-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_helder_pinto_correia_de_araujo..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a José Helder Pinto Correia de Araújo.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1778/pres_32-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_ligia_carla_de_andrade_cabral.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1778/pres_32-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_ligia_carla_de_andrade_cabral.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Lígia Carla de Andrade Cabral.</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1779/pres_33-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_joseana_nunes_de_souza..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1779/pres_33-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_joseana_nunes_de_souza..pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadania Toritamense a Joseana Nunes de Souza.</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1733/pres_34-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_carla_marques_de_almeida_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1733/pres_34-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_carla_marques_de_almeida_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Carla Marques de Almeida Silva.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1780/pres_35-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_iremar_ferreira_de_souza..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1780/pres_35-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_iremar_ferreira_de_souza..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Iremar Ferreira de Souza.</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1828/pres_39-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_thiago_meirelles_silva_dos_santos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1828/pres_39-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_thiago_meirelles_silva_dos_santos..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Thiago Meirelles Silva dos Santos.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1829/pres_40-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_adjailson_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1829/pres_40-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_adjailson_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a José Adjailson da Silva.</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1855/pres_41-2021_rossana_-_cria_a_procuradoria_especial_da_mulher_na_camara_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1855/pres_41-2021_rossana_-_cria_a_procuradoria_especial_da_mulher_na_camara_de_toritama..pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria Especial da Mulher na Câmara de Toritama.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1856/pres_42-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_elia_oliveira_de_carvalho.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1856/pres_42-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_elia_oliveira_de_carvalho.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Eliã Oliveira de Carvalho.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1857/pres_43-2021_doutor_do_sao_joao_-_concede_titulo_de_cidadania_toritamense_a_osenir_arruda_da_silva..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1857/pres_43-2021_doutor_do_sao_joao_-_concede_titulo_de_cidadania_toritamense_a_osenir_arruda_da_silva..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Osenir Arruda da Silva.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1858/pres_44-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_marcio_costa_santos.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1858/pres_44-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_marcio_costa_santos.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Márcio Costa Santos.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1734/pres_45-2021_ferreirinha-_concede_titulo_de_cidadania_toritamense_a_gilvan_florencio_da_silva.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1734/pres_45-2021_ferreirinha-_concede_titulo_de_cidadania_toritamense_a_gilvan_florencio_da_silva.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Gilvan Florêncio da Silva.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a lrineu Sinézio da silva,</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1881/pres_47-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_janailton_alves_dos_santos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1881/pres_47-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_janailton_alves_dos_santos..pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Toritamense a Janailton Alves dos Santos.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>PLOL</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1341/proj._lei_01-2023_mava_-_denomina_de_praca_jose_silvestre_compressed.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1341/proj._lei_01-2023_mava_-_denomina_de_praca_jose_silvestre_compressed.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça José Silvestre da Silva, a praça localizada à Avenida Tereza Gonçalves de Oliveira no Bairro Novo Alvorecer.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1342/projle_1.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1342/projle_1.pdf</t>
   </si>
   <si>
     <t>Altera a lei "1.5472017" "Que Altera a Lei 1636/2018", Dispõe sobre a reestruturação dos Cargos em Comissão da Câmara Municipal de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1451/plol_05-2021_maviael_-_denomina_de_quadra_mario_de_araujo_a_quadra_da_escola_laura_lopes.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1451/plol_05-2021_maviael_-_denomina_de_quadra_mario_de_araujo_a_quadra_da_escola_laura_lopes.pdf</t>
   </si>
   <si>
     <t>Denomina de Quadra Mário J. de Araújo, a quadra da Escola Laura Lopes.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1467/plol_06-2021_maviael_-_denomina_de_quadra_eneas_vicente_de_lima_a_quadra_da_escola_elizete_borba..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1467/plol_06-2021_maviael_-_denomina_de_quadra_eneas_vicente_de_lima_a_quadra_da_escola_elizete_borba..pdf</t>
   </si>
   <si>
     <t>Denomina de Quadra Enéas Vicente de Lima, a quadra da Escola Elizete Borba.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1470/plol_07-2021_maviael_-_denomina_de_quadra_manoelito_sena_guimaraes_manduca_do_vasco_a_quadra_da_escola_maria_goncalves..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1470/plol_07-2021_maviael_-_denomina_de_quadra_manoelito_sena_guimaraes_manduca_do_vasco_a_quadra_da_escola_maria_goncalves..pdf</t>
   </si>
   <si>
     <t>Denomina de Quadra Manoelito Sena Guimarães (Manduca do Vasco), a quadra da Escola Maria Gonçalves.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1468/plol_08-2021_maviael_-_denomina_de_ubs_adelma_maria_de_oliveira_a_ubs_centro_iii_do_bairro_antao..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1468/plol_08-2021_maviael_-_denomina_de_ubs_adelma_maria_de_oliveira_a_ubs_centro_iii_do_bairro_antao..pdf</t>
   </si>
   <si>
     <t>Denomina de UBS Adelma Maria de Oliveira, a UBS Centro III do Bairro Antão.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1469/plol_09-2021_maviael_-_dispoe_sobre_a_instalacao_em_pracas_e_parques_publicos_de_brinquedos_adaptados_e_equipamentos_especialmente_desenvolvidos_para_lazer_e_recreacao_de_crian.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1469/plol_09-2021_maviael_-_dispoe_sobre_a_instalacao_em_pracas_e_parques_publicos_de_brinquedos_adaptados_e_equipamentos_especialmente_desenvolvidos_para_lazer_e_recreacao_de_crian.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instalação em praças e parques públicos de brinquedos adaptados e equipamentos especialmente desenvolvidos para lazer e recreação de crianças com deficiência ou mobilidade reduzida, no âmbito do Município de Toritama-PE, e dá outras providências.</t>
   </si>
   <si>
     <t>3040</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3040/pl_10-2021_reconhece_essencial_atividade_fisica_-_jose_edmilson.docx.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3040/pl_10-2021_reconhece_essencial_atividade_fisica_-_jose_edmilson.docx.pdf</t>
   </si>
   <si>
     <t>Reconhece como atividades essenciais para a população, no âmbito da cidade de Toritama, a prática de atividades e exercícios físicos, bem como todo e qualquer estabelecimento prestador de serviço ou espaços públicos destinados a essa finalidade.</t>
   </si>
   <si>
     <t>3041</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3041/pl_11-2021_reconhece_essencial_atividade_religiosa_-_rossana.docx.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3041/pl_11-2021_reconhece_essencial_atividade_religiosa_-_rossana.docx.pdf</t>
   </si>
   <si>
     <t>Reconhece como atividades essenciais para a população, no âmbito da cidade de Toritama, atividades religiosas de qualquer natureza, bem como todo e qualquer estabelecimento ou espaços destinados a essa finalidade.</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1472/plol_12-2021_mava_-_denomina_de_maria_da_conceicao_de_lima_ferreira_maria_cabral_a_r._projetada_cod._95000158_quadras_258_e_324_setor_7..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1472/plol_12-2021_mava_-_denomina_de_maria_da_conceicao_de_lima_ferreira_maria_cabral_a_r._projetada_cod._95000158_quadras_258_e_324_setor_7..pdf</t>
   </si>
   <si>
     <t>Denomina de Maria da Conceição de Lima Ferreira (Maria Cabral) a R. Projetada, Cód. 95000158, quadras 258 e 324, Setor 7.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1473/plol_13-2021_mava_-_denomina_de_joseneide_maria_de_lima_silva_a_r._projetada_cod._722_quadras_324_e_328_setor_12.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1473/plol_13-2021_mava_-_denomina_de_joseneide_maria_de_lima_silva_a_r._projetada_cod._722_quadras_324_e_328_setor_12.pdf</t>
   </si>
   <si>
     <t>Denomina de Joseneide Maria de Lima Silva a R. Projetada, Cód. 722, quadras 324 e 328, Setor 12.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1486/plol_14-2021_mava_-_dispoe_sobre_a_implantacao_da_patrulha_escolar_de_toritama_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1486/plol_14-2021_mava_-_dispoe_sobre_a_implantacao_da_patrulha_escolar_de_toritama_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Patrulha Escolar de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1487/plol_15-2021_ze_neto_-_dispoe_sobre_a_implantacao_de_sistema_solar_fotovoltaico_de_energia_nos_predios_a_serem_construidos..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1487/plol_15-2021_ze_neto_-_dispoe_sobre_a_implantacao_de_sistema_solar_fotovoltaico_de_energia_nos_predios_a_serem_construidos..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de sistema solar fotovoltaico de energia nos prédios a serem construídos.</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1488/plol_16-2021_mava_-_denomina_de_antonio_onival_fernandes_vava_guarda_a_r._projetada_cod._95000160_quadras_326_e_328_setor_7..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1488/plol_16-2021_mava_-_denomina_de_antonio_onival_fernandes_vava_guarda_a_r._projetada_cod._95000160_quadras_326_e_328_setor_7..pdf</t>
   </si>
   <si>
     <t>Denomina de Antônio Onival Fernandes (Vavá Guarda) a R. Projetada, Cód. 95000160, quadras 326 e 328, Setor 7.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1489/plol_17-2021_mava_-_denomina_de_amaro_soares_de_jesus_amaro_de_joao_senhor_a_r._projetada_cod._95000159_quadras_324_e_326_setor_7..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1489/plol_17-2021_mava_-_denomina_de_amaro_soares_de_jesus_amaro_de_joao_senhor_a_r._projetada_cod._95000159_quadras_324_e_326_setor_7..pdf</t>
   </si>
   <si>
     <t>Denomina de Amaro Soares de Jesus (Amaro de João Senhor) a R. Projetada, Cód. 95000159, quadras 324 e 326, Setor 7.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1490/plol_18-2021_mava_-_denomina_de_josefa_izabel_da_silva_joselma_a_r._projetada_cod._706_quadras_246_e_249_setor_7..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1490/plol_18-2021_mava_-_denomina_de_josefa_izabel_da_silva_joselma_a_r._projetada_cod._706_quadras_246_e_249_setor_7..pdf</t>
   </si>
   <si>
     <t>Denomina de Josefa Izabel da Silva (Joselma) a R. Projetada, Cód. 706, quadras 246 e 249, Setor 7.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1491/plol_19-2021_mava_-_denomina_de_jose_alfredo_da_silva_ze_lala_a_r._projetada_cod._686_quadras_204_e_225_setor_7..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1491/plol_19-2021_mava_-_denomina_de_jose_alfredo_da_silva_ze_lala_a_r._projetada_cod._686_quadras_204_e_225_setor_7..pdf</t>
   </si>
   <si>
     <t>Denomina de José Alfredo da Silva (Zé Lala) a R. Projetada, Cód. 686, quadras 204 e 225, Setor 7.</t>
   </si>
   <si>
     <t>1542</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1542/plol_20-2021_jeziel_-_denomina_de_vicente_genuino_de_souza_a_r._projetada_cod._655_quadras_124_e_133_setor_3..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1542/plol_20-2021_jeziel_-_denomina_de_vicente_genuino_de_souza_a_r._projetada_cod._655_quadras_124_e_133_setor_3..pdf</t>
   </si>
   <si>
     <t>Denomina de Vicente Genuíno de Souza a R. Projetada, Cód. 655, quadras 124 e 133, Setor 3.</t>
   </si>
   <si>
     <t>1543</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1543/plol_21-2021_jeziel_-_denomina_de_maria_carlinda_de_souza_a_r._projetada_cod._643_quadras_112_e_115_setor_3.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1543/plol_21-2021_jeziel_-_denomina_de_maria_carlinda_de_souza_a_r._projetada_cod._643_quadras_112_e_115_setor_3.pdf</t>
   </si>
   <si>
     <t>Denomina de Maria Carlinda de Souza a R. Projetada, Cód. 643, quadras 112 e 115, Setor 3.</t>
   </si>
   <si>
     <t>1544</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1544/plol_22-2021_jeziel_-_denomina_de_grineide_goncalves_de_lima_a_r._projetada_cod._652_quadras_115_e_124_setor_3..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1544/plol_22-2021_jeziel_-_denomina_de_grineide_goncalves_de_lima_a_r._projetada_cod._652_quadras_115_e_124_setor_3..pdf</t>
   </si>
   <si>
     <t>Denomina de Grineide Gonçalves de lima a R. Projetada, Cód. 652, quadras 115 e 124, Setor 3.</t>
   </si>
   <si>
     <t>1545</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1545/plol_23-2021_jeziel_-_denomina_de_claudenilda_maria_da_silva_a_r._projetada_cod._642_quadras_109_a_112_setor_3..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1545/plol_23-2021_jeziel_-_denomina_de_claudenilda_maria_da_silva_a_r._projetada_cod._642_quadras_109_a_112_setor_3..pdf</t>
   </si>
   <si>
     <t>Denomina de Claudenilda Maria da Silva a R. Projetada, Cód. 642, quadras 109 a 112, Setor 3.</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/240/pl_26-2021_denomina_de_av._dorgival_florencio_de_almeida_a_r._projetada_cod_557_setor_3_loteamento_campo_alegre_-_derivaldo.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/240/pl_26-2021_denomina_de_av._dorgival_florencio_de_almeida_a_r._projetada_cod_557_setor_3_loteamento_campo_alegre_-_derivaldo.pdf</t>
   </si>
   <si>
     <t>Denomina de Av. Dorgival Florêncio de Almeida a R. Projetada, Cód, 557, Setor 3, Loteamento Campo Alegre</t>
   </si>
   <si>
     <t>1566</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1566/plol_27-2021_morica_-_denomina_de_r._do_sagrado_coracao_de_jesus_a_r._projetada_cod._95000151_quadras_422_e_424_setor_4..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1566/plol_27-2021_morica_-_denomina_de_r._do_sagrado_coracao_de_jesus_a_r._projetada_cod._95000151_quadras_422_e_424_setor_4..pdf</t>
   </si>
   <si>
     <t>Denomina de R. do Sagrado Coração de Jesus a R. Projetada, Cód. 95000151, quadras 422 e 424, Setor 4.</t>
   </si>
   <si>
     <t>1567</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1567/plol_28-2021_morica_-_denomina_de_r._amara_izabel_da_silva_a_r._projetada_cod._95000152_quadras_424_e_426_setor_4.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1567/plol_28-2021_morica_-_denomina_de_r._amara_izabel_da_silva_a_r._projetada_cod._95000152_quadras_424_e_426_setor_4.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Amara Izabel da Silva a R. Projetada, Cód. 95000152, quadras 424 e 426, Setor 4.</t>
   </si>
   <si>
     <t>1620</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1620/plol_30-2021_carol_-_dispoe_sobre_as_diretrizes_para_as_acoes_de_promocao_da_dignidade_menstrual_de_conscientizacao_e_informacao_sobre_a_menstruacao_o_fornecimento.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1620/plol_30-2021_carol_-_dispoe_sobre_as_diretrizes_para_as_acoes_de_promocao_da_dignidade_menstrual_de_conscientizacao_e_informacao_sobre_a_menstruacao_o_fornecimento.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para as ações de Promoção da Dignidade Menstrual, de conscientização e informação sobre a menstruação, o fornecimento de absorventes — higiênicos e dá outras providências.</t>
   </si>
   <si>
     <t>1621</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1621/plol_31-2021_carol_-_institui_as_diretrizes_para_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea_no_ambito_do_municipio_de.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1621/plol_31-2021_carol_-_institui_as_diretrizes_para_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea_no_ambito_do_municipio_de.pdf</t>
   </si>
   <si>
     <t>Institui as diretrizes para emissão da Carteira de Identificação da Pessoa com Transtorno do Espectro Autista (Ciptea) no âmbito do município de Toritama, e dá outras providências.</t>
   </si>
   <si>
     <t>1622</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1622/plol_32-2021_morica_-_institui_feriado_municipal_o_dia_24_de_junho_em_homenagem_a_sao_joao.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1622/plol_32-2021_morica_-_institui_feriado_municipal_o_dia_24_de_junho_em_homenagem_a_sao_joao.pdf</t>
   </si>
   <si>
     <t>Institui feriado municipal o dia 24 de junho, em homenagem a São João.</t>
   </si>
   <si>
     <t>1623</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1623/plol_33-2021_maviael_-_denomina_de_jose_tavares_da_silva_beto_a_quadra_poliesportiva_da_escola_maria_aurora_de_jesus..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1623/plol_33-2021_maviael_-_denomina_de_jose_tavares_da_silva_beto_a_quadra_poliesportiva_da_escola_maria_aurora_de_jesus..pdf</t>
   </si>
   <si>
     <t>Denomina de José Tavares da Silva (Beto), a quadra poliesportiva da Escola Maria Aurora de Jesus.</t>
   </si>
   <si>
     <t>1624</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1624/plol_35-2021_derivaldo_-_denomina_de_antonio_tiburcio_da_silva_antonio_zacarias_o_predio_publico_municipal_a_r._joao_chagas_sn_onde_funcionou_o_antigo_forum.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1624/plol_35-2021_derivaldo_-_denomina_de_antonio_tiburcio_da_silva_antonio_zacarias_o_predio_publico_municipal_a_r._joao_chagas_sn_onde_funcionou_o_antigo_forum.pdf</t>
   </si>
   <si>
     <t>Denomina de Antônio Tibúrcio da Silva (Antônio Zacarias) o prédio público municipal à R. João Chagas, s/n, onde funcionou o antigo Fórum.</t>
   </si>
   <si>
     <t>1633</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1633/plol_37-2021_maviael_-_denomina_de_praca_narciso_celestino_de_lima_a_praca_localizada_no_bairro_duque_de_caxias_ao_lado_da_ubs_na_rua_maria_etien.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1633/plol_37-2021_maviael_-_denomina_de_praca_narciso_celestino_de_lima_a_praca_localizada_no_bairro_duque_de_caxias_ao_lado_da_ubs_na_rua_maria_etien.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Narciso Celestino de Lima, a Praça localizada no Bairro Duque de Caxias, ao lado da UBS na rua Maria Etiene.</t>
   </si>
   <si>
     <t>1634</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1634/plol_38-2021_ze_neto_-_denomina_de_donizete_pedro_tavares_a_quadra_de_eventos_da_escola_maria_aurora_de_jesus_no_bairro_duque_de_caxia.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1634/plol_38-2021_ze_neto_-_denomina_de_donizete_pedro_tavares_a_quadra_de_eventos_da_escola_maria_aurora_de_jesus_no_bairro_duque_de_caxia.pdf</t>
   </si>
   <si>
     <t>Denomina de Donizete Pedro Tavares a quadra de eventos da Escola Maria Aurora de Jesus no bairro Duque de Caxias.</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/241/pl_39-2021_denomina_de_av._jose_sergio_de_lucena_deda_de_sergio_a_r._projetada_cod._547quadras124_e_151_setor_3_-_ze_neto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/241/pl_39-2021_denomina_de_av._jose_sergio_de_lucena_deda_de_sergio_a_r._projetada_cod._547quadras124_e_151_setor_3_-_ze_neto.pdf</t>
   </si>
   <si>
     <t>Denomina de Av. José Sérgio de Lucena (Deda de Sérgio) a R. Projetada, Cód. 547,quadras124 e 151, Setor 3</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/242/pl_40-2021_denomina_de_r._vereador_francisco_soares_da_silva_a_r._projetada_cod._672_quadras_145_e_151_setor_3_-_ze_neto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/242/pl_40-2021_denomina_de_r._vereador_francisco_soares_da_silva_a_r._projetada_cod._672_quadras_145_e_151_setor_3_-_ze_neto.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Vereador Francisco Soares da Silva a R. Projetada, Cód. 672, quadras 145 e 151, Setor 3</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/243/pl_41-2021_denomina_de_r._jose_laurentino_neri_a_r._projetada_cod._688_quadras_145_e_148_setor_3_-_ze_neto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/243/pl_41-2021_denomina_de_r._jose_laurentino_neri_a_r._projetada_cod._688_quadras_145_e_148_setor_3_-_ze_neto.pdf</t>
   </si>
   <si>
     <t>Denomina de R. José Laurentino Neri a R. Projetada, Cód. 688, quadras 145 e 148, Setor 3</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/244/pl_42-2021_denomina_de_r._luis_ferreira_da_silva_luis_turiu_a_r._projetada_cod._755_quadra_155_setor_3_-_jose_neto.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/244/pl_42-2021_denomina_de_r._luis_ferreira_da_silva_luis_turiu_a_r._projetada_cod._755_quadra_155_setor_3_-_jose_neto.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Luís Ferreira da Silva (Luís Turiu) a R. Projetada, Côd. 755, quadra 155, Setor 3</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1665/plol_43-2021_birino_-dispoe_sobre_a_implantacao_de_programa_de_restricao_ao_transito_de_veiculos_automotores_pesados_do_tipo_caminhao_no_municipio_de_toritama.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1665/plol_43-2021_birino_-dispoe_sobre_a_implantacao_de_programa_de_restricao_ao_transito_de_veiculos_automotores_pesados_do_tipo_caminhao_no_municipio_de_toritama.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de programa de restrição ao trânsito de veículos automotores pesados, do tipo caminhão, no município de Toritama.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1699/plol_44-2021_maviael_-_dispoe_sobre_a_garantia_de_que_agressores_de_mulheres_e_meninas_nao_possam_assumir_cargos_publicos_no_municipio_de_toritama_e_da_outras_provide.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1699/plol_44-2021_maviael_-_dispoe_sobre_a_garantia_de_que_agressores_de_mulheres_e_meninas_nao_possam_assumir_cargos_publicos_no_municipio_de_toritama_e_da_outras_provide.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de que agressores de mulheres e meninas não possam assumir cargos públicos no município de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1748/plol_46-2021_ze_neto_-_dispoe_sobre_a_regulamentacao_de_casa_de_apoio_a_usuarios_do_municipio_de_toritama_em_tratamento_fora_de_domicilio..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1748/plol_46-2021_ze_neto_-_dispoe_sobre_a_regulamentacao_de_casa_de_apoio_a_usuarios_do_municipio_de_toritama_em_tratamento_fora_de_domicilio..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação de casa de apoio a usuários do município de Toritama em tratamento fora de domicílio.</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1749/plol_47-2021_ferreirinha_-_denomina_de_praca_otacilio_ferreira_de_carvalho_a_praca_localizada_no_bairro_planalto_entre_as_ruas_alfredo_feitosa_da_silva_e_rua_das_acacias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1749/plol_47-2021_ferreirinha_-_denomina_de_praca_otacilio_ferreira_de_carvalho_a_praca_localizada_no_bairro_planalto_entre_as_ruas_alfredo_feitosa_da_silva_e_rua_das_acacias..pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Otacílio Ferreira de Carvalho, a Praça localizada no Bairro Planalto, entre as ruas Alfredo Feitosa da Silva e Rua das Acácias.</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1750/plol_48-2021_ferreirinha_-_denomina_de_praca_rosemiro_felix_da_silva_a_praca_localizada_no_bairro_planalto_entre_a_rua_castro_alves_e_a_pe-90..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1750/plol_48-2021_ferreirinha_-_denomina_de_praca_rosemiro_felix_da_silva_a_praca_localizada_no_bairro_planalto_entre_a_rua_castro_alves_e_a_pe-90..pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Rosemiro Félix da Silva, a Praça localizada no Bairro Planalto, entre a rua Castro Alves e a PE-90.</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1785/plol_49-2021_ferreirinha_-_denomina_de_praca_joao_amaro_do_nascimento_a_praca_localizada_no_sitio_oncinhas_entre_a_rua_jorge_goncalves_da_silva_e_a_rua_joaquim_borba.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1785/plol_49-2021_ferreirinha_-_denomina_de_praca_joao_amaro_do_nascimento_a_praca_localizada_no_sitio_oncinhas_entre_a_rua_jorge_goncalves_da_silva_e_a_rua_joaquim_borba.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça João Amaro do Nascimento, a Praça localizada no Sítio Oncinhas, entre a rua Jorge Gonçalves da Silva e a rua Joaquim Borba.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1772/plol_50-2021_carol_-_dispoe_sobre_a_transparencia_na_lista_de_espera_por_vagas_no_centro_municipal_de_educacao_infantil_e_suas_prioridades..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1772/plol_50-2021_carol_-_dispoe_sobre_a_transparencia_na_lista_de_espera_por_vagas_no_centro_municipal_de_educacao_infantil_e_suas_prioridades..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transparência na lista de espera por vagas no Centro Municipal de Educação Infantil e suas prioridades.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1773/plol_51-2021_carol_-_dispoe_sobre_a_criacao_do_dia_municipal_em_homenagem_as_vitimas_do_novo_coronavirus_na_cidade_de_toritama_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1773/plol_51-2021_carol_-_dispoe_sobre_a_criacao_do_dia_municipal_em_homenagem_as_vitimas_do_novo_coronavirus_na_cidade_de_toritama_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Dia Municipal em Homenagem às Vítimas do Novo Coronavírus na cidade de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1775/plol_52-2021_maviael_-_denomina_de_r._jose_jackson_da_silva_marques_a_r._projetada_cod._795_quadra_374_e_376_setor_04..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1775/plol_52-2021_maviael_-_denomina_de_r._jose_jackson_da_silva_marques_a_r._projetada_cod._795_quadra_374_e_376_setor_04..pdf</t>
   </si>
   <si>
     <t>Denomina de R. José Jackson da Silva Marques a R. Projetada, Cód. 795, quadra 374 e 376, Setor 04.</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1808/plol_54-2021_maviael_-_denomina_de_r._irandi_ferreira_da_silva_a_r._projetada_15_setor_04_quadra_36_e_378_codigo_logradouro_796_no_loteamento_izidio_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1808/plol_54-2021_maviael_-_denomina_de_r._irandi_ferreira_da_silva_a_r._projetada_15_setor_04_quadra_36_e_378_codigo_logradouro_796_no_loteamento_izidio_tavares..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Irandi Ferreira da Silva a R. Projetada 15, Setor 04, Quadra 3/6 e 378, Código Logradouro 796, no loteamento Izidio Tavares.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1821/plol_55-2021_maviael_-_denomina_de_r._auzira_anunciada_da_silva_a_r._projetada_setor_04_quadra_378_codigo_logradouro_797_no_loteamento_izidio_tavares..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1821/plol_55-2021_maviael_-_denomina_de_r._auzira_anunciada_da_silva_a_r._projetada_setor_04_quadra_378_codigo_logradouro_797_no_loteamento_izidio_tavares..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Auzira Anunciada da Silva a R. Projetada, Setor 04, Quadra 378, Código Logradouro 797, no loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1822/plol_56-2021_maviael_-_denomina_de_r._edinaldo_jose_da_silva_naldinho_a_r._projetada_13_setor_o4_quadra_372_e_374_codigo_logradouro_794_no_loteamento_izidio_ta.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1822/plol_56-2021_maviael_-_denomina_de_r._edinaldo_jose_da_silva_naldinho_a_r._projetada_13_setor_o4_quadra_372_e_374_codigo_logradouro_794_no_loteamento_izidio_ta.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Edinaldo José da Silva (Naldinho) a R. Projetada 13, Setor 04, Quadra 372 e 374, Código Logradouro 794, no loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1823/plol_57-2021_maviael_-_denomina_de_r._edinalto_ferreira_neto_dinaldo_de_fazenda_velha_a_r._projetada_setor_04_quadra_368_codigo_logradouro_799_no_loteamento_iz.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1823/plol_57-2021_maviael_-_denomina_de_r._edinalto_ferreira_neto_dinaldo_de_fazenda_velha_a_r._projetada_setor_04_quadra_368_codigo_logradouro_799_no_loteamento_iz.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Edinalto Ferreira Neto (Dinaldo de Fazenda Velha) a R. Projetada, Setor 04, Quadra 368, Código Logradouro 799, no loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1824/plol_58-2021_morica_-_denomina_de_prefeito_nelson_caetano_da_silva_o_teatro_municipal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1824/plol_58-2021_morica_-_denomina_de_prefeito_nelson_caetano_da_silva_o_teatro_municipal..pdf</t>
   </si>
   <si>
     <t>Denomina de Prefeito Nelson Caetano da Silva o Teatro Municipal.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1825/plol_59-2021_doutor_do_sao_joao_-_dispoe_sobre_a_criacao_do_programa_municipal_de_assistencia_tecnica_publica_e_gratuita_para_habitacao_de_interesse_social_atenden.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1825/plol_59-2021_doutor_do_sao_joao_-_dispoe_sobre_a_criacao_do_programa_municipal_de_assistencia_tecnica_publica_e_gratuita_para_habitacao_de_interesse_social_atenden.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Municipal de Assistência Técnica Pública e Gratuita para Habitação de Interesse Social, atendendo ao que indica a Lei Federal nº 11.888, de 24 de dezembro de 2008.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1830/plol_60-2021_maviael_-_denomina_de_eronildes_manoel_filho_nidim_a_ame_animal..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1830/plol_60-2021_maviael_-_denomina_de_eronildes_manoel_filho_nidim_a_ame_animal..pdf</t>
   </si>
   <si>
     <t>Denomina de Eronildes Manoel Filho (Nidim) a AME ANIMAL.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1831/plol_61-2021_maviael_-_denomina_de_r._tertulina_maria_de_lima_teta_a_r._projetada_setor_04_quadra_378_codigo_logradouro_798_no_loteamento_izidio_tavares.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1831/plol_61-2021_maviael_-_denomina_de_r._tertulina_maria_de_lima_teta_a_r._projetada_setor_04_quadra_378_codigo_logradouro_798_no_loteamento_izidio_tavares.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Tertulina Maria de Lima (teta), a R. Projetada, Setor 04, Quadra 378, Código Logradouro 798, no loteamento Izídio Tavares.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1832/plol_62-2021_maviael_-_denomina_de_r._ozanir_adauto_da_silva_zana_a_r._projetada_setor_02_quadra_22_e_24_loteamento_novo_alvorecer..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1832/plol_62-2021_maviael_-_denomina_de_r._ozanir_adauto_da_silva_zana_a_r._projetada_setor_02_quadra_22_e_24_loteamento_novo_alvorecer..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Ozanir Adauto da Silva (Zana), a R. Projetada, Setor 02, Quadra 22 e 24, Loteamento Novo Alvorecer.</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1833/plol_63-2021_maviael_-_denomina_de_r._severina_maria_tavares_tirina_a_r._projetada_11_setor_o4_quadra_88_e_133_loteamento_novo_coqueiral..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1833/plol_63-2021_maviael_-_denomina_de_r._severina_maria_tavares_tirina_a_r._projetada_11_setor_o4_quadra_88_e_133_loteamento_novo_coqueiral..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Severina Maria Tavares (Tirina), a R. Projetada 11, Setor 04, Quadra 88 e 133, Loteamento Novo Coqueiral.</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1853/plol_66-2021_ferreirinha_-_denomina_de_r._amaro_lopes_da_silva_a_r._projetada_quadra_84_e_85_cod_log_568_setor_03_loteamento_arlindo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1853/plol_66-2021_ferreirinha_-_denomina_de_r._amaro_lopes_da_silva_a_r._projetada_quadra_84_e_85_cod_log_568_setor_03_loteamento_arlindo..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Amaro Lopes da Silva, a R. Projetada, Quadra 84 e 85, cód log 568, Setor 03, Loteamento Arlindo.</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1854/plol_67-2021_ferreirinha_-__denomina_de_r._adolfo_goncalves_de_melo_a_r._projetada_quadra_88_e_91_cod_log_564_setor_03_loteamento_maria_jose_cordeiro_de_melo..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1854/plol_67-2021_ferreirinha_-__denomina_de_r._adolfo_goncalves_de_melo_a_r._projetada_quadra_88_e_91_cod_log_564_setor_03_loteamento_maria_jose_cordeiro_de_melo..pdf</t>
   </si>
   <si>
     <t>Denomina de R. Adolfo Gonçalves de Melo, a R. Projetada, Quadra 88 e 91, cód log 564, Setor 03, Loteamento Maria José Cordeiro de Melo.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1834/plol_69-2021_maviael_-_dispoe_sobre_a_regulamentacao_da_area_para_estacionamento_em_estabelecimentos_comerciais_de_grande_circulacao_de_clientes..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1834/plol_69-2021_maviael_-_dispoe_sobre_a_regulamentacao_da_area_para_estacionamento_em_estabelecimentos_comerciais_de_grande_circulacao_de_clientes..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da área para estacionamento em estabelecimentos comerciais de grande circulação de clientes.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1868/plol_71-2021_ferreirinha_-_denomina_de_r._lourinaldo_jose_da_silva_a_r._projetada_16_quadra_130_e_133_cod_logradouro_658_setor_03_loteamento_maria_jose_cordeiro.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1868/plol_71-2021_ferreirinha_-_denomina_de_r._lourinaldo_jose_da_silva_a_r._projetada_16_quadra_130_e_133_cod_logradouro_658_setor_03_loteamento_maria_jose_cordeiro.pdf</t>
   </si>
   <si>
     <t>Denomina de R. Lourinaldo José da Silva, a R. Projetada 16, Quadra 130 e 133, cód logradouro 658, Setor 03, Loteamento Maria José Cordeiro de Melo.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1869/plol_72-2021_carol_-_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_violencia_contra_a_mulher_na_cidade_de_toritama_e_suas_prioridades..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1869/plol_72-2021_carol_-_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_violencia_contra_a_mulher_na_cidade_de_toritama_e_suas_prioridades..pdf</t>
   </si>
   <si>
     <t>Institui a Semana Municipal de Conscientização e Prevenção à Violência Contra a Mulher na Cidade de Toritama e suas prioridades.</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1910/plol_73-2021_mesa_diretora_-_trata_sobre_o_subsidio_dos_secretarios_municipais_de_toritama_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1910/plol_73-2021_mesa_diretora_-_trata_sobre_o_subsidio_dos_secretarios_municipais_de_toritama_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Trata sobre o subsídio dos Secretários Municipais de Toritama e dá outras providências.</t>
   </si>
   <si>
     <t>3038</t>
   </si>
   <si>
     <t>PLOE</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária Executivo</t>
   </si>
   <si>
     <t>Edilson Tavares de Lima</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3038/pl_02-2021_protocolo_vacina_-_pmt.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3038/pl_02-2021_protocolo_vacina_-_pmt.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área de saúde.</t>
   </si>
   <si>
+    <t>3047</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3047/pl_04-2021_reestrutura_o_cacs-fundeb_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e Valorização dos Profissionais da Educação – CACS-FUNDEB, em conformidade com o Artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020 e dá outras providências</t>
+  </si>
+  <si>
+    <t>3048</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3048/pl_05-2021_piso_dos_acs_e_ace_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Fixa o piso salarial profissional dos Agentes Comunitários de Saúde (ACS) e dos Agentes de Combate às Endemias (ACE) do Município de Toritama – PE, em consonância às determinações da Lei Federal nº 13.708, de 14 de agosto de 2018.</t>
+  </si>
+  <si>
+    <t>3050</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3050/pl_08-2021_ldo_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Estabelece as diretrizes orçamentárias para o exercício de 2022 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3051</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3051/pl_09-2021_bustos_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização para encomendar e instalar bustos em homenagem a Lenivaldo Antônio da Silva – Sr. Vardo, na estrada da Vila São Benedito; a João Amaro do Nascimento na Estrada do São João e a José Jota de Araújo na R. João Chagas e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3049</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3049/pl_10-2021_autoriza_convenio_para_emprestimo_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Município de Toritama/PE a firmar convênio com instituições financeiras para concessão de empréstimo/financiamento consignado aos servidores municipais e dá outras providências.</t>
+  </si>
+  <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1806/plex_11-2021_poder_executivo_-_revoga_a_lei_municipal_no_1.5432016_e_dispositivos_da_lei_municipal_no_1.5462016..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1806/plex_11-2021_poder_executivo_-_revoga_a_lei_municipal_no_1.5432016_e_dispositivos_da_lei_municipal_no_1.5462016..pdf</t>
   </si>
   <si>
     <t>Revoga a lei Municipal no 1.543/2016 e dispositivos da Lei Municipal nº 1.546/2016.</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1807/plex_12-2021_poder_executivo_-_autoriza_o_poder_executivo_a_doar_ao_estado_de_pernambuco_bem_imovel_pertencente_ao_municipio_de_toritama_para_construccao_de_escola.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1807/plex_12-2021_poder_executivo_-_autoriza_o_poder_executivo_a_doar_ao_estado_de_pernambuco_bem_imovel_pertencente_ao_municipio_de_toritama_para_construccao_de_escola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a doar ao Estado de Pernambuco bem imóvel pertencente ao Município de Toritama, para construção de Escola.</t>
   </si>
   <si>
+    <t>3052</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3052/pl_13-2021_loa_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Estima a receita e fixa a despesa do Município para o exercício financeiro de 2022</t>
+  </si>
+  <si>
+    <t>3053</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3053/pl_14-2021_ppa_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano Plurianual do Município de Toritama para o período de 2022 a 2025 e dá outras providências.</t>
+  </si>
+  <si>
     <t>1852</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1852/ploex_15-2021_pmt_-_institui_no_ambito_do_municipio_de_toritama_o_programa_saude_em_casa_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1852/ploex_15-2021_pmt_-_institui_no_ambito_do_municipio_de_toritama_o_programa_saude_em_casa_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Toritama o Programa Saúde em Casa, e dá outras providências.</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1867/ploex_16-2021_pmt_-_dispoe_sobre_autorizacao_para_abertura_de_credito_adicional_especial_ao_orcamento_geral_do_municipio_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1867/ploex_16-2021_pmt_-_dispoe_sobre_autorizacao_para_abertura_de_credito_adicional_especial_ao_orcamento_geral_do_municipio_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial ao Orçamento Geral do Município e dá outras providências.</t>
   </si>
   <si>
+    <t>3058</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3058/pl_17-2021_declara_os_feriados_religiosos_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Declara os feriados municipais religiosos, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3059</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3059/pl_18-2021_samol_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>institui o Serviço de Atendimento Móvel Local - SAMOL no Município de Toritama, e dá outras providências.</t>
+  </si>
+  <si>
     <t>2076</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/2076/ploe_19-2021_dispoe_sobre_a_proibicao_de_deposito_de_materiais_e_a_obrigatoriedade_de_utilizacao_de_papa_metralha_ou_cacamba_para_acumulo_de_entulho_em_voas_pavimentadas_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/2076/ploe_19-2021_dispoe_sobre_a_proibicao_de_deposito_de_materiais_e_a_obrigatoriedade_de_utilizacao_de_papa_metralha_ou_cacamba_para_acumulo_de_entulho_em_voas_pavimentadas_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de depósito de materiais e a obrigatoriedade de utilização de papa metralha ou caçamba para acúmulo de entulho em vias pavimentadas e dá outras providências</t>
   </si>
   <si>
+    <t>3054</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3054/pl_20-2021_autoriza_finisa_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a contratar Operação de Crédito junto à Caixa Econômica Federal - CEF, no âmbito do Programa FINISA - Financiamento à infraestrutura e ao Saneamento na Modalidade Apoio Financeiro destinado a aplicação em Despesa de Capital, com ou sem o garantia da União e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3060</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3060/pl_22-2021_risco_de_vida_e_auxilio_alimentacao_a_guarda_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Anexo III da Lei Municipal Nº 1.616, de 21 de junho de 2018, institui o adicional de risco de vidas e cria o auxílio alimentação para os integrantes da carreira de Guarda Civil Municipal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3061</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3061/pl_23-2021_piso_magisterio_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o reajuste do piso salarial dos profissionais do magistério público da educação básica no âmbito municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3062</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3062/pl_24-2021_reajuste_conselheiros_tutelares_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei nº 1.668, de 03 de abril de 2019, reajustando o vencimento dos membros do Conselho Tutelar da Criança e do Adolescente.</t>
+  </si>
+  <si>
     <t>3039</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3039/plc_01-2021_refis_2021_-_pmt.pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3039/plc_01-2021_refis_2021_-_pmt.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal do Município de Toritama, sob denominação de PROGRAMA DE RECUPERAÇÃO FISCAL - REFIS 2021, para pessoas físicas e jurídicas e dá outras providências</t>
   </si>
   <si>
+    <t>3042</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3042/plc_02-2021_reestrutura_o_quadro_de_pessoal_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera as Leis nº 02/2017, 10/2018, 741/1998, 931/2006, 06/2017 e 08/2017, que tratam sobre a estrutura administrativa e vencimentos do Poder Executivo Municipal de Toritama/PE e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3043</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3043/plc_03-2021_modifica_o_suas_municipal_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera o Sistema Único de Assistência Social do Município de Toritama – Lei Municipal nº 1.649/2018 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3046</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3046/plc_04-2021_altera_a_lei_complementar_no_17_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Complementar Municipal nº 17, de 25 de junho de 2020.</t>
+  </si>
+  <si>
     <t>1911</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1911/plc_05-2021_poder_executivo_-_altera_a_lei_no_022017_e_a_lei_no_7411998_com_as_alteracoes_da_lei_no_192021_e_da_outras_providencias..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1911/plc_05-2021_poder_executivo_-_altera_a_lei_no_022017_e_a_lei_no_7411998_com_as_alteracoes_da_lei_no_192021_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 02/2017 e a Lei nº 741/1998 com as alterações da Lei nº 19/2021 e dá outras providências.</t>
   </si>
   <si>
+    <t>3057</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3057/plc_06-2021_abono_a_profissionais_da_educacao_basica_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a autorização Para concessão de abono aos profissionais da educação básica em efetivo exercício para fins de cumprimento da aplicação mínima de70% dos recursos do Fundeb na sua remuneração, conforme previsto no art. 26 da Lei Federal nº 14.133/2020, e no art. 212-A, inciso XI da Constituição Federal, referente ao Exercício Financeiro de 2021.</t>
+  </si>
+  <si>
+    <t>3055</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3055/plc_07-2021_risco_de_vida_e_auxilio_alimentacao_a_agente_de_transito_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera a remuneração do Diretor Presidente, constante no Anexo I da Lei Complementar Nº 08, de 30 de novembro de 2017 e o Anexo único da Lei Complementar Municipal Nº 11, de 13 de julho de 2018, institui o adicional de risco de vidas e cria o auxílio alimentação para os integrantes da carreira de Agente Municipal de Trânsito e dá outras providências.</t>
+  </si>
+  <si>
+    <t>3056</t>
+  </si>
+  <si>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3056/plc_08-2021_reajusta_vencimentos_cargos_comissionados_-_pmt.docx.pdf</t>
+  </si>
+  <si>
+    <t>Altera a remuneração de servidores públicos na Lei Complementar ne 02, de 01 de abril de 2017, que trata sobre a estrutura administrativa e vencimentos do Poder Executivo Municipal de Toritama.</t>
+  </si>
+  <si>
     <t>1688</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1688/plo_01-2021_mesa_diretora_-_dispoe_sobre_a_alteracao_do_artigo_21_da_lei_organica_do_municipio_de_toritama..pdf</t>
+    <t>http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1688/plo_01-2021_mesa_diretora_-_dispoe_sobre_a_alteracao_do_artigo_21_da_lei_organica_do_municipio_de_toritama..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Alteração do artigo 21 da Lei Orgânica do Município de Toritama.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -7204,56 +7393,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_01-2021_ferreirinha_-_que_sejam_construidas_03_entradas_da_cidade_com_a_frase_bem_vindo_a_toritama_a_capital_do_jeans_a_cidade_que_respira_o_progresso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_02-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_italia_recife_franca_alemanha_e_inglaterra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1320/ind_03-2023_ferreirinha_-_que_sejam_colocados_os_corrimao_das_pontes_que_ficam_nas_ruas_jose_eraldo_da_silva_riachuelo_santa_marta_e_lindines..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1321/ind_04-2021_rossana_-_que_seja_saneada_e_calcada_a_r._inglaterra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1322/ind_05-2021_rossana_-_que_seja_calcada_a_rua_em_frente_a_assembleia_de_deus_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_06-2021_rossana_-_que_seja_feita_a_limpeza_do_canal_da_vaca_leiteira..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1324/ind_07-2021_maviael_-_que_seja_calcada_ou_asfaltada_a_av._chico_xavier_sitio_oncinhas_sitio_sao_joao_sitio_santa_maria_sitio_sao_joao_de_cima_ate_o_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_08-2021_maviael_-_que_seja_reformado_ou_construido_um_novo_predio_para_a_escola_maria_aurora_no_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_09-2021_maviael_-_que_seja_elaborado_um_projeto_de_lei_criando_o_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1327/ind_10-2021_ze_neto_-_que_seja_fornecido_transporte_no_dia_de_finados_para_cemiterio_parque_dos_eucaliptos_de_hora_em_hora_a_partir_do_trevo_entre_a_br-104_e_a_pe-90_com_uma_parada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1328/ind_11-2021_doutor_do_sao_joao_-_que_seja_enviado_projeto_de_lei_criando_o_conselho_de_direitos_do_idoso..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_12-2021_doutor_do_sao_joao_-_que_seja_criado_o_centro_de_controle_de_zoonoses_no_sitio_oncinha_de_cima..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_13-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_nacional_de_alimentacao_escolar_pnae.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_14-2021_jeziel_antonio_-_que_seja_recapeada_a_rua_riachuelo_no_centro..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1332/ind_15-2021_jeziel_antonio_-_que_seja_feita_a_limpeza_do_bueiro_que_fica_na_rua_euzebio_soares_em_frente_ao_imovel_numero_436..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_16-2021_jeziel_antonio_-_que_seja_feito_o_calcamento_beco_da_entrada_principal_do_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_17-2021_jeziel_antonio_-_que_seja_retomado_o_programa_dia_do_lazer_aos_domingos_nas_ruas_jose_celestino_do_comercio_e_eusebio_soares..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_18-2021_morica_-_que_sejam_adquiridos_aparelhos_de_ultrassonografia_para_a_rede_de_saude_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1336/ind_19-2021_lolo_-_que_sejam_saneadas_e_calcadas_todas_as_ruas_do_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_20-2021_lolo_-_que_seja_adquirido_aparelho_de_endoscopia_para_a_policlinica..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1338/ind_21-2021_lolo_-_que_seja_enviado_projeto_de_lei_criando_o_programa_bolsa_familia_municipal_no_valor_de_r_55000..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_22-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_rua_manoel_tenorio_da_silva_por_tras_da_conhecida_briga_de_galo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_23-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_continuacao_da_rua_ulisses_tavares_no_o_bairro_novo_alvorecer..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_24-2021_maviael_-_que_sejam_asfaltadas_as_ruas_joao_pereira_tabosa_04_de_outubro_e_recapeadas_as_ruas_jose_celestino_do_comercio_joao_chagas_e_adalgiza_moura..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1344/ind_25-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_ruas_severina_goncalves_da_silva_jorge_o_matheus_da_silva_bezerra_luiz_jose_de_sa_maria_de_lourdes_silva_biu_de.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1345/ind_26-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_avenidas_raimundo_jose_da_silva_e_elpidio_as_costa_da_silva_e_as_ruas_severino_jose_da_silva_jose_cicero_da_silva.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1346/ind_27-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_castro_alves_madre_paulina_olavo_bilac_beco_sao_joao_raquel_de_queiroz_beco_sao_cosmo_e_alto_da_saudade_nos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1347/ind_28-2021_ferreirinha_-_que_sejam_feitas_a_terraplanagem_oo_saneamento_e_o_calcamento_das_ruas_do_acude_e_das_ruas_de_jairo_de_aru_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1348/ind_29-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_portugal_pau_santo_panama_colombia_buique_e_canada_a_travessa_colombia_e_as_1o_e_2o_travessas_recife.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1349/ind_30-2021_rossana_-_que_seja_calcada_a_r._santa_lucia..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1350/ind_31-2021_rossana_-_que_seja_feita_a_praca_da_base_na.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_32-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_diabetes_com_a_contratacao_de_medico_endocrinologista_e_vascular.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_33-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_hipertensao_com_a_contratacao_de_medico_cardiologista..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_34-2021_rossana_-_que_seja_contratado_um_medico_neuropediatra_para_atendimento_as_criancas_com_deficiencia_intelectual..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_35-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_premio_gestor_eficiente_da_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1355/ind_36-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_acesso_a_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1356/ind_37-2021_jeziel_-_que_seja_criado_o_programa_de_auxilio_a_estudantes_universitarios_carentes_com_bolsa_de_estudos_para_formacao_de_jovens_ao_ensino_superior.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1357/ind_38-2021_jeziel_-_que_seja_oferecido_aos_estudantes_cursinho_preparatorio_para_o_enem_de_forma_permanente_na_grade_curricular_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1358/ind_39-2021_jeziel_-_que_seja_criado_o_ame_-_ambulatorio_medico_especialista_oferecendo__oftalmologista_oncologista_neurologista_pediatra_e_reumatologista..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1359/ind_40-2021_carol_-_que_seja_criado_e_implementado_pela_secretaria_de_ordem_social_o_servico_patrulha_maria_da_penha_de_acompanhamento_periodico_e_preventivo_de_protec_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1360/ind_41-2021_carol_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1361/ind_42-2021_derivaldo_-_que_seja_quebrada_a_pedra_e_desobstruiida_a_trav._capitao_joao_dos_santos_no_bairro_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1362/ind_43-2021_derivaldo_-_que_seja_construida_uma_quadra_de_futsal_no_terreno_ao_lado_da_ubs_de_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1363/ind_44-2021_lolo_-_que_seja_desobstruida_a_rua_do_loteamento_de_arlindo_que_da_acesso_a_pe_90.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1364/ind_45-2021_lolo_-_que_seja_enviado_projeto_de_lei_concedendo_gratificacao_aos_profissionais_que_estao_na_linha_de_frente_do_combate_a_covid-19_como_profissionais_da_saud.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1365/ind_46-2021_lolo_-_que_seja_elaborado_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_enfermeiros_tecnicos_e_auxiliares_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1366/ind_47-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_barao_de_lucena_maria_otilia_dos_santos_limoeiro_o_paudalho_carpina_timbauba_moreno_paulista_surubim_ribeira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1367/ind_48-2021_carol_-_que_seja_disponibilizado_atraves_de_cadastro_previo_transporte_aos_candidatos_toritamenses_inscritos_na_versao_digital_do_exame_nacional_do_ensino_me.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1368/ind_49-2021_mava_-_que_sejam_reformadas_as_pracas_do_bairro_duque_de_caxias_nas_ruas_cleto_campelo_boa_vista_capitao_joao_dos_santos_e_15_de_novembro..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1369/ind_50-2021_mava_-_que_sejam_calcadas_as_ruas_anunciada_estelina_tavares_josenilson_do_santos_professor_josenildo_jose_de_lima_jose_luis_brandao_jose_valdecir_torres.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1370/ind_51-2021_mava_-_que_seja_reformado_o_matadouro_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1371/ind_52-2021_ferreirinha_-_que_sejam_construidas_pracas_no_bairro_planalto_na_cohab_na_rua_do_canal_e_duas_na_rua_israel_ao_lado_da_rf_construcao..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1372/ind_53-2021_ferreirinha_-_que_sejam_saneados_e_calcados_os_bairros_principe_da_paz_deus_e_fiel_el-shaday_novo_coqueiral_izidio_tavares_campo_alegre_e_loteamento_arli.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1373/ind_54-2021_doutor_do_sao_joao_-_que_seja_apresentado_pedido_ao_e_governo_do_estado_de_pernambuco_para_o_apoio_a_retomada_da_producao_de_algodao_em_nossa_regiao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1374/ind_55-2021_doutor_do_sao_joao_-_que_seja_contratado_um_medico_urologista_para_atender_duas_vezes_por_semana_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1375/ind_56-2021_marli_-_que_seja_instituido_com_a_colaboracao_dos_profissionais_da_saude_o_protocolo_de_curativos_e_suas_coberturas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1376/ind_57-2021_marli_-_que_sejam_convocados_os_agentes_comunitarios_de_saude_aprovados_no_concurso_publico_para_as_areas_descobertas..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1377/ind_58-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_maragogi_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1378/ind_59-2021_jeziel_-_que_seja_saneado_e_calcado_o_sitio_lagoa_de_exu_na_zona_rural_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1379/ind_60-2021_ferreirinha_-_que_seja_construida_uma_praca_e_um_posto_de_saude_no_terreno_ao_lado_do_cacimbao_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1380/ind_61-2021_jose_neto_-_que_sejam_reformadas_e_ampliadas_as_pracas_rubeni_joao_da_silva_jose_pedro_florentino_truaca_nelson_guilherme_da_silva_estelita_mano_de_lima.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1381/ind_62-2021_ferreirinha_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1382/ind_63-2021_edijan_-_que_sejam_colocados_lixeiros_nas_feiras_de_frutas_e_verduras_e_feiras_do_jeans_e_que_sejam_reciclaveis..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1383/ind_64-2021_rossana_-_que_sejam_revitalizadas_as_pracas_do_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1385/ind_65-2021_edijan_-_que_sejam_requalificada_a_rua_joao_pereira_tabosa_com_substituicao_da_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1386/ind_66-2021_birino_-_que_seja_enviado_projeto_de_lei_para_conceder_mensalmente_cesta_basica_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1387/ind_67-2021_rossana_-_que_seja_saneada_e_calcada_a_r._acre_no_loteamento_de_jairo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1388/ind_68-2021_rossana_-_que_seja_saneada_e_calcada_a_r._da_saude_no_loteamento_de_antao..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1389/ind_69-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._manoel_tavares_ao_lado_da_escola_nossa_senhora_do_perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1390/ind_70-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._vereador_creudo_rodrigues_ao_lado_da_escola_protazio_soares_de_souza..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1391/ind_71-2021_rossana_-_que_seja_construida_uma_praca_na_r._largo_da_paz_no_centro..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1392/ind_72-2021_maviael_-_que_seja_enviado_projeto_de_lei_instituindo_a_politica_municipal_de_residuos_solidos..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1393/ind_73-2021_derivaldo_-_que_seja_construido_o_centro_especializado_em_saude_da_mulher_no_local_onde_funcionou_o_forum..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1394/ind_74-2021_morica_-_que_seja_feita_a_cobertura_de_60_metros_do_canal_que_fica_as_margens_da_pe_90..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1395/ind_75-2021_morica_-_que_sejam_pavimentadas_as_ruas_joao_pereira_tabosa_04_de_outubro_isaias_soares_ernesto_herculino_cordeiro_e_abilio_floro..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1396/ind_76-2021_lolo_-_que_seja_saneada_e_calcada_a_r._ribeirao_no_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1397/ind_77-2021_lolo_-_que_seja_colocada_uma_tampa_de_concreto_no_bueiro_em_frente_ao_colegio_estacao_do_saber..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1450/ind_78-2021_doutor_do_sao_joao_-_que_seja_feita_a_substituicao_dos_quebra-molas_por_lombadas_em_todas_as_ruas_das_areas_urbana_e_rural..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1399/ind_79-2021_ferreirinha_-_que_seja_construido_um_albergue_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1400/ind_80-2021_ferreirinha_-_que_seja_construido_um_terminal_rodoviario_municipal.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1401/ind_81-2021_ferreirinha_-_que_seja_construido_o_hospital_da_mulher_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1402/ind_82-2021_jeziel_-_que_sejam_instaladas_lobadas_eletronicas_entre_as_entradas_do_forum_e_do_jardim_das_oliveiras..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1403/ind_83-2021_jeziel_-_que_seja_construida_uma_passarela_exclusiva_para_pedestres_ligando_a_cidade_de_toritama_e_a_vila_canaa..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1404/ind_84-2021_jeziel_-_que_seja_feito_o_abastecimento_do_loteamento_moria_e_da_vila_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1405/ind_85-2021_jeziel_-_que_seja_instalada_uma_adutora_para_o_abastecimento_dos_loteamentos_jardim_das_oliveiras_principe_da_paz_colorado_e_gold_square..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1406/ind_86-2021_ferreirinha_-_que_seja_criado_um_programa_municipal_de_auxilio_as_familias_em_vulnerabilidade_social..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1407/ind_87-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_da_sorte_da_saude_do_acude_e_do_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1408/ind_88-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_rua_jose_ferreira_da_silva_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1409/ind_89-2021_derivaldo_-_que_seja_feita_uma_parceria_como_coniape_para_a_realizacao_de_exames_de_ultrassonografia_tomografia_ressonancia_magnetica_etc..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1410/ind_90-2021_maviael_-_que_sejam_calcada_a_av._prefeito_valdomiro_izidio_pereira_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1411/ind_91-2021_maviael_-_que_sejam_calcadas_as_ruas_jose_pedro_da_silva_e_cecilia_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1412/ind_92-2021_maviael_-_que_sejam_calcadas_as_ruas_mizael_xavier_leite_ivandilson_vasconcelos_da_silva_maria_josefa_pereira_jose_felix_do_nascimento_e_dioges_jose_da_sil.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1413/ind_93-2021_carol_-_que_seja_realizada_a_limpeza_a_instalacao_de_placas_de_orientacao_e_o_cercamento_do_lixao_as_margens_da_br-104_para_evitar_o_descarte_irregular_de_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1414/ind_94-2021_morica_-_que_seja_formada_uma_banda_musical_municipal_e_que_seja_nomeada_narcizo_celestino_de_lima.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1415/ind_95-2021_doutor_do_sao_joao_-_que_seja_desobstruida_a_r._estados_unidos_no_bairro_novo_coqueiral_e_que_seja_feito_o_saneamento_e_calcamento_da_mesma..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1417/ind_96-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_sao_jose_e_av._planalto_e_r._sao_joao_do_bairro_independente_e_r._largo_da_paz_no_centro..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1418/ind_97-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_luar_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1419/ind_98-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_de_arlindo..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1420/ind_99-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_jose_eraldo_da_silva_clementino_alfonso_e_jose_ferreira_da_silva_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1421/ind_100-2021_ferreirinha_-_que_seja_ampliada_a_creche_do_bairro_independente_com_a_construcao_de_mais_salas..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1422/ind_101-2021_jeziel_-_que_seja_construida_uma_creche_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1423/ind_102-2021_jeziel_-_que_seja_demolida_a_pedra_que_obstrui_a_r._maragogi_e_que_seja_calcada..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1424/ind_103-2021_jeziel_-_que_seja_instalada_uma_lombada_eletronica_em_frente_ao_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1425/ind_104-2021_rossana_-_que_seja_saneada_e_calcada_a_r._ex_monteiro_lobato_no_areal_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1426/ind_105-2021_lolo_-_que_seja_construido_um_chafariz_no_poco_do_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1427/ind_106-2021_mava_-_que_seja_feito_um_ponto_de_lotacao_para_a_cidade_de_caruaru..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1428/ind_107-2021_mava_-_que_sejam_construidos_todos_os_pontos_de_mototaxi.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1429/ind_108-2021_mava_-_que_seja_feito_o_calcamento_da_trav_castro_alves_no_independente..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1430/ind_109-2021_mava_-_que_sejam_saneadas_e_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luiz_galdino_e_genesio_manoel_da_silva..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1431/ind_110-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_salem_no_bairro_principe_da_paz..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1432/ind_111-2021_edijan_-_que_sejam_iluminadas_as_ruas_no_entorno_da_quadra_de_demi_no_bairro_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1433/ind_114-2021_mava_-_que_seja_criado_o_disk_denuncia_da_guarda_civil_municipal..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1434/ind_115-2021_marli_-_que_seja_implantado_o_programa_de_atendimento_em_demanda_com_equipe_multiprofissional_para_os_pacientes_sad..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1435/ind_116-2021_marli_-_que_sejam_ampliados_os_exames_protocolados_pelos_programas_do_sus_-_exames_laboratoriais..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1436/ind_118-2021_jeziel_-_que_seja_colocado_um_redutor_de_velocidade_na_rua_joaquim_tabosa..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1437/ind_119_-_2021_jeziel_-_que_seja_colocada_uma_lixeira_tipo_cacamba_na_r._largo_da_paz._1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1438/ind_120_-_2021_jeziel_-_que_seja_substituido_o_poste_que_caiu_na_r._euzebio_soares..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1439/ind_121-2021_ferreirinha_-_que_seja_instalado_um_semaforo_na_pe-90_no_cruzamento_em_frente_a_r._sao_jose..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1440/ind_122-2021_ferreirinha_-_que_sejam_desobstruidas_as_ruas_projetada_04_e_jose_valentim_no_bairro_valentim.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1441/ind_123-2021_ferreirinha_-_que_sejam_asfaltado_da_rua_adalgiza_moura_ate_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1442/ind_124-2021_ferreirinha_-_que_seja_desapropriado_o_terreno_ao_lado_da_subestacao_da_celpe_para_que_seja_construida_a_praca_da_biblia..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1443/ind_125-2021_birino_-_que_sejam_adquiridos_e_glucometros_nao_invasivos_para_atendimento_a_populacao_diabetica..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1444/ind_126-2021_mava_-_que_sejam_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luis_galdino_genesio_manoel_da_silva..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1445/ind_127-2021_carol_-_que_seja_apresentado_de_forma_publica_o_plano_de_retomada_do_ano_letivo__das_escolas_municipais._sendo_apresentado_os_protocolos_de_seguranca_que_ser.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1452/ind_128-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_115s4q81q97_no_loteamento_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1453/ind_129-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._jose_manoel_da_silva_r._allan_wilker_da_silva_r._abdias_apolinario_de_almeida_r._laura_lopes_tavares_da.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1454/ind_130-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._maria_do_socorro_floro_pereira_r._jose_pedro_da_silva_e_1o_trav._ivo_leite_filho_no_bairro_do_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1455/ind_131-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_restante_das_ruas_do_loteamento_valentim_ii.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1456/ind_133-2021_ferreirinha_-_que_seja_feita_a_limpeza_do_canal_que_comeca_na_lavanderia_dois_irmaos_ao_areal_tambem_que_seja_feito_o_corrimao_das_pontes_das_ruas_lindines_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1457/ind_134-2021_maviael_-_que_seja_contratada_uma_assistente_social_para_atuar_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1458/ind_135-2021_maviael_-_que_sejam_calcadas_as_ruas_a_amaro_vitorino_da_silva_luiz_lira_das_neves_maria_madalena_de_jesus_carolina_maria_da_conceicao_e_apolinario_ferras.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1459/ind_136-2021_maviael_-_que_seja_feita_a_sinalizacao_vertical_e_horizontal_de_toda_a_cidade.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1460/ind_137-2021_carol_-_que_seja_publicado_no_diario_oficial_de_forma_periodica_a_relacao_das_doses_de_vacina_contra_covid-19_aplicadas_no_municipio_contendo_identificacao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1461/ind_138-2021_derivaldo_-_que_seja_concluido_o_calcamento_dos_bairros_novo_alvorecer_novo_coqueiral_coqueiral_deus_e_fiel_e_areal_bem_como_seja_providenciado_o_saneame.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1462/ind_139-2021_ferreirinha_-_que_sejam_construidas_uma_quadra_poliesportiva_um_posto_de_saude_e_e__uma_area_de_lazer_entre_os_bairros_valentim__i_il_e_antao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1463/ind_140-2021_ferreirinha_-_que_seja_construido_um_canal_de_2m_x_im_do_bairro_duque_de_caxias_ate_o_areal_para_coleta_do_esgoto_tratamento_e_reutilizacao_da_agua.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1464/ind_141-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_tavares_os_martins.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1465/ind_142-2021_derivaldo_-_que_seja_organizada_uma_feira_de_gado_na_area_do_matadouro_publico_com_funcionamento_as_quintas-feiras_a_partir_da_o5_horas_da_manha..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1466/ind_143-2021_rossana_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_em_quatro_parcelas_sucessivas_mensais_de_r_50.00000_cinquenta_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1471/ind_157-2021_birino_-_que_seja_feita_a_aquisicao_de_cestas_basicas_para_doacao_a_populacao_carente_e_que_seja_aumento_a_quantidade_que_foi_distribuida_em_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1493/ind_162-2021_doutor_do_sao_joao_-_que_seja_implantado_o_centro_de_reabilitacao_para_pessoa_com_sequelas_da_covid-19..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1475/ind_163-2021_jeziel_-_que_seja_construido_um_chafariz_na_r._lagoa_do_exu_no_loteamento_no_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1476/ind_164-2021_mava_-_que_seja_feita_a_doacao_ou_a_cessao_de_uma_doblo_para_a_apae_-_toritama.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1477/ind_165-2021_mava_-_que_seja_adquirido_um_micro_onibus_para_a_secretaria_de_assistencia_social_para_os_funerais_em_outras_cidades..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1478/ind_166-2021_ferreirinha_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_criando_e_organizando_o_procon_municipal.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1479/ind_167-2021_ferreirinha_-_que_a_praca_que_sera_construida_as_margens_da_pe-90_proximo_ao_salao_de_beleza_de_neguinho_seja_denominada_otacilio_ferreira_de_carvalho..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1480/ind_168-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_central..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1481/ind_169-2021_derivaldo_-_que_seja_contratado_um_fisioterapeuta_pulmonar_permanente_para_o_hospital_de_campanha..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1482/ind_170-2021_ferreirinha_-_que_seja_feito_o_calcamento_a_limpeza_e_substituicao_das_lampadas_do_cemiterio_municipal_sao_jorge..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1483/ind_171-2021_mava_-_que_seja_elaborado_um_projeto_de_lei_concedendo_desconto_no_iptu_as_residencias_e_empresas_que_instalarem_energia_solar..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1484/ind_172-2021_mava_-_que_seja_recuperada_a_area_onde_funcionou_o_lixao_para_construcao_de_um_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1485/ind_173-2021_ze_neto_-_que_seja_elaborado_um_calendario_de_vacinacao_contra_a_covid-19_com_datas_e_faixa_etaria_e_que_tenha_ampla_divulgacao_nas_redes_sociais_da_prefeit.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1494/ind_174-2021_rossana_-_que_seja_feita_a_reposicao_do_calcamento_da_rua_e_da_travessa_manoel_borba.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1495/ind_175-2021_edijan_-_que_sejam_saneadas_e_calcadas_a_rua_projetada_17_s4_q100_q101_no_loteamento_boa_esperanca_e_rua_manoel_henrique_tavares_no_bairro_valentim..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1496/ind_176-2021_mava_-_que_sejam_pulverizados_com_o_carro_fumace_os_bairros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1497/ind_177-2021_mava_-_que_sejam_abertas_as_ruas_zacarias_xavier_leite_e_getulio_vargas_para_acesso_de_veiculos_-_mobilidade..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1498/ind_178-2021_mava_-_que_seja_colocada_uma_varanda_ou_portao_na_ubs_do_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1499/ind_179-2021_jeziel_-_que_sejam_retomadas_as_acoes_de_combate_as_muricocas..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1500/ind_180-2021_jeziel_-_que_seja_construida_uma_quadra_poliesportiva_no_sitio_lagoa_do_exu..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1501/ind_181-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._monteiro_lobato_no_bairro_areal.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1502/ind_182-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_04_ruas_do_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1503/ind_183-2021_ferreirinha_-_que_sejam_retomadas_as_atividades_de_demolicao_da_pedra_que_obstrui_a_rua_jose_valentim_il_e_que_sejam_retiradas_as_pedras_queja_foram_quebrad.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1506/ind_184-2021_carol_-_que_proceda_estudos_e_tome_as_legais_e_cabiveis_providencias_objetivando-se_a_construcao_de_praca_na_rua_pau_santo_bairro_coqueiral_nas_proximid.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1507/ind_185-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_nas_redes_publicas_de_educacao_basica_de_toritama._conforme_a_lei_no_13.9352019_que_versa_sobre.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1508/ind_186-2021_carol_-_que_seja_realizada_a_criacao_da_o_campanha_vacina_solidaria_a_qual_consiste_no_estimulo_a_doacao_de_alimentos_nao_pereciveis_de_forma_totalmente.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1509/ind_187-2021_carol_-_que_seja_criada_a_ouvidoria_da_o_mulher_toritamense_a_partir_de_canais_exclusivos_como_por_exemplo_o_tri-digito_com_o_objetivo_de_prestar_informa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1504/ind_188-2021_rossana_-_que_seja_feita_a_terraplanagem_do_bairro_luar_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1510/ind_189-2021_doutor_do_sao_joao_-_que_seja_enviado_a_esta_casa_legislativa_projeto_de_lei_criando_o_conselho_o_de_direitos_da_pessoa_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1511/ind_190-2021_doutor_do_sao_joao_-_que_seja_construido_um_posto_de_saude_no_sitio_mangas_com_aquisicao_de_uma_ambulancia_para_ficar_de_plantao_24h..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1512/ind_191-2021_doutor_do_sao_joao_-_que_seja_adquirido_um_caminhao_bau_para_transporte_de_mudancas_municipal_intermunicipal_e_interestadual..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1513/ind_192-2021_rossana_-_que_seja_construida_uma_escola_tecnica_para_qualificar_os_jovens_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1514/ind_193-2021_morica_-_que_sejam_remanejados_r_500.00000_quinhentos_mil_reais_da_secretaria_de_cultura_e_esportes_para_aquisicao_de_cestas_basicas_para_distribuicao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1515/ind_194-2021_morica_-_que_sejam_colocados_vigilantes_nas_ruas_da_nova_feira_do_jeans..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1516/ind_195-2021_morica_-_que_seja_saneado_o_loteamento_campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1517/ind_196-2021_ferreirinha_-_que_sejam_adquiridos_tablets_para_os_alunos_da_rede_municipal_estudarem_em_casa_e_fornecida_internet_para_as_residencias_de_pais_de_alunos_que.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1518/ind_197-2021_ferreirinha_-_que_seja_criado_o_espaco_jovem_em_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1519/ind_198-2021_ferreirinha_-_que_sejam_disponibilizados_tablets_para_os_agentes_comunitarios_de_saude..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1520/ind_199-2021_ferreirinha_-_que_seja_quebrada_a_pedra_e_aberta_a_rua_que_fica_por_tras_do_postinho_do_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1521/ind_200-2021_ferreirinha_-_que_a_prefeitura_contrate_uma_equipe_preparada_para_fornecer_escrituras_o_gratuitas_para_atender_aproximadamente_500_familias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1522/ind_201-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_da_saude_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1523/ind_202-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_sao_cristovao_no_centro..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1524/ind_203-2021_jeziel_-_que_sejam_substituidas_as_lampadas_do_bairro_moria_nas_imediacoes_da_ubs.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1525/ind_204-2021_rossana_-_que_sejam_vacinados_os_profissionais_de_saude_da_rede_privada_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1526/ind_205-2021_rossana_-_que_seja_implantado_o_projeto_ame_animal_para_protecao_aos_animais..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1527/ind_206-2021_maviael_-_que_seja_adquirido_um_compressor_para_quebrar_pedras_e_desobstruir_ruas..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1528/ind_207-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_criando_a_marcacao_de_consultas_e_viagens_no_tfd_atraves_da_internet_eou_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1529/ind_208-2021_maviael_-_que_seja_construida_uma_praca_na_r._etiene_maria_da_silva..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1534/ind_209-2021_jeziel_-_que_seja_reformado_o_predio_do_antigo_samu_para_ser_um_ponto_de_apoio_para_a_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1535/ind_210-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ate_a_academia_de_daniele..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1536/ind_211-2021_ferreirinha_-_que_seja_calcada_a_1o_travessa_jose_eraldo_da_silva_no_bairro_centro..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1537/ind_212-2021_ferreirinha_-_que_seja_quebrada_a_pedra_da_r._projetada_4_antiga_r._riachuelo_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1538/ind_213-2021_rossana_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1539/ind_214-2021_maviael_-_que_seja_asfaltada_a_r._joao_soares_de_jesus_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1540/ind_215-2021_maviael_-_que_seja_asfaltada_a_av._dorival_jose_pereira_onde_funciona_o_estacionamento_dos_onibus..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1541/ind_216-2021_maviael_-_que_seja_construida_uma_praca_na_rua_luiz_jose_tavares_no_bairro_centro_e_na_rua_do_canal_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1546/ind_217-2021_edijan_-_que_sejam_asfaltadas_as_ruas_abilio_floro_e_ernesto_herculino_no_centro..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1547/ind_218-2021_doutor_do_sao_joao_-_que_seja_implantada_a_escola_municipal_de_musica_e_artes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1548/ind_219-2021_derivaldo_-_que_seja_enviado_um_projeto_de_lei_de_incentivos_fiscais_para_os_comercios_de_cada_bairro..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1549/ind_220-2021_derivaldo_-_que_seja_implantado_o_centro_de_saude_da_mulher_-_csm_com_ultrassonografia_obstetricia_ginecologista_e_mamografia..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1550/ind_221-2021_derivaldo_-_que_seja_contratado_um_medico_urologista_e_um_cardiologista_para_melhorar_o_atendimento_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1551/ind_222-2021_ferreirinha_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1552/ind_223-2021_mava_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_seguranca_publica_guardas_municipais_agentes_de_transito_policiais_civis_e_m.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1553/ind_224-2021_mava_-_que_seja_feito_o_complemento_do_alambrado_da_quadra_poliesportiva_da_escola_nossa_senhora_do_perpetuo_socorro..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1554/ind_225-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_um_projeto_de_lei_regulamentando_um_onibus_er_para_atender_velorio_eventos_religiosos_e_futebol..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1555/ind_226-2021_ferreirinha_-_que_seja_contratado_um_engenheiro_para_liberar_e_assinar_plantas_para_as_familias_que_nao_tem_condicoes..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1556/ind_227-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_doacao_de_carro_de_agua_para_familias_que_nao_tem_condicoes..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1557/ind_228-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_1113599_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1558/ind_229-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_t100587_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1559/ind_230-2021_doutor_do_sao_joao_-_que_seja_disponibilizada_uma_equipe_permanente_de_combate_a_focos_de_muricocas_e_mosquitos..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1560/ind_231-2021_ferreirinha_-_que_seja_adquirida_uma_uti_movel_para_atender_o_povo_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1561/ind_232-2021_marli_-_que_sejam_implantados_os_testes_do_olhinho_e_do_ouvidinho_para_os_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1562/ind_233-2021_jeziel_-_que_sejam_instaladas_cameras_de_seguranca_nas_ruas_das_feiras_do_jeans_e_de_frutas_e_verduras..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1563/ind_234-2021_jeziel_-_que_seja_feita_uma_reforma_na_escola_municipal_edgar_torres_no_centro..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1564/ind_235-2021_rossana_-_que_seja_consertado_o_calcamento_da_r._santa_rita_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1565/ind_236-2021_carol_-_que_sejam_instaladas_cameras_de_seguranca_na_entrada_e_patios_de_convivencia_comum_no_centro_municipal_de_educacao_infantil_professora_auxiliadora.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1576/ind_237-2021_carol_-_que_sejam_construidas_03_tres_salas_de_aula_e_um_parque_recreativo_no_centro_municipal_de_educacao_infantil_professora_auxiliadora_goncalves_batis.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1577/ind_238-2021_carol_-_que_se_proceda_a_reforma_geral_das_escolas_municipais_antonio_manoel_da_silva_e_edgar_torres..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1578/ind_239-2021_carol_-_que_seja_realizada_uma_avaliacao_diagnostica_dos_estudantes_da_rede_municipal_de_ensino_pela_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1579/ind_240-2021_carol_-_que_seja_viabilizada_a_criacao_do_programa_professor_conectado_objetivando_subsidiar_a_compra_de_notebooks_para_os_professores_da_rede_municipal_d.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1580/ind_241-2021_ferreirinha_-_que_seja_asfaltada_a_r._sao_jose_e_instalado_um_semaforo_no_cruzamento_com_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1581/ind_242-2021_morica_-_que_seja_reformada_a_casa_de_apoio_e_que_sejam_adquiridos_um_fogao_e_todas_as_panelas_necessarias..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1582/ind_244-2021_mava_-_que_seja_adquirido_um_aparelho_de_raio-x_para_o_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1583/ind_245-2021_mava_-_que_seja_construido_um_novo_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1584/ind_246-2021_mava_-_que_sejam_construidos_abrigos_nos_pontos_de_mototaxi..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1585/ind_247-2021_carol_-_que_seja_reforcada_a_fiscalizacao_e_organizacao_sobre_o_estacionamento_em_frente_ao_cmei_centro_municipal_de_educacao__infantil_professora_maria_a.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1586/ind_248-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_para_os_profissionais_da_educacao_da_rede_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1587/ind_249-2021_carol_-_que_seja_realizada_a_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea._conforme_a_lei_no_13.9772020_que_in.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1588/ind_250-2021_carol_-_que_se_proceda_a_reforma_do_es_telhado_do_refeitorio_da_escola_jose_matias_da_silva..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1589/ind_251-2021_morica_-_que_seja_feita_a_pavimentacao_de_todas_as_ruas_do_loteamento_de_arlindo_bem_como_todo_o_saneamento..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1590/ind_252-2021_edijan_-_que_sejam_asfaltas_as_ruas_04_de_outubro_ernesto_herculino_cordeiro_maria_goncalves_da_silva_galdino_jose_da_silva_joao_pereira_tabosa_joao_ch.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1591/ind_253-2021_doutor_do_sao_joao_-_que_seja_construida_uma_praca_na_entrada_da_cidade_e_que_a_r._do_comercio_seja_em_sentido_unico..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1592/ind_254-2021_doutor_do_sao_joao_-_que_seja_construido_um_viaduto_ligando_a_r._13_de_maio_a_pista_local_da_br_104_que_da_acesso_a_r._siqueira_campos_em_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1593/ind_255-2021_maviael_-_que_seja_enviado_projeto_de_lei_com_a_denominacao_e_delimitacao_dos_bairros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1594/ind_256-2021_maviael_-_que_seja_construida_uma_creche_no_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1595/ind_257-2021_ferreirinha_-_que_seja_feito_o_saneamento_da_r._da_saude_no_loteamento_de_jairo..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1597/ind_258-2021_maviael_-_que_seja_criada_nos_meses_de_dezembro_a_semana_municipal_de_orientacao_e_negociacao_dos_tributos_municipais_antes_da_execucao_judicial.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1598/ind_259-2021_doutor_do_sao_joao_-_que_sejam_adquiridos_dois_caminhoes_poliguindaste_e_50_cacambas_estacionarias_para_fazer_a_coleta_de_entulho_da_construcao_civ.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1599/ind_260-2021_ferreirinha_-_que_seja_criado_um_projeto_para_doacao_de_cisternas_as_associacoes_de_bairro..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1600/ind_261-2021_edijan_-_que_seja_concluido_o_saneamento_e_calcamento_da_rua_virginia_maria_de_jesus_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1601/ind_262-2021_maviael_-_que_sejam_distribuidas_mensalmente_cestas_basicas_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_263-2021_maviael_-_que_seja_celebrado_um_acordo_de_cooperacao_tecnica_com_a_camara_dos_deputados_para_integrar_a_rede_legislativa_de_radio.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1603/ind_264-2021_jeziel_-_que_seja_enviado_um_projeto_reajustando_o_salario_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1604/ind_265-2021_jeziel_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_para_que_o_poder_executivo_municipal_adquira_vacinas_contra_a_covid.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1605/ind_266-2021_edijan_-_que_seja_saneado_e_calcado_o_logradouro_04_s6_q86_e_q_89_no_bairro_areal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1606/ind_267-2021_maviael_-_que_sejam_doados_notebooks_para_todos_os_alunos_da_rede_municipal_com_internet_gratuita..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_268-2021_maviael_-_que_seja_devolvida_a_importancia_de_r_73.00000_setenta_e_tres_mil_reais_para_que_o_poder_executivo_municipal_adquira_equipamentos_par.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1608/ind_269-2021_morica_-_que_seja_realizada_uma_operacao_tapa_buracos_em_toda_a_cidade..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1609/ind_270-2021_derivaldo_-_que_seja_construida_uma_escola_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1610/ind_271-2021_rossana_-_que_seja_antecipado_50_cinquenta_por_cento_do_13o_salario_dos_servidores_publicos_da_prefeitura_municipal_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_272-2021_rossana_-_que_sejam_construidas_duas_creches_uma_no_bairro_deus_e_fiel_e_uma_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1612/ind_273-2021_rossana_-_que_sejam_reformadas_as_escolas_edgar_torres_e_antonio_manoel..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1613/ind_274-2021_jeziel_-_que_seja_construida_uma_escola_no_loteamento_colorado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1614/ind_275-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_helena_josefa_da_silva_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1615/ind_276-2021_ferreirinha_-_que_seja_construido_um_monumento_com_uma_fonte_na_pracinha_ao_lado_da_igreja_catolica_em_homenagem_o_padre_otto_sailer_primeiro_pa.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1616/ind_277-2021_ferreirinha_-_que_seja_instalado_um_posto_do_inss_em_toritama.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1617/ind_278-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_agentes_de_saude_e_de_endemias_kits_com_uniforme_equipamentos_de_protecao_individual_e_tablets.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1618/ind_279-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_garis_kits_com_uniforme_e_equipamentos_de_protecao_individual..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1619/ind_280-2021_lolo_-_que_seja_saneado_e_calcado_o_loteamento_principe_da_paz.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1628/ind_281-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_no_25_no_sitio_sao_joao_de_cima_onde_funcionou_a_escola_josefa_joaquina_menino_para_implantccao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1629/ind_282-2021_ze_neto_-_que_seja_criada_uma_escola_municipal_em_tempo_integral..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1630/ind_283-2021_maviael_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_as_isentando_ou_reduzindo_os_tributos_municipais_para_as_faccoes..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1631/ind_284-2021_maviael_-_que_sejam_fixadas_placas_com_os_nomes_das_ruas_da_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1632/ind_285-2021_maviael_-__que_seja_elaborado_e_enviado_um_projeto_de_lei_criando_o_auxilio_gas_municipal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_286-2021_doutor_do_sao_joao_-_que_seja_implantado_o_portal_de_teleconsultas_medicas_com_as_seguintes_especialidades_no_inicio_pediatria_e_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1637/ind_287-2021_maviael_-_que_sejam_adquiridas_o2_maquinas_de_fumace_para_combater_as_muricocas..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1638/ind_288-2021_maviael_-_que_seja_concluida_a_iluminacao_das_margens_da_br-104_da_pe-90..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1639/ind_289-2021_ferreirinha_-__que_seja_construida_uma_praca_no_largo_da_paz..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1640/ind_290-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_restante_das_ruas_do_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1641/ind_291-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_pe-90_ate_a_entrada_da_r._santa_monica.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1642/ind_292-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_reajustando_o_salario_dos_tecnicos_em_radiologia..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1643/ind_293-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_projetada_codigo_95000145_setor_9_quadra_62_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1644/ind_300-2021_carol_-_que_seja_enviado_pelo_poder_executivo_projeto_de_lei_para_criacao_do_conselho_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1645/ind_301-2021_carol_-_que_seja_fornecido_kit_escolar_com_material_didatico_bem_como_fardamento_completo_e_moletom_para_todos_os_alunos_da_rede_municipal_de_ensi.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1646/ind_302-2021_carol_-_que_se_proceda_a_pavimentacao_da_rua_projetada_1_proximo_a_lavanderia_ze_bezerra_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1648/ind_303-2021_rossana_-_que_seja_criada_na_delegacia_de_policia_civil_uma_sala_de_apoio_a_mulher_vitima_de_violencia..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_304-2021_rossana_-_que_sejam_reformadas_a_ubs_e_a_escola_da_vila_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_305-2021_rossana_-_que_seja_elabora_um_projeto_de_lei_criando_o_conselho_municipal_de_defesa_dos_animais..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1651/ind_306-2021_lolo_-_que_seja_saneado_e_calcado_o_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1652/ind_307-2021_derivaldo_-_que_seja_feita_a_limpeza_das_margens_do_rio_capibaribe_e_dos_canais_a_cada_3_meses_bem_como_seja_intensificada_a_fiscalizacao_para_evi.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1653/ind_308-2021_morica_-_que_seja_contratado_um_especialista_em_endocrinologista..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_309-2021_doutor_do_sao_joao_-_que_seja_colocado_um_semaforo_na_br-104_em_frente_ao_predio_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_310-2021_ferreirinha_-_que_seja_construida_uma_pista_de_caminhada_e_ciclismo_da_br-104_ate_o_bairro_moria..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1656/ind_311-2021_ferreirinha_-_que_seja_feita_aquisicao_de_livros_e_criada_uma_biblioteca_publica_municipal..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1657/ind_312-2021_ferreirinha_-_que_seja_disponibilizada_uma_area_para_construcao_de_um_posto_do_inss.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1658/ind_313-2021_jeziel_-_que_seja_reformado_o_canal_do_beco_sao_paulo_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1659/ind_314-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._olavo_bilac_no_bairro_planalto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1660/ind_315-2021_ze_neto_-_que_seja_oferecido_atendimento_psicologico_remoto_durante_o_periodo_da_pandemia..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1661/ind_316-2021_ze_neto_-_que_apos_a_desativacao_do_hospital_de_campanha_seja_utilizado_o_predio_para_ampliacao_do_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1662/ind_317-2021_edijan_-_que_seja_saneada_e_calcada_a_r._buique_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1663/ind_318-2021_derivaldo_-_que_sejam_retomadas_as_obras_do_estadio_municipal..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1664/ind_319-2021_maviael_-_que_seja_construida_uma_sala_para_o_bloco_cirurgico_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1672/ind_320-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_onde_funcionou_o_mercado_de_farinha_no_centro_da_cidade_para_funcionar_a_escola_jota_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1673/ind_321-2021_rossana_-_que_sejam_instaladas_em_toda_a_cidade_lixeiras_para_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1674/ind_322-2021_rossana_-_que_seja_criada_no_portal_da_transparencia_uma_area_exclusiva_no_para_os_conselho_municipais_contendo_informacoes_como_lei_de_criacao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1675/ind_323-2021_ferreirinha_-_que_seja_criada_uma_agencia_do_emprego_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1676/ind_324-2021_ferreirinha_-_que_seja_feito_o_saneamento_dos_bairros_novo_coqueiral_izidio_tavares_loteamento_arlindo_campo_alegre_deus_e_fiel_el-shaday_tav.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1677/ind_325-2021_ferreirinha_-_que_seja_refeita_a_laje_do_canal_da_r._sao_joao_a_bueira_do_beco_sao_cosmo..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1678/ind_326-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_do_coqueiro_04_de_outubro_e_av._joao_manoel..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1679/ind_327-2021_morica_-_que_seja_contratado_especialista_em_cardiologia_para_o_municipio_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1680/ind_328-2021_morica_-_que_seja_contratado_especialista_em_pediatria_para_o_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1681/ind_329-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_emidia_julia_da_silva_e_antonio_dos_santos_no_loteamento_novo_oriente.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1682/ind_330-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_joao_manoel_da_silva_e_emidio_jordao..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1693/ind_331-2021_maviael_-__que_seja_enviado_projeto_de_lei_cirando_o_adicional_noturno_para_os_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1694/ind_332-2021_maviael_-_que_seja_construido_um_teatro_municipal..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1695/ind_333-2021_maviael_-_que_seja_feito_o_calcamento_da_rua_luiz_gonzaga_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1683/ind_334-2021_jeziel_-_que_seja_feita_a_retirada_do_poste_na_rua_largo_da_paz..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1684/ind_335-2021_jeziel_-_que_seja_instalado_um_relogio_com_temperatura_na_av._joao_manoel_da_silva_e_outro_no_trevo_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1685/ind_336-2021_jeziel_-_que_seja_criado_um_parque_ciclistico_para_criancas_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1686/ind_337-2021_carol_-_que_seja_realizada_campanha_de_vacinacao_contra_a_gripe_nas_areas_rurais_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1687/ind_338-2021_ferreirinha_-_que_seja_feito_um_busto_de_joao_amaro_do_nascimento_para_ser_colocado_na_estrada_do_sitio_sao_joao._1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1696/ind_339-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_no_valentim_ii_e_que_sejam_instalados_os_corrimaos_das_duas_pontes_que_estao_prontas..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1697/ind_340-2021_ferreirinha_-_que_seja_feito_o_calcamento_dos_becos_sao_pedro_sao_paulo_sete_de_setembro_e_santos_dumont_no_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1698/ind_341-2021_ferreirinha_-_que_seja_reformada_a_escola_antonio_manoel_no_centro_e_a_escola_da_vila_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1700/ind_342-2021_rossana_-_que_seja_saneada_e_calcada_a_avenida_chico_xavier..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1701/ind_343-2021_ferreirinha_-_que_seja_feito_o_saneamento_e_o_calcamento_da_r._monteiro_lobato_no_areal..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1702/ind_344-2021_ferreirinha_-_que_seja_feita_uma_mini_praca_no_largo_paz_em_frente_a_biu_da_venda..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1703/ind_345-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_neuza_dulce_costa_e_joao_antonio_de_moura_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1704/ind_348-2021_maviael_-_que_seja_criado_o_programa_da_casa_propria_toritamense..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1705/ind_349-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_r_creudo_rodrigues_e_do_beco_do_senhor_enoque_na_mesma_rua..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1708/ind_350-2021_maviael_-_que_seja_construido_o_polo_industrial_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1709/ind_351-2021_marli_-_que_seja_implantado_o_protocolo_para_pacientes_com_dores_extremas_o_cancer..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1710/ind_352-2021_marli_-_que_seja_adquirido_um_aparelho_de_mamografia..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1711/ind_353-2021_ferreirinha_-_que_seja_calcada_a_rua_castro_alves_conhecida_como_rua_das_caibeiras_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1712/ind_354-2021_ferreirinha_-_que_seja_calcada_a_rua_alto_da_saudade_e_complementar_o_calcamento_da_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1713/ind_355-2021_edijan_-_que_seja_asfaltada_a_r._maestro_antonio_rufino_e_sua_travessa..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1714/ind_356-2021_edijan_-__que_seja_asfaltada_a_r._padre_jose_aragao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1715/ind_357-2021_maviael_-_que_seja_construido_um_parque_para_as_criancas_e_seja_denominado_brincando_crianca..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1716/ind_358-2021_maviael_-_que_seja_pago_o_adicional_noturno_aos_funcionarios_publicos_do_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1721/ind_359-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1722/ind_360-2021_lolo_-_que_seja_asfaltada_a_r._mariano_manoel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1723/ind_361-2021_ze_neto_-_que_seja_colocado_um_refletor_no_ponto_de_carros_para_santa_cruz_do_capibaribe_na_algaroba_em_frente_ao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1724/ind_362-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_codigo_do_logradouro_588_s_04_on_quadra_221_e_233_ao_lado_do_cras_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1725/ind_363-2021_maviael_-_que_seja_construido_um_abrigo_de_passageiros_na_entrada_do_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1726/ind_364-2022_maviael_-_que_seja_feita_a_mudanca_dos_postes_da_r._henrique_tavares_para_melhorar_a_mobilidade..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1727/ind_365-2021_rossana_-_que_sejam_asfaltadas_as_ruas_manoel_borba_e_largo_da_paz_no_centro.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1728/ind_366-2021_ferreirinha_-_que_seja_construida_uma_escola_de_tempo_integral_no_terreno_ao_lado_da_ubs_do_deus_e_fiel_e_que_seja_nomeada_maria_dos_anjos_tavares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1729/ind_367-2021_ferreirinha_-_que_seja_construido_um_novo_hospital_municipal_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1730/ind_368-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._maria_das_neves_de_souza_lima_e_as_ruas_a_euclides_pereira_da_silva_maria_josefa_da_silva_amaro_raimund.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1731/ind_369-2021_doutor_do_sao_joao_-_que_seja_aumentada_de_3_para_6_metros_o_beco_manoel_borba_usando_3_o_metros_da_lateral_da_escola_antonio_manoel_e_seja_aumentado_o_te.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1732/ind_370-2021_lolo_-_que_seja_saneada_e_calcada_a_rua_ribeirao_no_bairro_do_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1735/ind_371-2021_rossana_-_que_seja_construida_uma_praca_no_bairro_planalto_proximo_a_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1736/ind_372-2021_rossana_-_que_seja_asfaltada_a_rua_galdino_bezerra..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1737/ind_373-2021_rossana_-_que_seja_desobstruida_a_rua_projetada_por_tras_do_postinho_do_antao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1738/ind_374-2021_ze_neto_-_que_seja_adquirido_um_onibus_para_atender_aos_usuarios_do_tfd..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1739/ind_375-2021_ze_neto_-_que_sejam_feitos_reparos_no_asfalto_nas_ruas_cleto_campelo_capitao_joao_dos_santos_siqueira_campos_e_boa_vista_em_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1740/ind_376-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_panama_colombia_buique_italia_o_recife_franca_alemanha_inglaterra_canada_e_fran_a_travessa_colo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1741/ind_377-2021_ferreirinha_-_que_seja_construida_uma_praca_entre_a_rua_sao_soares_e_a_rua_do_canal_na_cohab_duas_pracas_na_rua_israel_ao_lado_da_rf_construcao_e_uma_entr.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1742/ind_378-2021_jeziel_-_que_seja_adquirido_um_veiculo_para_a_atencao_basica_de_saude..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1743/ind_379-2021_jeziel_-_que_seja_feito_o_recapeamento_da_travessa_manoel_tenorio_conhecido_como_beco_de_adjar..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1744/ind_380-2021_maviael_-_que_seja_encaminhado_projeto_de_lei_com_a_denominacao_dos_bairros..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1745/ind_381-2021_maviael_-_que_sejam_adquiridos_um_caminhao_cacamba_e_uma_maquina_o_escavadeira_para_a_secretaria_de_obras..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1746/ind_382-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_sobre_o_riacho_dos_canudos_na_via_o_que_da_acesso_a_r._luiz_bertulino_e_na_rua_em_seguida..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1747/ind_383-2021_ze_neto_-_que_seja_encaminhado_projeto_de_lei_que_institui_o_programa_municipal_de_capacitacao_e_subsidio_de_professores_do_municipio_de_toritama_-_pe_conf.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1762/ind_384-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_abilio_floro_e_geronimo_celestino_de_lima..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1763/ind_385-2021_lolo_-_que_seja_asfaltada_a_r._joao_jose_de_melo.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1764/ind_386-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_concedendo_descontos_e_isencoes_de_tributos_a_pessoas_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1765/ind_387-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1766/ind_388-2021_ferreirinha_-_que_seja_calcada_a_trav._lindines..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1768/ind_390-2021_ferreirinha_-_que_seja_feito_um_parque_ecologico_em_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1769/ind_391-2021_maviael_-_que_seja_construida_uma_passagem_molhada_nas_proximidades_da_m_lavanderia_de_painha_atraves_do_rio_capibaribe_ate_a_vila_canaa..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1770/ind_392-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._maragogi_no_bairro_planalto.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1771/ind_393-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._princesa_izabel_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1789/ind_394-2021_rossana_-_que_seja_criada_na_nova_delegacia_uma_sala_especializada_para_atendimento_a_vitimas_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1790/ind_395-2021_rossana_-_que_sejam_instaladas_cameras_de_seguranca_nos_principais_pontos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1791/ind_396-2021_rossana_-_que_seja_criado_um_teatro_municipal_juntamente_com_um_espaco_que_apresente_a_historia_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1792/ind_397-2021_edijan_-_que_seja_construido_um_psf_no_bairro_novo_coqueiral_com_consultorio_odontologico.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1793/ind_398-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_criando_o_conselho_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1794/ind_399-2021_ferreirinha_-_que_seja_contratado_um_psicologo_para_a_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1795/ind_400-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_sil.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1796/ind_401-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_vila_da_serra_do_costa_e_o_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1797/ind_402-2021_ferreirinha_-_que_seja_saneado_e_calcado_todo_o_bairro_deus_e_fiel_3.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1798/ind_403-2021_jeziel_-_que_seja_construida_uma_ubs_o_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1799/ind_404-2021_jeziel_-_que_seja_construido_um_chafariz_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1800/ind_405-2021_morica_-_que_o_antigo_mercado_publico_seja_transformado_em_um_tetro_municipal_e_seja_nomeado_de_prefeito_nelson_caetano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1801/ind_406-2021_maviael_-_que_sejam_refeitas_as_sinalizacoes_horizontal_e_vertical_do_trevo_da_br-104_com_a_pe-90.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1802/ind_407-2021_maviael_-_que_seja_implantada_uma_lombada_eletronica_na_br-104_na_area_urbana_da_cidade_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1803/ind_408-2021_maviael_-_que_seja_feito_um_estacionamento_por_tras_do_parque_das_feiras_na_area_verde_do_loteamento_fulo..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1804/ind_409-2021_maviael_-_que_seja_construida_uma_nova_escola_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1805/ind_410-2021_doutor_do_sao_joao_-_que_seja_criada_a_rede_do_bem_para_integrar_todo_sistema_de_saude_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1859/ind_411-2021_birino_-_que_seja_construida_em_parceria_com_a_prefeitura_de_caruaru_uma_passagem_o_molhada_no_beco_que_liga_o_areal_a_vila_canaa_com_largura_su.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1809/ind_412-2021_doutor_do_sao_joao_-_que_seja_construida_uma_estacao_de_energia_solar_usando_parte_do_terreno_do_antigo_lixao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1810/ind_413-2021_doutor_do_sao_joao_-_que_seja_criada_a_moeda_verde_cidade_limpa..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1811/ind_414-2021_maviael_-_que_seja_contratado_um_assistente_social_para_o_hospital_nossa_senhora_de_fatima..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1812/ind_415-2021_ferreirinha_-_que_sejam_colocadas_as_luminarias_dos_30_postes_do_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1813/ind_416-2021_ferreirinha_-_que_seja_criada_uma_oficina_de_corte_e_costura_na_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1814/ind_417-2021_ferreirinha_-_que_seja_colocada_a_iluminacao_e_o_corrimao_das_pontes_do_valentim_e_do_antao..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1815/ind_418-2021_ferreirinha_-_que_seja_feito_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ao_posto_de_gasolina_da_feira_de_frutas..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1816/ind_419-2021_ferreirinha_-_que_sejam_refeita_a_laje_do_canal_do_bairro_do_independente..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1817/ind_420-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_r._luiz_jose_de_sa_proximo_ao_campo_de_demir_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1818/ind_421-2021_lolo_-_que_sejam_reformas_todas_as_pracas_do_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1819/ind_422-2021_maviael_-_que_seja_adquirido_um_onibus_para_fazer_transporte_de_cidadaos_para_eventos_religiosos_e_atletas_para_eventos_esportivos..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1820/ind_423-2021_maviael_-_que_sejam_colocadas_lixeiras_nas_ruas_e_no_entorno_do_parque_das_feiras..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1841/ind_426-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_instituindo_um_calendario_anual_das_feiras_do_jeans_e_de_frutas_e_verduras_bem_como_da_coleta_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1840/ind_427-2021_maviael_-_que_sejam_instaladas_mesas_de_futemesa_nas_pracas_dos_bairros..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1839/ind_428-2021_maviael_-_que_seja_retomado_o_viva_toritama.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1838/ind_429-2021_maviael_-_que_seja_calcada_a_r._maria_do_socorro_no_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1837/ind_430-2021_maviael_-_que_seja_cobrado_dos_loteadores_a_instalacao_da_rede_de_energia..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1836/ind_431-2021_doutor_do_sao_joao_-_que_seja_feita_a_cessao_do_imovel_no_11_no_sitio_sao_joao_de_baixo_pelo_periodo_de_03_anos_para_sede_do_instituto_semear_br.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1835/ind_432-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_servidores_da_secretaria_de_saude_nos_termos_da_minuta_anexa.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1842/ind_433-202_maviael_-_que_sejam_reformadas_todas_as_ubs_com_pintura_trocas_de_portas_macanetas_retocar_paredes_conserto_da_encanacao_iluminacao_e_colocaca.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1843/ind_434-2021_maviael_-_que_sejam_instalados_condicionadores_de_ar_e_computadores_com_impressoras_em_todas_as_ubs_e_postos_de_saude..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1844/ind_435-2021_maviael_-_que_seja_adquirido_um_veiculo_para_dar_suporte_aos_usuarios_na_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1845/ind_436-2021_maviael_-_que_seja_disponibilizado_um_profissional_de__enfermagem_para_acompanhar_os_passageiros_do_tfd.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1846/ind_437-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._largo_da_paz_proximo_ao_posto_nossa_senhora_aparecida_no_centro..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1847/ind_438-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._almirante_tamandare_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1848/ind_439-2021_ferreirinha_-_que_seja_feito_um_mural_na_entrada_de_toritama_e_na_saida_proximo_ao_lixao_com_a_frase_rota_do_jeans..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1849/ind_440-2021_ferreirinha_-_que_sejam_asfaltadas_as_avenidas_sao_jose_e_planalto_entre_os_bairros_independente_e_planalto.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1850/ind_441-2021_ferreirinha_-_que_seja_calcada_a_trav._santa_lucia_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1851/ind_442-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._santa_cruz_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1860/ind_444-2021_marli_-_que_seja_disponibilizado_tratamento_psicologico__exclusivo_para_mulheres_diagnosticadas_eou_em_tratamento_de_cancer_de_mama_eou_c.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1861/ind_445-2021_ferreirinha_-_que_seja_calcada_a_r._everaldo_guedes_no_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1862/ind_446-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_paulo_roberto_barbosa_camelo_maria_o_helena_amorim_jose_pedro_da_silva_a_rua_projetada_01_c.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1863/ind_447-2021_ferreirinha_-_que_seja_asfaltado_o_trecho_da_r._adalgiza_moura_ate_as_margens_da_pe-90_e_colocada_a_sinalizacao_toritama_centro.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1864/ind_448-2021_maviael_-_que_sejam_asfaltadas_as_ruas_artur_manto_da_silva_manoel_borba_trav._antonio_jose_da_silva_largo_da_paz_maria_idelfonso_de_andrade_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1865/ind_449-2021_maviael_-_que_sejam_asfaltadas_as_ruas_zacarias_xavier_leite_e_manoel_jose_filho_no_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1866/ind_450-2021_jeziel_-_que_seja_feito_quebra-molas_na_rua_joao_sampaio_de_jesus_no_bairro_do_planalto_e_que_sejam_trocadas_a_iluminacao_pois_tem_varias_lampadas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1882/ind_451-2021_carol_-_que_seja_criada_e_implementada_a_sala_lilas_na_delegacia_de_policia_civil_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1883/ind_452-2021_carol_-_que_seja_realizado_treinamento_para_os_motoristas_dos_transportes_escolares_municipais_visando_melhorias_no_atendimento_aos_estudantes.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1884/ind_453-2021_carol_-_que_sejam_reposicionadas_as_rampas_de_acessibilidade_e_inseridas_placas_de_transito_na_praca_das_criancas_na_rua_04_de_outubro_no_centro..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1885/ind_454-2021_doutor_do_sao_joao_-_que_seja_implantada_uma_clinica_de_ozonioterapia.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1886/ind_455-2021_doutor_do_sao_joao_-_que_seja_criado_o_sistema_de_abastecimento_de_combustiveis_para_a_frota_de_veiculos_municipal_com_a_compra_direto_da_refinari.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1887/ind_456-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_virginia_maria_de_jesus_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1888/ind_457-2021_ferreirinha_-_que_seja_construida_uma_escola_no_bairro_do_colorado..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1889/ind_458-2021_ferreirinha_-_que_seja_reajustado_o_salario_dos_garis_e_que_seja_concedida_uma_cesta_basica_mensal.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1890/ind_459-2021_ferreirinha_-_que_seja_revitalizada_a_praca_da_r._do_comercio_em_frente_ao_cartorio..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1891/ind_460-2021_maviael_-_que_sejam_adquiridos_03_rolos_compactadores_e_02_placas_vibratorias..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1892/ind_461-2021_maviael_-_que_sejam_adquiridas_o2_betoneiras_de_400_litros_e_01_acabadora_de_piso..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1893/ind_462-2021_maviael_-_que_sejam_instalados_parques_infantis_em_todas_as_escolas_municipais..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1894/ind_463-2021_maviael_-_que_seja_publicado_um_calendario_com_os_seguintes_numeros_de_telefones_guarda_municipal_cttu_bepi_pm_policia_civil_defesa_civil_bo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1895/ind_464-2021_maviael_-_que_seja_adquirido_um_caminhao_com_cesto_aereo_isolado_para_substituicao_da_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1896/ind_465-2021_maviael_-_que_sejam_adquiridos_parques_infantis_para_as_ubss_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1897/ind_466-2021_jeziel_-_que_sejam_substituida_a_iluminacao_da_r._santa_socorro_proximo_a_capela_nossa_senhora_de_fatima_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1898/ind_467-2021_jeziel_-_que_seja_feito_o_recapeamento_da_r._artur_benedito_por_tem_um_buraco_a_mais_de_03_meses_no_centro..pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1899/ind_468-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_legislativa_um_projeto_de_lei_concedendo_es_isencao_de_impostos_municipais_as_pessoas_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1900/ind_469-2021_ferreirinha_-_que_seja_adquirida_para_o_municipio_uma_usina_de_asfalto..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1901/ind_470-2021_ferreirinha_-_que_sejam_colocadas_lixeiras_nas_pracas_de_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1902/ind_471-2021_maviael_-_que_seja_construida_uma_sala_de_recursos_para_todas_as_escolas_com_necessidades_especiais_no_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1903/ind_472-2021_maviael_-_solicito_que_seja_colocada_iluminacao_natalina..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1904/ind_473-2021_maviael_-_que_sejam_adquiridos_livros_infantis_e_uma_biblioteca_movel.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1905/ind_474-2021_maviael_-__que_sejam_adquiridos_para_todas_as_escolas_materiais_de_laboratorios_ciencias_geografia_etc..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1906/ind_475-2021_maviael_-_que_sejam_construidas_bibliotecas_em_todas_as_escolas..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1907/ind_476-2021_maviael_-_que_seja_celebrada_uma_parceria_publico-privada_ppp_com_os_empresarios_em_torno_do_parque_das_feiras_para_que_seja_asfaltada_ou_calcada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1908/ind_477-2021_maviael_-_que_seja_disponibilizado_ensino_ate_o_7o_ano_na_escola_elizete_borba.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1909/ind_478-2021_ferreirinha_-_que_sejam_colocados_enfeites_natalinos_na_av._joao_manoel_da_silva_e_em_todo_o_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1474/req_03-2021_rossana_-_que_sejam_enviadas_informacoes_sobre_a_quantidade_de_cestas_basicas_que_foram_doadas_nos_meses_de_outubro_novembro_e_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1492/req_04-2021_ze_neto_-_que_seja_enviado_relatorio_detalhado_sobre_as_multa_aplicadas_pela_cttu_contendo_valor_infracao_e_local_bem_como_total_arrecadado..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1505/req_05-2021_mava_-_que_sejam_remetidas_as_seguintes_informacoes_sobre_o_funcionamento_do_tfd_a_copia_dos_livroscadernosagendas_de_marcacao_e_dos_diarios_de_bordo_dos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_06-2021_jeziel_-_convoca_o_senhor_alex_monteiro_de_lima_secretario_de_ordem_social_para_comparecer_ao_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_07-2021_birino_-_que_seja_enviada_copia_da_licitacao_que_foi_ganha_pela_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_08-2021_birino_-_que_sejam_envidas_copias_de_todos_os_pagamentos_a_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020_con.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1533/requerimento_09-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_valores_enviados_pelo_governo_federal_para_a_prefeitura_de_toritama_para_o_uso_com_a_pandemia_do_c.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1573/req_10-2021_mava_-_voto_de_pesar_pelo_falecimento_de_eraldina_inacia_da_silva..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1574/req_11-2021_mava_-_voto_de_pesar_pelo_falecimento_de_josenilda_ramos_da_silva_nida..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1575/req_12-2021_mava_-_voto_de_pesar_pelo_falecimento_de_jose_reginaldo_de_lima_ze_de_chico.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1596/req_13-2021_rossana_-_mocao_de_aplauso_a_enfermeira_marli_ferreira_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1753/req_14-2021_marli_-_mocao_de_aplauso_a_enfermeira_francisca_bezerra_do_nascimento..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1754/req_15-2021_marli_-_mocao_de_aplauso_a_enfermeira_eraldina_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1755/req_16-2021_marli_-_mocao_de_aplauso_a_enfermeira_maria_de_lourdes_clemente..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1756/req_17-2021_marli_-_mocao_de_aplauso_a_enfermeira_laurinete_maria_santos_da_silva..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1757/req_18-2021_marli_-_mocao_de_aplauso_a_enfermeira_beatriz_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1758/req_19-2021_marli_-_mocao_de_aplauso_a_enfermeira_marinete_luiza_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1668/req_21-2021_carol_-_a_mocao_de_aplausos_a_welton_silva.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1669/req_23-2021_birino_-_que_sejam_enviadas_copias_dos_empenhos_listados_do_favorecido_joelmo_sandro_jose_de_moraes_junto_com_as_respectivas_liquidacoes_pagamen.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1635/req_24-2021_birino_-_que_seja_enviada_lista_de_servidores_pcd_bem_como_declaracao_sobre_a_porcentagem_que_representa_do_numero_total_de_servidores..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1647/req_25-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_abilio_laurindo_tavares..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1670/req_26-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_sivonaldo_severino_da_silva_pele.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1671/req_27-2021_carol_-_requer_a_criacao_de_comissao_especial_de_reforma_do_regimento_interno..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1718/req_28-2021_rossana_-_que_sejam_envidas_copias_dos_procedimentos_instaurados_pela_corregedoria_da_guarda_civil_e_da_cttu.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1719/req_29-2021_rossana_-_que_seja_enviada_certidao_sobre_os_conselhos_municipais_criados_e_que_nao_funcionam_bem_como_sejam_enviadas_as_seguintes_informacoes_s.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1720/req_30-2021_rossana_-_que_seja_enviado_relatorio_com_as_emendas_parlamentares_recebidas_no_ano_de_2021_informando_o_nome_do_parlamentar_que_destinou_a_emenda.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1717/req_32-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_obede_batista_da_silva..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1759/req_33-2021_birino_-_que_seja_informado_as_farmacias_que_tem_conveniocontrato_com_o_municipio_para_fornecimento_de_medicamentos_bem_como_sejam_enviados_copias_de_con.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1774/req_35-2021_rossana_-_mocao_de_aplauso_a_vereadora_carolayne_kelley_goncalves.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1760/req_36-2021_birino_-_que_sejam_enviados_1_-_os_nomes_de_todos_os_participantes_que_formam_o_nucleo_gestor_do_plano_diretor_2__os_nomes_dos_servidores_que_represent.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1761/req_37-2021_rossana_-_requer_a_criacao_de_comissao_especial_para_avaliar_os_servicos_e_as_politicas_publicas_ofertadas_as_pessoas_com_deficiencia_pela_prefeitura_de_t.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1781/req_38-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_cheques_emitidos_pela_prefeitura_de_toritama_nos_anos_de_2017_e_2018..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1782/req_39-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_juraci_francisca_david.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1783/req_40-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_domingos_inacio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1784/req_41-2021_birino_-_que_seja_enviada_copia_integral_do_processo_administrativo_disciplinar_a_respeito_da_irregularidade_na_secretaria_da_saude_instaurada_a.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1786/req_42-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_lindinaldo_rozendo_de_souza_galego_da_antena..pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1787/req_43-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_carlos_henrique_araujo..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1788/req_44-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_candida_maria_da_conceicao..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1826/req_45-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_luiz_jose_da_silva_luiz_toquinho..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1827/req_46-2021_birino_-_que_seja_enviada_copia_da_folha_de_pagamento_do_gabinete_do_prefeito_e_de_todas_as_secretarias_do_periodo_compreendido_entre_janeiro_de.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1875/req_47-2021_rossana_-_que_seja_enviada_prestacao_de_conta_dos_valores_recebidos_atraves_do_finisa..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1870/req_48-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_maria_lenilda_de_melo_silva..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1871/req_49-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_elpidio_jose_da_silva..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1872/req_51-2021_maviael_-_convoca_todos_os_assessores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1873/req_52-2021_maviael_-_convoca_todos_os_contratados_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1874/req_53-2021_maviael_-_convoca_todos_os_servidores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1876/req_54-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_processos_licitatorios_de_pavimentacao_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1877/req_55-2021_birino_-_que_sejam_enviadas_copias_dos_processos_licitatorios_contratos_e_pagamentos_referentes_a_construcao_das_escolas_municipais_do_ano_de_2.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1878/req_56-2021_birino_-que_sejam_enviados_os_valores_orcamentarios_de_2017_a_2021_da_secretaria_de_desenvolvimento_economico_junto_com_toda_a_suplementacao_do.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1879/req_57-2021_birino_-_que_sejam_envidas_copias_de_todos_os_extratos_bancarios_de_todas_as_contas_do_municipio_no_periodo_de_2017_a_2018_extrato_de_todos_os_.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1880/req_58-2021_birino_-_que_seja_enviada_copia_do_processo_administrativo_da_demolicao_dos_imoveis_na_r._04_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1384/pres_01-2021_concede_titulo_de_cidadania_toritamense_a_geniveva_maria_de_santana_araujo..pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1416/pres_02-2021_concede_titulo_de_cidadania_toritamense_a_arlei_luiz_zotti.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1447/pres_03-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_josue_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1448/pres_04-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_severino_cosme_da_silva..pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1449/pres_05-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_jose_geraldo_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1568/pres_09-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_eduardo_jose_menezes_dos_santos_junior..pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1569/pres_10-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_jose_adriano_da_silva..pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1570/pres_11-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_ednalva_maria_soares_araujo..pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1571/pres_12-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_aurene_maria_da_silva..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1572/pres_13-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_maria_dulce_goncalves_da_silva..pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1625/pres_14-2021_mesa_diretora_-_altera_a_resolucao_032014_dando_nova_redacao_ao_art._8o.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1626/pres_15-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_valdir_bezerra_da_silva_souza..pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1689/pres_18-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_solange_dos_santos_soares.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1666/pres_19-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_adriano_marcell_da_silva_e_silva..pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1667/pres_20-2021_rossana_-concede_titulo_de_cidadania_toritamense_a_roberval_leandro_lacerda.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1690/pres_21-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_maria_luiza_leal..pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1691/pres_22-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_renato_romulo_da_silva_granja..pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1692/pres_23-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_orestes_bemvenuto_da_silva_filho..pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1706/pres_26-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_gleide_do_nascimento_angelo..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1707/pres_27-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_niedson_nivaldo_lopes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1752/pres_29-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_elisangela_de_lourdes_barcelar..pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1776/pres_30-2021_maviael_-_concede_a_comenda_eneas_tavares_a_mariana_maria_do_nascimento_araujo.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1777/pres_31-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_helder_pinto_correia_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1778/pres_32-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_ligia_carla_de_andrade_cabral.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1779/pres_33-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_joseana_nunes_de_souza..pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1733/pres_34-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_carla_marques_de_almeida_silva..pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1780/pres_35-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_iremar_ferreira_de_souza..pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1828/pres_39-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_thiago_meirelles_silva_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1829/pres_40-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_adjailson_da_silva..pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1855/pres_41-2021_rossana_-_cria_a_procuradoria_especial_da_mulher_na_camara_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1856/pres_42-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_elia_oliveira_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1857/pres_43-2021_doutor_do_sao_joao_-_concede_titulo_de_cidadania_toritamense_a_osenir_arruda_da_silva..pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1858/pres_44-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_marcio_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1734/pres_45-2021_ferreirinha-_concede_titulo_de_cidadania_toritamense_a_gilvan_florencio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1881/pres_47-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_janailton_alves_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1341/proj._lei_01-2023_mava_-_denomina_de_praca_jose_silvestre_compressed.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1342/projle_1.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1451/plol_05-2021_maviael_-_denomina_de_quadra_mario_de_araujo_a_quadra_da_escola_laura_lopes.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1467/plol_06-2021_maviael_-_denomina_de_quadra_eneas_vicente_de_lima_a_quadra_da_escola_elizete_borba..pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1470/plol_07-2021_maviael_-_denomina_de_quadra_manoelito_sena_guimaraes_manduca_do_vasco_a_quadra_da_escola_maria_goncalves..pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1468/plol_08-2021_maviael_-_denomina_de_ubs_adelma_maria_de_oliveira_a_ubs_centro_iii_do_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1469/plol_09-2021_maviael_-_dispoe_sobre_a_instalacao_em_pracas_e_parques_publicos_de_brinquedos_adaptados_e_equipamentos_especialmente_desenvolvidos_para_lazer_e_recreacao_de_crian.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3040/pl_10-2021_reconhece_essencial_atividade_fisica_-_jose_edmilson.docx.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3041/pl_11-2021_reconhece_essencial_atividade_religiosa_-_rossana.docx.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1472/plol_12-2021_mava_-_denomina_de_maria_da_conceicao_de_lima_ferreira_maria_cabral_a_r._projetada_cod._95000158_quadras_258_e_324_setor_7..pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1473/plol_13-2021_mava_-_denomina_de_joseneide_maria_de_lima_silva_a_r._projetada_cod._722_quadras_324_e_328_setor_12.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1486/plol_14-2021_mava_-_dispoe_sobre_a_implantacao_da_patrulha_escolar_de_toritama_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1487/plol_15-2021_ze_neto_-_dispoe_sobre_a_implantacao_de_sistema_solar_fotovoltaico_de_energia_nos_predios_a_serem_construidos..pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1488/plol_16-2021_mava_-_denomina_de_antonio_onival_fernandes_vava_guarda_a_r._projetada_cod._95000160_quadras_326_e_328_setor_7..pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1489/plol_17-2021_mava_-_denomina_de_amaro_soares_de_jesus_amaro_de_joao_senhor_a_r._projetada_cod._95000159_quadras_324_e_326_setor_7..pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1490/plol_18-2021_mava_-_denomina_de_josefa_izabel_da_silva_joselma_a_r._projetada_cod._706_quadras_246_e_249_setor_7..pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1491/plol_19-2021_mava_-_denomina_de_jose_alfredo_da_silva_ze_lala_a_r._projetada_cod._686_quadras_204_e_225_setor_7..pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1542/plol_20-2021_jeziel_-_denomina_de_vicente_genuino_de_souza_a_r._projetada_cod._655_quadras_124_e_133_setor_3..pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1543/plol_21-2021_jeziel_-_denomina_de_maria_carlinda_de_souza_a_r._projetada_cod._643_quadras_112_e_115_setor_3.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1544/plol_22-2021_jeziel_-_denomina_de_grineide_goncalves_de_lima_a_r._projetada_cod._652_quadras_115_e_124_setor_3..pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1545/plol_23-2021_jeziel_-_denomina_de_claudenilda_maria_da_silva_a_r._projetada_cod._642_quadras_109_a_112_setor_3..pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/240/pl_26-2021_denomina_de_av._dorgival_florencio_de_almeida_a_r._projetada_cod_557_setor_3_loteamento_campo_alegre_-_derivaldo.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1566/plol_27-2021_morica_-_denomina_de_r._do_sagrado_coracao_de_jesus_a_r._projetada_cod._95000151_quadras_422_e_424_setor_4..pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1567/plol_28-2021_morica_-_denomina_de_r._amara_izabel_da_silva_a_r._projetada_cod._95000152_quadras_424_e_426_setor_4.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1620/plol_30-2021_carol_-_dispoe_sobre_as_diretrizes_para_as_acoes_de_promocao_da_dignidade_menstrual_de_conscientizacao_e_informacao_sobre_a_menstruacao_o_fornecimento.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1621/plol_31-2021_carol_-_institui_as_diretrizes_para_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea_no_ambito_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1622/plol_32-2021_morica_-_institui_feriado_municipal_o_dia_24_de_junho_em_homenagem_a_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1623/plol_33-2021_maviael_-_denomina_de_jose_tavares_da_silva_beto_a_quadra_poliesportiva_da_escola_maria_aurora_de_jesus..pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1624/plol_35-2021_derivaldo_-_denomina_de_antonio_tiburcio_da_silva_antonio_zacarias_o_predio_publico_municipal_a_r._joao_chagas_sn_onde_funcionou_o_antigo_forum.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1633/plol_37-2021_maviael_-_denomina_de_praca_narciso_celestino_de_lima_a_praca_localizada_no_bairro_duque_de_caxias_ao_lado_da_ubs_na_rua_maria_etien.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1634/plol_38-2021_ze_neto_-_denomina_de_donizete_pedro_tavares_a_quadra_de_eventos_da_escola_maria_aurora_de_jesus_no_bairro_duque_de_caxia.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/241/pl_39-2021_denomina_de_av._jose_sergio_de_lucena_deda_de_sergio_a_r._projetada_cod._547quadras124_e_151_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/242/pl_40-2021_denomina_de_r._vereador_francisco_soares_da_silva_a_r._projetada_cod._672_quadras_145_e_151_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/243/pl_41-2021_denomina_de_r._jose_laurentino_neri_a_r._projetada_cod._688_quadras_145_e_148_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/244/pl_42-2021_denomina_de_r._luis_ferreira_da_silva_luis_turiu_a_r._projetada_cod._755_quadra_155_setor_3_-_jose_neto.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1665/plol_43-2021_birino_-dispoe_sobre_a_implantacao_de_programa_de_restricao_ao_transito_de_veiculos_automotores_pesados_do_tipo_caminhao_no_municipio_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1699/plol_44-2021_maviael_-_dispoe_sobre_a_garantia_de_que_agressores_de_mulheres_e_meninas_nao_possam_assumir_cargos_publicos_no_municipio_de_toritama_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1748/plol_46-2021_ze_neto_-_dispoe_sobre_a_regulamentacao_de_casa_de_apoio_a_usuarios_do_municipio_de_toritama_em_tratamento_fora_de_domicilio..pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1749/plol_47-2021_ferreirinha_-_denomina_de_praca_otacilio_ferreira_de_carvalho_a_praca_localizada_no_bairro_planalto_entre_as_ruas_alfredo_feitosa_da_silva_e_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1750/plol_48-2021_ferreirinha_-_denomina_de_praca_rosemiro_felix_da_silva_a_praca_localizada_no_bairro_planalto_entre_a_rua_castro_alves_e_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1785/plol_49-2021_ferreirinha_-_denomina_de_praca_joao_amaro_do_nascimento_a_praca_localizada_no_sitio_oncinhas_entre_a_rua_jorge_goncalves_da_silva_e_a_rua_joaquim_borba.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1772/plol_50-2021_carol_-_dispoe_sobre_a_transparencia_na_lista_de_espera_por_vagas_no_centro_municipal_de_educacao_infantil_e_suas_prioridades..pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1773/plol_51-2021_carol_-_dispoe_sobre_a_criacao_do_dia_municipal_em_homenagem_as_vitimas_do_novo_coronavirus_na_cidade_de_toritama_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1775/plol_52-2021_maviael_-_denomina_de_r._jose_jackson_da_silva_marques_a_r._projetada_cod._795_quadra_374_e_376_setor_04..pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1808/plol_54-2021_maviael_-_denomina_de_r._irandi_ferreira_da_silva_a_r._projetada_15_setor_04_quadra_36_e_378_codigo_logradouro_796_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1821/plol_55-2021_maviael_-_denomina_de_r._auzira_anunciada_da_silva_a_r._projetada_setor_04_quadra_378_codigo_logradouro_797_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1822/plol_56-2021_maviael_-_denomina_de_r._edinaldo_jose_da_silva_naldinho_a_r._projetada_13_setor_o4_quadra_372_e_374_codigo_logradouro_794_no_loteamento_izidio_ta.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1823/plol_57-2021_maviael_-_denomina_de_r._edinalto_ferreira_neto_dinaldo_de_fazenda_velha_a_r._projetada_setor_04_quadra_368_codigo_logradouro_799_no_loteamento_iz.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1824/plol_58-2021_morica_-_denomina_de_prefeito_nelson_caetano_da_silva_o_teatro_municipal..pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1825/plol_59-2021_doutor_do_sao_joao_-_dispoe_sobre_a_criacao_do_programa_municipal_de_assistencia_tecnica_publica_e_gratuita_para_habitacao_de_interesse_social_atenden.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1830/plol_60-2021_maviael_-_denomina_de_eronildes_manoel_filho_nidim_a_ame_animal..pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1831/plol_61-2021_maviael_-_denomina_de_r._tertulina_maria_de_lima_teta_a_r._projetada_setor_04_quadra_378_codigo_logradouro_798_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1832/plol_62-2021_maviael_-_denomina_de_r._ozanir_adauto_da_silva_zana_a_r._projetada_setor_02_quadra_22_e_24_loteamento_novo_alvorecer..pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1833/plol_63-2021_maviael_-_denomina_de_r._severina_maria_tavares_tirina_a_r._projetada_11_setor_o4_quadra_88_e_133_loteamento_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1853/plol_66-2021_ferreirinha_-_denomina_de_r._amaro_lopes_da_silva_a_r._projetada_quadra_84_e_85_cod_log_568_setor_03_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1854/plol_67-2021_ferreirinha_-__denomina_de_r._adolfo_goncalves_de_melo_a_r._projetada_quadra_88_e_91_cod_log_564_setor_03_loteamento_maria_jose_cordeiro_de_melo..pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1834/plol_69-2021_maviael_-_dispoe_sobre_a_regulamentacao_da_area_para_estacionamento_em_estabelecimentos_comerciais_de_grande_circulacao_de_clientes..pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1868/plol_71-2021_ferreirinha_-_denomina_de_r._lourinaldo_jose_da_silva_a_r._projetada_16_quadra_130_e_133_cod_logradouro_658_setor_03_loteamento_maria_jose_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1869/plol_72-2021_carol_-_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_violencia_contra_a_mulher_na_cidade_de_toritama_e_suas_prioridades..pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1910/plol_73-2021_mesa_diretora_-_trata_sobre_o_subsidio_dos_secretarios_municipais_de_toritama_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3038/pl_02-2021_protocolo_vacina_-_pmt.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1806/plex_11-2021_poder_executivo_-_revoga_a_lei_municipal_no_1.5432016_e_dispositivos_da_lei_municipal_no_1.5462016..pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1807/plex_12-2021_poder_executivo_-_autoriza_o_poder_executivo_a_doar_ao_estado_de_pernambuco_bem_imovel_pertencente_ao_municipio_de_toritama_para_construccao_de_escola.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1852/ploex_15-2021_pmt_-_institui_no_ambito_do_municipio_de_toritama_o_programa_saude_em_casa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1867/ploex_16-2021_pmt_-_dispoe_sobre_autorizacao_para_abertura_de_credito_adicional_especial_ao_orcamento_geral_do_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/2076/ploe_19-2021_dispoe_sobre_a_proibicao_de_deposito_de_materiais_e_a_obrigatoriedade_de_utilizacao_de_papa_metralha_ou_cacamba_para_acumulo_de_entulho_em_voas_pavimentadas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3039/plc_01-2021_refis_2021_-_pmt.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1911/plc_05-2021_poder_executivo_-_altera_a_lei_no_022017_e_a_lei_no_7411998_com_as_alteracoes_da_lei_no_192021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1688/plo_01-2021_mesa_diretora_-_dispoe_sobre_a_alteracao_do_artigo_21_da_lei_organica_do_municipio_de_toritama..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1318/ind_01-2021_ferreirinha_-_que_sejam_construidas_03_entradas_da_cidade_com_a_frase_bem_vindo_a_toritama_a_capital_do_jeans_a_cidade_que_respira_o_progresso.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1319/ind_02-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_italia_recife_franca_alemanha_e_inglaterra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1320/ind_03-2023_ferreirinha_-_que_sejam_colocados_os_corrimao_das_pontes_que_ficam_nas_ruas_jose_eraldo_da_silva_riachuelo_santa_marta_e_lindines..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1321/ind_04-2021_rossana_-_que_seja_saneada_e_calcada_a_r._inglaterra_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1322/ind_05-2021_rossana_-_que_seja_calcada_a_rua_em_frente_a_assembleia_de_deus_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1323/ind_06-2021_rossana_-_que_seja_feita_a_limpeza_do_canal_da_vaca_leiteira..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1324/ind_07-2021_maviael_-_que_seja_calcada_ou_asfaltada_a_av._chico_xavier_sitio_oncinhas_sitio_sao_joao_sitio_santa_maria_sitio_sao_joao_de_cima_ate_o_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1325/ind_08-2021_maviael_-_que_seja_reformado_ou_construido_um_novo_predio_para_a_escola_maria_aurora_no_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1326/ind_09-2021_maviael_-_que_seja_elaborado_um_projeto_de_lei_criando_o_refis_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1327/ind_10-2021_ze_neto_-_que_seja_fornecido_transporte_no_dia_de_finados_para_cemiterio_parque_dos_eucaliptos_de_hora_em_hora_a_partir_do_trevo_entre_a_br-104_e_a_pe-90_com_uma_parada.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1328/ind_11-2021_doutor_do_sao_joao_-_que_seja_enviado_projeto_de_lei_criando_o_conselho_de_direitos_do_idoso..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1329/ind_12-2021_doutor_do_sao_joao_-_que_seja_criado_o_centro_de_controle_de_zoonoses_no_sitio_oncinha_de_cima..pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1330/ind_13-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_nacional_de_alimentacao_escolar_pnae.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1331/ind_14-2021_jeziel_antonio_-_que_seja_recapeada_a_rua_riachuelo_no_centro..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1332/ind_15-2021_jeziel_antonio_-_que_seja_feita_a_limpeza_do_bueiro_que_fica_na_rua_euzebio_soares_em_frente_ao_imovel_numero_436..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1333/ind_16-2021_jeziel_antonio_-_que_seja_feito_o_calcamento_beco_da_entrada_principal_do_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1334/ind_17-2021_jeziel_antonio_-_que_seja_retomado_o_programa_dia_do_lazer_aos_domingos_nas_ruas_jose_celestino_do_comercio_e_eusebio_soares..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1335/ind_18-2021_morica_-_que_sejam_adquiridos_aparelhos_de_ultrassonografia_para_a_rede_de_saude_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1336/ind_19-2021_lolo_-_que_sejam_saneadas_e_calcadas_todas_as_ruas_do_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1337/ind_20-2021_lolo_-_que_seja_adquirido_aparelho_de_endoscopia_para_a_policlinica..pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1338/ind_21-2021_lolo_-_que_seja_enviado_projeto_de_lei_criando_o_programa_bolsa_familia_municipal_no_valor_de_r_55000..pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1339/ind_22-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_rua_manoel_tenorio_da_silva_por_tras_da_conhecida_briga_de_galo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1340/ind_23-2021_derivaldo_jose_-_que_seja_saneada_e_calcada_a_continuacao_da_rua_ulisses_tavares_no_o_bairro_novo_alvorecer..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1343/ind_24-2021_maviael_-_que_sejam_asfaltadas_as_ruas_joao_pereira_tabosa_04_de_outubro_e_recapeadas_as_ruas_jose_celestino_do_comercio_joao_chagas_e_adalgiza_moura..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1344/ind_25-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_ruas_severina_goncalves_da_silva_jorge_o_matheus_da_silva_bezerra_luiz_jose_de_sa_maria_de_lourdes_silva_biu_de.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1345/ind_26-2021_maviael_-_que_sejam_saneadas_e_calcadas_as_avenidas_raimundo_jose_da_silva_e_elpidio_as_costa_da_silva_e_as_ruas_severino_jose_da_silva_jose_cicero_da_silva.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1346/ind_27-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_castro_alves_madre_paulina_olavo_bilac_beco_sao_joao_raquel_de_queiroz_beco_sao_cosmo_e_alto_da_saudade_nos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1347/ind_28-2021_ferreirinha_-_que_sejam_feitas_a_terraplanagem_oo_saneamento_e_o_calcamento_das_ruas_do_acude_e_das_ruas_de_jairo_de_aru_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1348/ind_29-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_portugal_pau_santo_panama_colombia_buique_e_canada_a_travessa_colombia_e_as_1o_e_2o_travessas_recife.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1349/ind_30-2021_rossana_-_que_seja_calcada_a_r._santa_lucia..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1350/ind_31-2021_rossana_-_que_seja_feita_a_praca_da_base_na.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1351/ind_32-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_diabetes_com_a_contratacao_de_medico_endocrinologista_e_vascular.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1352/ind_33-2021_marli_-_que_seja_ampliado_o_atendimento_de_especialidades_medicas_para_as_pessoas_com_hipertensao_com_a_contratacao_de_medico_cardiologista..pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1353/ind_34-2021_rossana_-_que_seja_contratado_um_medico_neuropediatra_para_atendimento_as_criancas_com_deficiencia_intelectual..pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1354/ind_35-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_premio_gestor_eficiente_da_merenda_escolar.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1355/ind_36-2021_doutor_do_sao_joao_-_que_seja_implantado_o_programa_acesso_a_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1356/ind_37-2021_jeziel_-_que_seja_criado_o_programa_de_auxilio_a_estudantes_universitarios_carentes_com_bolsa_de_estudos_para_formacao_de_jovens_ao_ensino_superior.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1357/ind_38-2021_jeziel_-_que_seja_oferecido_aos_estudantes_cursinho_preparatorio_para_o_enem_de_forma_permanente_na_grade_curricular_das_escolas_municipais.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1358/ind_39-2021_jeziel_-_que_seja_criado_o_ame_-_ambulatorio_medico_especialista_oferecendo__oftalmologista_oncologista_neurologista_pediatra_e_reumatologista..pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1359/ind_40-2021_carol_-_que_seja_criado_e_implementado_pela_secretaria_de_ordem_social_o_servico_patrulha_maria_da_penha_de_acompanhamento_periodico_e_preventivo_de_protec_1.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1360/ind_41-2021_carol_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1361/ind_42-2021_derivaldo_-_que_seja_quebrada_a_pedra_e_desobstruiida_a_trav._capitao_joao_dos_santos_no_bairro_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1362/ind_43-2021_derivaldo_-_que_seja_construida_uma_quadra_de_futsal_no_terreno_ao_lado_da_ubs_de_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1363/ind_44-2021_lolo_-_que_seja_desobstruida_a_rua_do_loteamento_de_arlindo_que_da_acesso_a_pe_90.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1364/ind_45-2021_lolo_-_que_seja_enviado_projeto_de_lei_concedendo_gratificacao_aos_profissionais_que_estao_na_linha_de_frente_do_combate_a_covid-19_como_profissionais_da_saud.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1365/ind_46-2021_lolo_-_que_seja_elaborado_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_enfermeiros_tecnicos_e_auxiliares_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1366/ind_47-2021_ferreirinha_-_que_sejam_calcadas_as_ruas_barao_de_lucena_maria_otilia_dos_santos_limoeiro_o_paudalho_carpina_timbauba_moreno_paulista_surubim_ribeira.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1367/ind_48-2021_carol_-_que_seja_disponibilizado_atraves_de_cadastro_previo_transporte_aos_candidatos_toritamenses_inscritos_na_versao_digital_do_exame_nacional_do_ensino_me.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1368/ind_49-2021_mava_-_que_sejam_reformadas_as_pracas_do_bairro_duque_de_caxias_nas_ruas_cleto_campelo_boa_vista_capitao_joao_dos_santos_e_15_de_novembro..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1369/ind_50-2021_mava_-_que_sejam_calcadas_as_ruas_anunciada_estelina_tavares_josenilson_do_santos_professor_josenildo_jose_de_lima_jose_luis_brandao_jose_valdecir_torres.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1370/ind_51-2021_mava_-_que_seja_reformado_o_matadouro_publico_municipal.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1371/ind_52-2021_ferreirinha_-_que_sejam_construidas_pracas_no_bairro_planalto_na_cohab_na_rua_do_canal_e_duas_na_rua_israel_ao_lado_da_rf_construcao..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1372/ind_53-2021_ferreirinha_-_que_sejam_saneados_e_calcados_os_bairros_principe_da_paz_deus_e_fiel_el-shaday_novo_coqueiral_izidio_tavares_campo_alegre_e_loteamento_arli.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1373/ind_54-2021_doutor_do_sao_joao_-_que_seja_apresentado_pedido_ao_e_governo_do_estado_de_pernambuco_para_o_apoio_a_retomada_da_producao_de_algodao_em_nossa_regiao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1374/ind_55-2021_doutor_do_sao_joao_-_que_seja_contratado_um_medico_urologista_para_atender_duas_vezes_por_semana_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1375/ind_56-2021_marli_-_que_seja_instituido_com_a_colaboracao_dos_profissionais_da_saude_o_protocolo_de_curativos_e_suas_coberturas.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1376/ind_57-2021_marli_-_que_sejam_convocados_os_agentes_comunitarios_de_saude_aprovados_no_concurso_publico_para_as_areas_descobertas..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1377/ind_58-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_maragogi_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1378/ind_59-2021_jeziel_-_que_seja_saneado_e_calcado_o_sitio_lagoa_de_exu_na_zona_rural_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1379/ind_60-2021_ferreirinha_-_que_seja_construida_uma_praca_e_um_posto_de_saude_no_terreno_ao_lado_do_cacimbao_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1380/ind_61-2021_jose_neto_-_que_sejam_reformadas_e_ampliadas_as_pracas_rubeni_joao_da_silva_jose_pedro_florentino_truaca_nelson_guilherme_da_silva_estelita_mano_de_lima.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1381/ind_62-2021_ferreirinha_-_que_seja_realizada_a_reforma_da_academia_das_cidades_localizada_as_margens_da_pe-090_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1382/ind_63-2021_edijan_-_que_sejam_colocados_lixeiros_nas_feiras_de_frutas_e_verduras_e_feiras_do_jeans_e_que_sejam_reciclaveis..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1383/ind_64-2021_rossana_-_que_sejam_revitalizadas_as_pracas_do_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1385/ind_65-2021_edijan_-_que_sejam_requalificada_a_rua_joao_pereira_tabosa_com_substituicao_da_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1386/ind_66-2021_birino_-_que_seja_enviado_projeto_de_lei_para_conceder_mensalmente_cesta_basica_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1387/ind_67-2021_rossana_-_que_seja_saneada_e_calcada_a_r._acre_no_loteamento_de_jairo.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1388/ind_68-2021_rossana_-_que_seja_saneada_e_calcada_a_r._da_saude_no_loteamento_de_antao..pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1389/ind_69-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._manoel_tavares_ao_lado_da_escola_nossa_senhora_do_perpetuo_socorro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1390/ind_70-2021_rossana_-_que_seja_concluido_o_calcamento_da_r._vereador_creudo_rodrigues_ao_lado_da_escola_protazio_soares_de_souza..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1391/ind_71-2021_rossana_-_que_seja_construida_uma_praca_na_r._largo_da_paz_no_centro..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1392/ind_72-2021_maviael_-_que_seja_enviado_projeto_de_lei_instituindo_a_politica_municipal_de_residuos_solidos..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1393/ind_73-2021_derivaldo_-_que_seja_construido_o_centro_especializado_em_saude_da_mulher_no_local_onde_funcionou_o_forum..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1394/ind_74-2021_morica_-_que_seja_feita_a_cobertura_de_60_metros_do_canal_que_fica_as_margens_da_pe_90..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1395/ind_75-2021_morica_-_que_sejam_pavimentadas_as_ruas_joao_pereira_tabosa_04_de_outubro_isaias_soares_ernesto_herculino_cordeiro_e_abilio_floro..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1396/ind_76-2021_lolo_-_que_seja_saneada_e_calcada_a_r._ribeirao_no_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1397/ind_77-2021_lolo_-_que_seja_colocada_uma_tampa_de_concreto_no_bueiro_em_frente_ao_colegio_estacao_do_saber..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1450/ind_78-2021_doutor_do_sao_joao_-_que_seja_feita_a_substituicao_dos_quebra-molas_por_lombadas_em_todas_as_ruas_das_areas_urbana_e_rural..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1399/ind_79-2021_ferreirinha_-_que_seja_construido_um_albergue_municipal.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1400/ind_80-2021_ferreirinha_-_que_seja_construido_um_terminal_rodoviario_municipal.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1401/ind_81-2021_ferreirinha_-_que_seja_construido_o_hospital_da_mulher_.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1402/ind_82-2021_jeziel_-_que_sejam_instaladas_lobadas_eletronicas_entre_as_entradas_do_forum_e_do_jardim_das_oliveiras..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1403/ind_83-2021_jeziel_-_que_seja_construida_uma_passarela_exclusiva_para_pedestres_ligando_a_cidade_de_toritama_e_a_vila_canaa..pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1404/ind_84-2021_jeziel_-_que_seja_feito_o_abastecimento_do_loteamento_moria_e_da_vila_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1405/ind_85-2021_jeziel_-_que_seja_instalada_uma_adutora_para_o_abastecimento_dos_loteamentos_jardim_das_oliveiras_principe_da_paz_colorado_e_gold_square..pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1406/ind_86-2021_ferreirinha_-_que_seja_criado_um_programa_municipal_de_auxilio_as_familias_em_vulnerabilidade_social..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1407/ind_87-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_da_sorte_da_saude_do_acude_e_do_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1408/ind_88-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_rua_jose_ferreira_da_silva_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1409/ind_89-2021_derivaldo_-_que_seja_feita_uma_parceria_como_coniape_para_a_realizacao_de_exames_de_ultrassonografia_tomografia_ressonancia_magnetica_etc..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1410/ind_90-2021_maviael_-_que_sejam_calcada_a_av._prefeito_valdomiro_izidio_pereira_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1411/ind_91-2021_maviael_-_que_sejam_calcadas_as_ruas_jose_pedro_da_silva_e_cecilia_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1412/ind_92-2021_maviael_-_que_sejam_calcadas_as_ruas_mizael_xavier_leite_ivandilson_vasconcelos_da_silva_maria_josefa_pereira_jose_felix_do_nascimento_e_dioges_jose_da_sil.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1413/ind_93-2021_carol_-_que_seja_realizada_a_limpeza_a_instalacao_de_placas_de_orientacao_e_o_cercamento_do_lixao_as_margens_da_br-104_para_evitar_o_descarte_irregular_de_.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1414/ind_94-2021_morica_-_que_seja_formada_uma_banda_musical_municipal_e_que_seja_nomeada_narcizo_celestino_de_lima.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1415/ind_95-2021_doutor_do_sao_joao_-_que_seja_desobstruida_a_r._estados_unidos_no_bairro_novo_coqueiral_e_que_seja_feito_o_saneamento_e_calcamento_da_mesma..pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1417/ind_96-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_sao_jose_e_av._planalto_e_r._sao_joao_do_bairro_independente_e_r._largo_da_paz_no_centro..pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1418/ind_97-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_luar_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1419/ind_98-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_do_loteamento_de_arlindo..pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1420/ind_99-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_jose_eraldo_da_silva_clementino_alfonso_e_jose_ferreira_da_silva_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1421/ind_100-2021_ferreirinha_-_que_seja_ampliada_a_creche_do_bairro_independente_com_a_construcao_de_mais_salas..pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1422/ind_101-2021_jeziel_-_que_seja_construida_uma_creche_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1423/ind_102-2021_jeziel_-_que_seja_demolida_a_pedra_que_obstrui_a_r._maragogi_e_que_seja_calcada..pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1424/ind_103-2021_jeziel_-_que_seja_instalada_uma_lombada_eletronica_em_frente_ao_cemiterio..pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1425/ind_104-2021_rossana_-_que_seja_saneada_e_calcada_a_r._ex_monteiro_lobato_no_areal_2.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1426/ind_105-2021_lolo_-_que_seja_construido_um_chafariz_no_poco_do_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1427/ind_106-2021_mava_-_que_seja_feito_um_ponto_de_lotacao_para_a_cidade_de_caruaru..pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1428/ind_107-2021_mava_-_que_sejam_construidos_todos_os_pontos_de_mototaxi.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1429/ind_108-2021_mava_-_que_seja_feito_o_calcamento_da_trav_castro_alves_no_independente..pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1430/ind_109-2021_mava_-_que_sejam_saneadas_e_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luiz_galdino_e_genesio_manoel_da_silva..pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1431/ind_110-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_salem_no_bairro_principe_da_paz..pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1432/ind_111-2021_edijan_-_que_sejam_iluminadas_as_ruas_no_entorno_da_quadra_de_demi_no_bairro_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1433/ind_114-2021_mava_-_que_seja_criado_o_disk_denuncia_da_guarda_civil_municipal..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1434/ind_115-2021_marli_-_que_seja_implantado_o_programa_de_atendimento_em_demanda_com_equipe_multiprofissional_para_os_pacientes_sad..pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1435/ind_116-2021_marli_-_que_sejam_ampliados_os_exames_protocolados_pelos_programas_do_sus_-_exames_laboratoriais..pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1436/ind_118-2021_jeziel_-_que_seja_colocado_um_redutor_de_velocidade_na_rua_joaquim_tabosa..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1437/ind_119_-_2021_jeziel_-_que_seja_colocada_uma_lixeira_tipo_cacamba_na_r._largo_da_paz._1.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1438/ind_120_-_2021_jeziel_-_que_seja_substituido_o_poste_que_caiu_na_r._euzebio_soares..pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1439/ind_121-2021_ferreirinha_-_que_seja_instalado_um_semaforo_na_pe-90_no_cruzamento_em_frente_a_r._sao_jose..pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1440/ind_122-2021_ferreirinha_-_que_sejam_desobstruidas_as_ruas_projetada_04_e_jose_valentim_no_bairro_valentim.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1441/ind_123-2021_ferreirinha_-_que_sejam_asfaltado_da_rua_adalgiza_moura_ate_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1442/ind_124-2021_ferreirinha_-_que_seja_desapropriado_o_terreno_ao_lado_da_subestacao_da_celpe_para_que_seja_construida_a_praca_da_biblia..pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1443/ind_125-2021_birino_-_que_sejam_adquiridos_e_glucometros_nao_invasivos_para_atendimento_a_populacao_diabetica..pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1444/ind_126-2021_mava_-_que_sejam_calcadas_as_ruas_amaro_jose_da_silva_maria_otilia_dos_santos_vereador_luis_galdino_genesio_manoel_da_silva..pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1445/ind_127-2021_carol_-_que_seja_apresentado_de_forma_publica_o_plano_de_retomada_do_ano_letivo__das_escolas_municipais._sendo_apresentado_os_protocolos_de_seguranca_que_ser.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1452/ind_128-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_115s4q81q97_no_loteamento_boa_esperanca..pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1453/ind_129-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._jose_manoel_da_silva_r._allan_wilker_da_silva_r._abdias_apolinario_de_almeida_r._laura_lopes_tavares_da.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1454/ind_130-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._maria_do_socorro_floro_pereira_r._jose_pedro_da_silva_e_1o_trav._ivo_leite_filho_no_bairro_do_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1455/ind_131-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_restante_das_ruas_do_loteamento_valentim_ii.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1456/ind_133-2021_ferreirinha_-_que_seja_feita_a_limpeza_do_canal_que_comeca_na_lavanderia_dois_irmaos_ao_areal_tambem_que_seja_feito_o_corrimao_das_pontes_das_ruas_lindines_.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1457/ind_134-2021_maviael_-_que_seja_contratada_uma_assistente_social_para_atuar_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1458/ind_135-2021_maviael_-_que_sejam_calcadas_as_ruas_a_amaro_vitorino_da_silva_luiz_lira_das_neves_maria_madalena_de_jesus_carolina_maria_da_conceicao_e_apolinario_ferras.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1459/ind_136-2021_maviael_-_que_seja_feita_a_sinalizacao_vertical_e_horizontal_de_toda_a_cidade.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1460/ind_137-2021_carol_-_que_seja_publicado_no_diario_oficial_de_forma_periodica_a_relacao_das_doses_de_vacina_contra_covid-19_aplicadas_no_municipio_contendo_identificacao.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1461/ind_138-2021_derivaldo_-_que_seja_concluido_o_calcamento_dos_bairros_novo_alvorecer_novo_coqueiral_coqueiral_deus_e_fiel_e_areal_bem_como_seja_providenciado_o_saneame.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1462/ind_139-2021_ferreirinha_-_que_sejam_construidas_uma_quadra_poliesportiva_um_posto_de_saude_e_e__uma_area_de_lazer_entre_os_bairros_valentim__i_il_e_antao.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1463/ind_140-2021_ferreirinha_-_que_seja_construido_um_canal_de_2m_x_im_do_bairro_duque_de_caxias_ate_o_areal_para_coleta_do_esgoto_tratamento_e_reutilizacao_da_agua.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1464/ind_141-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_tavares_os_martins.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1465/ind_142-2021_derivaldo_-_que_seja_organizada_uma_feira_de_gado_na_area_do_matadouro_publico_com_funcionamento_as_quintas-feiras_a_partir_da_o5_horas_da_manha..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1466/ind_143-2021_rossana_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_em_quatro_parcelas_sucessivas_mensais_de_r_50.00000_cinquenta_mil_reais.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1471/ind_157-2021_birino_-_que_seja_feita_a_aquisicao_de_cestas_basicas_para_doacao_a_populacao_carente_e_que_seja_aumento_a_quantidade_que_foi_distribuida_em_2020.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1493/ind_162-2021_doutor_do_sao_joao_-_que_seja_implantado_o_centro_de_reabilitacao_para_pessoa_com_sequelas_da_covid-19..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1475/ind_163-2021_jeziel_-_que_seja_construido_um_chafariz_na_r._lagoa_do_exu_no_loteamento_no_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1476/ind_164-2021_mava_-_que_seja_feita_a_doacao_ou_a_cessao_de_uma_doblo_para_a_apae_-_toritama.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1477/ind_165-2021_mava_-_que_seja_adquirido_um_micro_onibus_para_a_secretaria_de_assistencia_social_para_os_funerais_em_outras_cidades..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1478/ind_166-2021_ferreirinha_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_criando_e_organizando_o_procon_municipal.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1479/ind_167-2021_ferreirinha_-_que_a_praca_que_sera_construida_as_margens_da_pe-90_proximo_ao_salao_de_beleza_de_neguinho_seja_denominada_otacilio_ferreira_de_carvalho..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1480/ind_168-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._jose_paulo_de_lima_no_loteamento_central..pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1481/ind_169-2021_derivaldo_-_que_seja_contratado_um_fisioterapeuta_pulmonar_permanente_para_o_hospital_de_campanha..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1482/ind_170-2021_ferreirinha_-_que_seja_feito_o_calcamento_a_limpeza_e_substituicao_das_lampadas_do_cemiterio_municipal_sao_jorge..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1483/ind_171-2021_mava_-_que_seja_elaborado_um_projeto_de_lei_concedendo_desconto_no_iptu_as_residencias_e_empresas_que_instalarem_energia_solar..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1484/ind_172-2021_mava_-_que_seja_recuperada_a_area_onde_funcionou_o_lixao_para_construcao_de_um_cemiterio_municipal..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1485/ind_173-2021_ze_neto_-_que_seja_elaborado_um_calendario_de_vacinacao_contra_a_covid-19_com_datas_e_faixa_etaria_e_que_tenha_ampla_divulgacao_nas_redes_sociais_da_prefeit.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1494/ind_174-2021_rossana_-_que_seja_feita_a_reposicao_do_calcamento_da_rua_e_da_travessa_manoel_borba.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1495/ind_175-2021_edijan_-_que_sejam_saneadas_e_calcadas_a_rua_projetada_17_s4_q100_q101_no_loteamento_boa_esperanca_e_rua_manoel_henrique_tavares_no_bairro_valentim..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1496/ind_176-2021_mava_-_que_sejam_pulverizados_com_o_carro_fumace_os_bairros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1497/ind_177-2021_mava_-_que_sejam_abertas_as_ruas_zacarias_xavier_leite_e_getulio_vargas_para_acesso_de_veiculos_-_mobilidade..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1498/ind_178-2021_mava_-_que_seja_colocada_uma_varanda_ou_portao_na_ubs_do_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1499/ind_179-2021_jeziel_-_que_sejam_retomadas_as_acoes_de_combate_as_muricocas..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1500/ind_180-2021_jeziel_-_que_seja_construida_uma_quadra_poliesportiva_no_sitio_lagoa_do_exu..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1501/ind_181-2021_ferreirinha_-_que_seja_saneada_e_calcada_a_r._monteiro_lobato_no_bairro_areal.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1502/ind_182-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_04_ruas_do_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1503/ind_183-2021_ferreirinha_-_que_sejam_retomadas_as_atividades_de_demolicao_da_pedra_que_obstrui_a_rua_jose_valentim_il_e_que_sejam_retiradas_as_pedras_queja_foram_quebrad.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1506/ind_184-2021_carol_-_que_proceda_estudos_e_tome_as_legais_e_cabiveis_providencias_objetivando-se_a_construcao_de_praca_na_rua_pau_santo_bairro_coqueiral_nas_proximid.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1507/ind_185-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_nas_redes_publicas_de_educacao_basica_de_toritama._conforme_a_lei_no_13.9352019_que_versa_sobre.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1508/ind_186-2021_carol_-_que_seja_realizada_a_criacao_da_o_campanha_vacina_solidaria_a_qual_consiste_no_estimulo_a_doacao_de_alimentos_nao_pereciveis_de_forma_totalmente.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1509/ind_187-2021_carol_-_que_seja_criada_a_ouvidoria_da_o_mulher_toritamense_a_partir_de_canais_exclusivos_como_por_exemplo_o_tri-digito_com_o_objetivo_de_prestar_informa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1504/ind_188-2021_rossana_-_que_seja_feita_a_terraplanagem_do_bairro_luar_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1510/ind_189-2021_doutor_do_sao_joao_-_que_seja_enviado_a_esta_casa_legislativa_projeto_de_lei_criando_o_conselho_o_de_direitos_da_pessoa_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1511/ind_190-2021_doutor_do_sao_joao_-_que_seja_construido_um_posto_de_saude_no_sitio_mangas_com_aquisicao_de_uma_ambulancia_para_ficar_de_plantao_24h..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1512/ind_191-2021_doutor_do_sao_joao_-_que_seja_adquirido_um_caminhao_bau_para_transporte_de_mudancas_municipal_intermunicipal_e_interestadual..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1513/ind_192-2021_rossana_-_que_seja_construida_uma_escola_tecnica_para_qualificar_os_jovens_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1514/ind_193-2021_morica_-_que_sejam_remanejados_r_500.00000_quinhentos_mil_reais_da_secretaria_de_cultura_e_esportes_para_aquisicao_de_cestas_basicas_para_distribuicao.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1515/ind_194-2021_morica_-_que_sejam_colocados_vigilantes_nas_ruas_da_nova_feira_do_jeans..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1516/ind_195-2021_morica_-_que_seja_saneado_o_loteamento_campo_alegre.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1517/ind_196-2021_ferreirinha_-_que_sejam_adquiridos_tablets_para_os_alunos_da_rede_municipal_estudarem_em_casa_e_fornecida_internet_para_as_residencias_de_pais_de_alunos_que.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1518/ind_197-2021_ferreirinha_-_que_seja_criado_o_espaco_jovem_em_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1519/ind_198-2021_ferreirinha_-_que_sejam_disponibilizados_tablets_para_os_agentes_comunitarios_de_saude..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1520/ind_199-2021_ferreirinha_-_que_seja_quebrada_a_pedra_e_aberta_a_rua_que_fica_por_tras_do_postinho_do_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1521/ind_200-2021_ferreirinha_-_que_a_prefeitura_contrate_uma_equipe_preparada_para_fornecer_escrituras_o_gratuitas_para_atender_aproximadamente_500_familias.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1522/ind_201-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_da_saude_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1523/ind_202-2021_jeziel_-_que_seja_feito_o_recapeamento_da_rua_sao_cristovao_no_centro..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1524/ind_203-2021_jeziel_-_que_sejam_substituidas_as_lampadas_do_bairro_moria_nas_imediacoes_da_ubs.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1525/ind_204-2021_rossana_-_que_sejam_vacinados_os_profissionais_de_saude_da_rede_privada_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1526/ind_205-2021_rossana_-_que_seja_implantado_o_projeto_ame_animal_para_protecao_aos_animais..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1527/ind_206-2021_maviael_-_que_seja_adquirido_um_compressor_para_quebrar_pedras_e_desobstruir_ruas..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1528/ind_207-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_criando_a_marcacao_de_consultas_e_viagens_no_tfd_atraves_da_internet_eou_aplicativo.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1529/ind_208-2021_maviael_-_que_seja_construida_uma_praca_na_r._etiene_maria_da_silva..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1534/ind_209-2021_jeziel_-_que_seja_reformado_o_predio_do_antigo_samu_para_ser_um_ponto_de_apoio_para_a_guarda_municipal..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1535/ind_210-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ate_a_academia_de_daniele..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1536/ind_211-2021_ferreirinha_-_que_seja_calcada_a_1o_travessa_jose_eraldo_da_silva_no_bairro_centro..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1537/ind_212-2021_ferreirinha_-_que_seja_quebrada_a_pedra_da_r._projetada_4_antiga_r._riachuelo_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1538/ind_213-2021_rossana_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_educacao..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1539/ind_214-2021_maviael_-_que_seja_asfaltada_a_r._joao_soares_de_jesus_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1540/ind_215-2021_maviael_-_que_seja_asfaltada_a_av._dorival_jose_pereira_onde_funciona_o_estacionamento_dos_onibus..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1541/ind_216-2021_maviael_-_que_seja_construida_uma_praca_na_rua_luiz_jose_tavares_no_bairro_centro_e_na_rua_do_canal_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1546/ind_217-2021_edijan_-_que_sejam_asfaltadas_as_ruas_abilio_floro_e_ernesto_herculino_no_centro..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1547/ind_218-2021_doutor_do_sao_joao_-_que_seja_implantada_a_escola_municipal_de_musica_e_artes.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1548/ind_219-2021_derivaldo_-_que_seja_enviado_um_projeto_de_lei_de_incentivos_fiscais_para_os_comercios_de_cada_bairro..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1549/ind_220-2021_derivaldo_-_que_seja_implantado_o_centro_de_saude_da_mulher_-_csm_com_ultrassonografia_obstetricia_ginecologista_e_mamografia..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1550/ind_221-2021_derivaldo_-_que_seja_contratado_um_medico_urologista_e_um_cardiologista_para_melhorar_o_atendimento_em_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1551/ind_222-2021_ferreirinha_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_assistencia_social..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1552/ind_223-2021_mava_-_que_seja_priorizada_a_vacinacao_contra_o_covid-19_nos_profissionais_da_seguranca_publica_guardas_municipais_agentes_de_transito_policiais_civis_e_m.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1553/ind_224-2021_mava_-_que_seja_feito_o_complemento_do_alambrado_da_quadra_poliesportiva_da_escola_nossa_senhora_do_perpetuo_socorro..pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1554/ind_225-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_um_projeto_de_lei_regulamentando_um_onibus_er_para_atender_velorio_eventos_religiosos_e_futebol..pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1555/ind_226-2021_ferreirinha_-_que_seja_contratado_um_engenheiro_para_liberar_e_assinar_plantas_para_as_familias_que_nao_tem_condicoes..pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1556/ind_227-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_doacao_de_carro_de_agua_para_familias_que_nao_tem_condicoes..pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1557/ind_228-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_1113599_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa_.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1558/ind_229-2021_doutor_do_sao_joao_-_que_seja_feita_a_extensao_da_rede_eletrica_a_partir_do_barramento_no_t100587_no_sitio_sao_joao_ate_as_margens_do_rio_capibaribe_divisa.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1559/ind_230-2021_doutor_do_sao_joao_-_que_seja_disponibilizada_uma_equipe_permanente_de_combate_a_focos_de_muricocas_e_mosquitos..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1560/ind_231-2021_ferreirinha_-_que_seja_adquirida_uma_uti_movel_para_atender_o_povo_de_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1561/ind_232-2021_marli_-_que_sejam_implantados_os_testes_do_olhinho_e_do_ouvidinho_para_os_recem-nascidos..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1562/ind_233-2021_jeziel_-_que_sejam_instaladas_cameras_de_seguranca_nas_ruas_das_feiras_do_jeans_e_de_frutas_e_verduras..pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1563/ind_234-2021_jeziel_-_que_seja_feita_uma_reforma_na_escola_municipal_edgar_torres_no_centro..pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1564/ind_235-2021_rossana_-_que_seja_consertado_o_calcamento_da_r._santa_rita_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1565/ind_236-2021_carol_-_que_sejam_instaladas_cameras_de_seguranca_na_entrada_e_patios_de_convivencia_comum_no_centro_municipal_de_educacao_infantil_professora_auxiliadora.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1576/ind_237-2021_carol_-_que_sejam_construidas_03_tres_salas_de_aula_e_um_parque_recreativo_no_centro_municipal_de_educacao_infantil_professora_auxiliadora_goncalves_batis.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1577/ind_238-2021_carol_-_que_se_proceda_a_reforma_geral_das_escolas_municipais_antonio_manoel_da_silva_e_edgar_torres..pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1578/ind_239-2021_carol_-_que_seja_realizada_uma_avaliacao_diagnostica_dos_estudantes_da_rede_municipal_de_ensino_pela_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1579/ind_240-2021_carol_-_que_seja_viabilizada_a_criacao_do_programa_professor_conectado_objetivando_subsidiar_a_compra_de_notebooks_para_os_professores_da_rede_municipal_d.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1580/ind_241-2021_ferreirinha_-_que_seja_asfaltada_a_r._sao_jose_e_instalado_um_semaforo_no_cruzamento_com_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1581/ind_242-2021_morica_-_que_seja_reformada_a_casa_de_apoio_e_que_sejam_adquiridos_um_fogao_e_todas_as_panelas_necessarias..pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1582/ind_244-2021_mava_-_que_seja_adquirido_um_aparelho_de_raio-x_para_o_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1583/ind_245-2021_mava_-_que_seja_construido_um_novo_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1584/ind_246-2021_mava_-_que_sejam_construidos_abrigos_nos_pontos_de_mototaxi..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1585/ind_247-2021_carol_-_que_seja_reforcada_a_fiscalizacao_e_organizacao_sobre_o_estacionamento_em_frente_ao_cmei_centro_municipal_de_educacao__infantil_professora_maria_a.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1586/ind_248-2021_carol_-_que_seja_feita_a_prestacao_de_servicos_de_psicologia_para_os_profissionais_da_educacao_da_rede_municipal_de_ensino..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1587/ind_249-2021_carol_-_que_seja_realizada_a_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea._conforme_a_lei_no_13.9772020_que_in.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1588/ind_250-2021_carol_-_que_se_proceda_a_reforma_do_es_telhado_do_refeitorio_da_escola_jose_matias_da_silva..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1589/ind_251-2021_morica_-_que_seja_feita_a_pavimentacao_de_todas_as_ruas_do_loteamento_de_arlindo_bem_como_todo_o_saneamento..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1590/ind_252-2021_edijan_-_que_sejam_asfaltas_as_ruas_04_de_outubro_ernesto_herculino_cordeiro_maria_goncalves_da_silva_galdino_jose_da_silva_joao_pereira_tabosa_joao_ch.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1591/ind_253-2021_doutor_do_sao_joao_-_que_seja_construida_uma_praca_na_entrada_da_cidade_e_que_a_r._do_comercio_seja_em_sentido_unico..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1592/ind_254-2021_doutor_do_sao_joao_-_que_seja_construido_um_viaduto_ligando_a_r._13_de_maio_a_pista_local_da_br_104_que_da_acesso_a_r._siqueira_campos_em_fazenda_velha.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1593/ind_255-2021_maviael_-_que_seja_enviado_projeto_de_lei_com_a_denominacao_e_delimitacao_dos_bairros_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1594/ind_256-2021_maviael_-_que_seja_construida_uma_creche_no_bairro_duque_de_caxias..pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1595/ind_257-2021_ferreirinha_-_que_seja_feito_o_saneamento_da_r._da_saude_no_loteamento_de_jairo..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1597/ind_258-2021_maviael_-_que_seja_criada_nos_meses_de_dezembro_a_semana_municipal_de_orientacao_e_negociacao_dos_tributos_municipais_antes_da_execucao_judicial.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1598/ind_259-2021_doutor_do_sao_joao_-_que_sejam_adquiridos_dois_caminhoes_poliguindaste_e_50_cacambas_estacionarias_para_fazer_a_coleta_de_entulho_da_construcao_civ.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1599/ind_260-2021_ferreirinha_-_que_seja_criado_um_projeto_para_doacao_de_cisternas_as_associacoes_de_bairro..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1600/ind_261-2021_edijan_-_que_seja_concluido_o_saneamento_e_calcamento_da_rua_virginia_maria_de_jesus_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1601/ind_262-2021_maviael_-_que_sejam_distribuidas_mensalmente_cestas_basicas_aos_garis.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1602/ind_263-2021_maviael_-_que_seja_celebrado_um_acordo_de_cooperacao_tecnica_com_a_camara_dos_deputados_para_integrar_a_rede_legislativa_de_radio.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1603/ind_264-2021_jeziel_-_que_seja_enviado_um_projeto_reajustando_o_salario_dos_profissionais_de_enfermagem.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1604/ind_265-2021_jeziel_-_que_seja_devolvida_a_importancia_de_r_200.00000_duzentos_mil_reais_para_que_o_poder_executivo_municipal_adquira_vacinas_contra_a_covid.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1605/ind_266-2021_edijan_-_que_seja_saneado_e_calcado_o_logradouro_04_s6_q86_e_q_89_no_bairro_areal.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1606/ind_267-2021_maviael_-_que_sejam_doados_notebooks_para_todos_os_alunos_da_rede_municipal_com_internet_gratuita..pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1607/ind_268-2021_maviael_-_que_seja_devolvida_a_importancia_de_r_73.00000_setenta_e_tres_mil_reais_para_que_o_poder_executivo_municipal_adquira_equipamentos_par.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1608/ind_269-2021_morica_-_que_seja_realizada_uma_operacao_tapa_buracos_em_toda_a_cidade..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1609/ind_270-2021_derivaldo_-_que_seja_construida_uma_escola_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1610/ind_271-2021_rossana_-_que_seja_antecipado_50_cinquenta_por_cento_do_13o_salario_dos_servidores_publicos_da_prefeitura_municipal_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1611/ind_272-2021_rossana_-_que_sejam_construidas_duas_creches_uma_no_bairro_deus_e_fiel_e_uma_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1612/ind_273-2021_rossana_-_que_sejam_reformadas_as_escolas_edgar_torres_e_antonio_manoel..pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1613/ind_274-2021_jeziel_-_que_seja_construida_uma_escola_no_loteamento_colorado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1614/ind_275-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_helena_josefa_da_silva_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1615/ind_276-2021_ferreirinha_-_que_seja_construido_um_monumento_com_uma_fonte_na_pracinha_ao_lado_da_igreja_catolica_em_homenagem_o_padre_otto_sailer_primeiro_pa.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1616/ind_277-2021_ferreirinha_-_que_seja_instalado_um_posto_do_inss_em_toritama.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1617/ind_278-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_agentes_de_saude_e_de_endemias_kits_com_uniforme_equipamentos_de_protecao_individual_e_tablets.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1618/ind_279-2021_maviael_-_que_sejam_adquiridos_e_distribuidos_aos_garis_kits_com_uniforme_e_equipamentos_de_protecao_individual..pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1619/ind_280-2021_lolo_-_que_seja_saneado_e_calcado_o_loteamento_principe_da_paz.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1628/ind_281-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_no_25_no_sitio_sao_joao_de_cima_onde_funcionou_a_escola_josefa_joaquina_menino_para_implantccao.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1629/ind_282-2021_ze_neto_-_que_seja_criada_uma_escola_municipal_em_tempo_integral..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1630/ind_283-2021_maviael_-_que_seja_elaborado_e_enviado_a_esta_casa_legislativa_um_projeto_de_lei_as_isentando_ou_reduzindo_os_tributos_municipais_para_as_faccoes..pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1631/ind_284-2021_maviael_-_que_sejam_fixadas_placas_com_os_nomes_das_ruas_da_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1632/ind_285-2021_maviael_-__que_seja_elaborado_e_enviado_um_projeto_de_lei_criando_o_auxilio_gas_municipal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1636/ind_286-2021_doutor_do_sao_joao_-_que_seja_implantado_o_portal_de_teleconsultas_medicas_com_as_seguintes_especialidades_no_inicio_pediatria_e_clinico_geral..pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1637/ind_287-2021_maviael_-_que_sejam_adquiridas_o2_maquinas_de_fumace_para_combater_as_muricocas..pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1638/ind_288-2021_maviael_-_que_seja_concluida_a_iluminacao_das_margens_da_br-104_da_pe-90..pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1639/ind_289-2021_ferreirinha_-__que_seja_construida_uma_praca_no_largo_da_paz..pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1640/ind_290-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_restante_das_ruas_do_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1641/ind_291-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_pe-90_ate_a_entrada_da_r._santa_monica.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1642/ind_292-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_reajustando_o_salario_dos_tecnicos_em_radiologia..pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1643/ind_293-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_projetada_codigo_95000145_setor_9_quadra_62_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1644/ind_300-2021_carol_-_que_seja_enviado_pelo_poder_executivo_projeto_de_lei_para_criacao_do_conselho_municipal_de_cultura..pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1645/ind_301-2021_carol_-_que_seja_fornecido_kit_escolar_com_material_didatico_bem_como_fardamento_completo_e_moletom_para_todos_os_alunos_da_rede_municipal_de_ensi.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1646/ind_302-2021_carol_-_que_se_proceda_a_pavimentacao_da_rua_projetada_1_proximo_a_lavanderia_ze_bezerra_no_bairro_antao.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1648/ind_303-2021_rossana_-_que_seja_criada_na_delegacia_de_policia_civil_uma_sala_de_apoio_a_mulher_vitima_de_violencia..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1649/ind_304-2021_rossana_-_que_sejam_reformadas_a_ubs_e_a_escola_da_vila_sao_benedito..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1650/ind_305-2021_rossana_-_que_seja_elabora_um_projeto_de_lei_criando_o_conselho_municipal_de_defesa_dos_animais..pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1651/ind_306-2021_lolo_-_que_seja_saneado_e_calcado_o_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1652/ind_307-2021_derivaldo_-_que_seja_feita_a_limpeza_das_margens_do_rio_capibaribe_e_dos_canais_a_cada_3_meses_bem_como_seja_intensificada_a_fiscalizacao_para_evi.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1653/ind_308-2021_morica_-_que_seja_contratado_um_especialista_em_endocrinologista..pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1654/ind_309-2021_doutor_do_sao_joao_-_que_seja_colocado_um_semaforo_na_br-104_em_frente_ao_predio_da_prefeitura..pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1655/ind_310-2021_ferreirinha_-_que_seja_construida_uma_pista_de_caminhada_e_ciclismo_da_br-104_ate_o_bairro_moria..pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1656/ind_311-2021_ferreirinha_-_que_seja_feita_aquisicao_de_livros_e_criada_uma_biblioteca_publica_municipal..pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1657/ind_312-2021_ferreirinha_-_que_seja_disponibilizada_uma_area_para_construcao_de_um_posto_do_inss.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1658/ind_313-2021_jeziel_-_que_seja_reformado_o_canal_do_beco_sao_paulo_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1659/ind_314-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._olavo_bilac_no_bairro_planalto.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1660/ind_315-2021_ze_neto_-_que_seja_oferecido_atendimento_psicologico_remoto_durante_o_periodo_da_pandemia..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1661/ind_316-2021_ze_neto_-_que_apos_a_desativacao_do_hospital_de_campanha_seja_utilizado_o_predio_para_ampliacao_do_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1662/ind_317-2021_edijan_-_que_seja_saneada_e_calcada_a_r._buique_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1663/ind_318-2021_derivaldo_-_que_sejam_retomadas_as_obras_do_estadio_municipal..pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1664/ind_319-2021_maviael_-_que_seja_construida_uma_sala_para_o_bloco_cirurgico_no_hospital_municipal..pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1672/ind_320-2021_doutor_do_sao_joao_-_que_seja_reformado_o_predio_onde_funcionou_o_mercado_de_farinha_no_centro_da_cidade_para_funcionar_a_escola_jota_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1673/ind_321-2021_rossana_-_que_sejam_instaladas_em_toda_a_cidade_lixeiras_para_coleta_seletiva.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1674/ind_322-2021_rossana_-_que_seja_criada_no_portal_da_transparencia_uma_area_exclusiva_no_para_os_conselho_municipais_contendo_informacoes_como_lei_de_criacao.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1675/ind_323-2021_ferreirinha_-_que_seja_criada_uma_agencia_do_emprego_em_toritama..pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1676/ind_324-2021_ferreirinha_-_que_seja_feito_o_saneamento_dos_bairros_novo_coqueiral_izidio_tavares_loteamento_arlindo_campo_alegre_deus_e_fiel_el-shaday_tav.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1677/ind_325-2021_ferreirinha_-_que_seja_refeita_a_laje_do_canal_da_r._sao_joao_a_bueira_do_beco_sao_cosmo..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1678/ind_326-2021_ferreirinha_-_que_sejam_asfaltadas_as_ruas_do_coqueiro_04_de_outubro_e_av._joao_manoel..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1679/ind_327-2021_morica_-_que_seja_contratado_especialista_em_cardiologia_para_o_municipio_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1680/ind_328-2021_morica_-_que_seja_contratado_especialista_em_pediatria_para_o_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1681/ind_329-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_emidia_julia_da_silva_e_antonio_dos_santos_no_loteamento_novo_oriente.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1682/ind_330-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_joao_manoel_da_silva_e_emidio_jordao..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1693/ind_331-2021_maviael_-__que_seja_enviado_projeto_de_lei_cirando_o_adicional_noturno_para_os_servidores_municipais..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1694/ind_332-2021_maviael_-_que_seja_construido_um_teatro_municipal..pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1695/ind_333-2021_maviael_-_que_seja_feito_o_calcamento_da_rua_luiz_gonzaga_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1683/ind_334-2021_jeziel_-_que_seja_feita_a_retirada_do_poste_na_rua_largo_da_paz..pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1684/ind_335-2021_jeziel_-_que_seja_instalado_um_relogio_com_temperatura_na_av._joao_manoel_da_silva_e_outro_no_trevo_da_ponte.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1685/ind_336-2021_jeziel_-_que_seja_criado_um_parque_ciclistico_para_criancas_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1686/ind_337-2021_carol_-_que_seja_realizada_campanha_de_vacinacao_contra_a_gripe_nas_areas_rurais_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1687/ind_338-2021_ferreirinha_-_que_seja_feito_um_busto_de_joao_amaro_do_nascimento_para_ser_colocado_na_estrada_do_sitio_sao_joao._1.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1696/ind_339-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_no_valentim_ii_e_que_sejam_instalados_os_corrimaos_das_duas_pontes_que_estao_prontas..pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1697/ind_340-2021_ferreirinha_-_que_seja_feito_o_calcamento_dos_becos_sao_pedro_sao_paulo_sete_de_setembro_e_santos_dumont_no_bairro_independente.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1698/ind_341-2021_ferreirinha_-_que_seja_reformada_a_escola_antonio_manoel_no_centro_e_a_escola_da_vila_sao_benedito.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1700/ind_342-2021_rossana_-_que_seja_saneada_e_calcada_a_avenida_chico_xavier..pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1701/ind_343-2021_ferreirinha_-_que_seja_feito_o_saneamento_e_o_calcamento_da_r._monteiro_lobato_no_areal..pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1702/ind_344-2021_ferreirinha_-_que_seja_feita_uma_mini_praca_no_largo_paz_em_frente_a_biu_da_venda..pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1703/ind_345-2021_edijan_-_que_sejam_saneadas_e_calcadas_as_ruas_neuza_dulce_costa_e_joao_antonio_de_moura_no_loteamento_novo_oriente..pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1704/ind_348-2021_maviael_-_que_seja_criado_o_programa_da_casa_propria_toritamense..pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1705/ind_349-2021_ferreirinha_-_que_seja_concluido_o_calcamento_da_r_creudo_rodrigues_e_do_beco_do_senhor_enoque_na_mesma_rua..pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1708/ind_350-2021_maviael_-_que_seja_construido_o_polo_industrial_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1709/ind_351-2021_marli_-_que_seja_implantado_o_protocolo_para_pacientes_com_dores_extremas_o_cancer..pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1710/ind_352-2021_marli_-_que_seja_adquirido_um_aparelho_de_mamografia..pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1711/ind_353-2021_ferreirinha_-_que_seja_calcada_a_rua_castro_alves_conhecida_como_rua_das_caibeiras_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1712/ind_354-2021_ferreirinha_-_que_seja_calcada_a_rua_alto_da_saudade_e_complementar_o_calcamento_da_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1713/ind_355-2021_edijan_-_que_seja_asfaltada_a_r._maestro_antonio_rufino_e_sua_travessa..pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1714/ind_356-2021_edijan_-__que_seja_asfaltada_a_r._padre_jose_aragao.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1715/ind_357-2021_maviael_-_que_seja_construido_um_parque_para_as_criancas_e_seja_denominado_brincando_crianca..pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1716/ind_358-2021_maviael_-_que_seja_pago_o_adicional_noturno_aos_funcionarios_publicos_do_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1721/ind_359-2021_ferreirinha_-_que_seja_concluido_o_calcamento_do_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1722/ind_360-2021_lolo_-_que_seja_asfaltada_a_r._mariano_manoel_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1723/ind_361-2021_ze_neto_-_que_seja_colocado_um_refletor_no_ponto_de_carros_para_santa_cruz_do_capibaribe_na_algaroba_em_frente_ao_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1724/ind_362-2021_edijan_-_que_seja_saneada_e_calcada_a_r._projetada_codigo_do_logradouro_588_s_04_on_quadra_221_e_233_ao_lado_do_cras_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1725/ind_363-2021_maviael_-_que_seja_construido_um_abrigo_de_passageiros_na_entrada_do_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1726/ind_364-2022_maviael_-_que_seja_feita_a_mudanca_dos_postes_da_r._henrique_tavares_para_melhorar_a_mobilidade..pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1727/ind_365-2021_rossana_-_que_sejam_asfaltadas_as_ruas_manoel_borba_e_largo_da_paz_no_centro.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1728/ind_366-2021_ferreirinha_-_que_seja_construida_uma_escola_de_tempo_integral_no_terreno_ao_lado_da_ubs_do_deus_e_fiel_e_que_seja_nomeada_maria_dos_anjos_tavares_de_lima.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1729/ind_367-2021_ferreirinha_-_que_seja_construido_um_novo_hospital_municipal_no_loteamento_colorado..pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1730/ind_368-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_av._maria_das_neves_de_souza_lima_e_as_ruas_a_euclides_pereira_da_silva_maria_josefa_da_silva_amaro_raimund.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1731/ind_369-2021_doutor_do_sao_joao_-_que_seja_aumentada_de_3_para_6_metros_o_beco_manoel_borba_usando_3_o_metros_da_lateral_da_escola_antonio_manoel_e_seja_aumentado_o_te.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1732/ind_370-2021_lolo_-_que_seja_saneada_e_calcada_a_rua_ribeirao_no_bairro_do_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1735/ind_371-2021_rossana_-_que_seja_construida_uma_praca_no_bairro_planalto_proximo_a_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1736/ind_372-2021_rossana_-_que_seja_asfaltada_a_rua_galdino_bezerra..pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1737/ind_373-2021_rossana_-_que_seja_desobstruida_a_rua_projetada_por_tras_do_postinho_do_antao.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1738/ind_374-2021_ze_neto_-_que_seja_adquirido_um_onibus_para_atender_aos_usuarios_do_tfd..pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1739/ind_375-2021_ze_neto_-_que_sejam_feitos_reparos_no_asfalto_nas_ruas_cleto_campelo_capitao_joao_dos_santos_siqueira_campos_e_boa_vista_em_fazenda_velha..pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1740/ind_376-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_panama_colombia_buique_italia_o_recife_franca_alemanha_inglaterra_canada_e_fran_a_travessa_colo.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1741/ind_377-2021_ferreirinha_-_que_seja_construida_uma_praca_entre_a_rua_sao_soares_e_a_rua_do_canal_na_cohab_duas_pracas_na_rua_israel_ao_lado_da_rf_construcao_e_uma_entr.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1742/ind_378-2021_jeziel_-_que_seja_adquirido_um_veiculo_para_a_atencao_basica_de_saude..pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1743/ind_379-2021_jeziel_-_que_seja_feito_o_recapeamento_da_travessa_manoel_tenorio_conhecido_como_beco_de_adjar..pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1744/ind_380-2021_maviael_-_que_seja_encaminhado_projeto_de_lei_com_a_denominacao_dos_bairros..pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1745/ind_381-2021_maviael_-_que_sejam_adquiridos_um_caminhao_cacamba_e_uma_maquina_o_escavadeira_para_a_secretaria_de_obras..pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1746/ind_382-2021_ferreirinha_-_que_sejam_construidas_duas_pontes_sobre_o_riacho_dos_canudos_na_via_o_que_da_acesso_a_r._luiz_bertulino_e_na_rua_em_seguida..pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1747/ind_383-2021_ze_neto_-_que_seja_encaminhado_projeto_de_lei_que_institui_o_programa_municipal_de_capacitacao_e_subsidio_de_professores_do_municipio_de_toritama_-_pe_conf.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1762/ind_384-2021_edijan_-_que_sejam_asfaltadas_e_instaladas_lampadas_de_led_nas_ruas_abilio_floro_e_geronimo_celestino_de_lima..pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1763/ind_385-2021_lolo_-_que_seja_asfaltada_a_r._joao_jose_de_melo.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1764/ind_386-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_concedendo_descontos_e_isencoes_de_tributos_a_pessoas_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1765/ind_387-2021_ferreirinha_-_que_seja_saneado_e_calcado_o_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1766/ind_388-2021_ferreirinha_-_que_seja_calcada_a_trav._lindines..pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1768/ind_390-2021_ferreirinha_-_que_seja_feito_um_parque_ecologico_em_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1769/ind_391-2021_maviael_-_que_seja_construida_uma_passagem_molhada_nas_proximidades_da_m_lavanderia_de_painha_atraves_do_rio_capibaribe_ate_a_vila_canaa..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1770/ind_392-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._maragogi_no_bairro_planalto.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1771/ind_393-2021_jeziel_-_que_seja_saneada_e_calcada_a_r._princesa_izabel_no_bairro_planalto..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1789/ind_394-2021_rossana_-_que_seja_criada_na_nova_delegacia_uma_sala_especializada_para_atendimento_a_vitimas_criancas_e_adolescentes.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1790/ind_395-2021_rossana_-_que_sejam_instaladas_cameras_de_seguranca_nos_principais_pontos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1791/ind_396-2021_rossana_-_que_seja_criado_um_teatro_municipal_juntamente_com_um_espaco_que_apresente_a_historia_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1792/ind_397-2021_edijan_-_que_seja_construido_um_psf_no_bairro_novo_coqueiral_com_consultorio_odontologico.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1793/ind_398-2021_ferreirinha_-_que_seja_enviado_um_projeto_de_lei_criando_o_conselho_municipal_da_cultura.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1794/ind_399-2021_ferreirinha_-_que_seja_contratado_um_psicologo_para_a_secretaria_de_educacao..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1795/ind_400-2021_ferreirinha_-_que_sejam_feitos_o_saneamento_e_o_calcamento_das_ruas_francisca_bezerra_do_nascimento_manoel_henrique_tavares_e_jose_caetano_da_sil.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1796/ind_401-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_a_vila_da_serra_do_costa_e_o_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1797/ind_402-2021_ferreirinha_-_que_seja_saneado_e_calcado_todo_o_bairro_deus_e_fiel_3.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1798/ind_403-2021_jeziel_-_que_seja_construida_uma_ubs_o_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1799/ind_404-2021_jeziel_-_que_seja_construido_um_chafariz_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1800/ind_405-2021_morica_-_que_o_antigo_mercado_publico_seja_transformado_em_um_tetro_municipal_e_seja_nomeado_de_prefeito_nelson_caetano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1801/ind_406-2021_maviael_-_que_sejam_refeitas_as_sinalizacoes_horizontal_e_vertical_do_trevo_da_br-104_com_a_pe-90.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1802/ind_407-2021_maviael_-_que_seja_implantada_uma_lombada_eletronica_na_br-104_na_area_urbana_da_cidade_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1803/ind_408-2021_maviael_-_que_seja_feito_um_estacionamento_por_tras_do_parque_das_feiras_na_area_verde_do_loteamento_fulo..pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1804/ind_409-2021_maviael_-_que_seja_construida_uma_nova_escola_no_sitio_mangas..pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1805/ind_410-2021_doutor_do_sao_joao_-_que_seja_criada_a_rede_do_bem_para_integrar_todo_sistema_de_saude_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1859/ind_411-2021_birino_-_que_seja_construida_em_parceria_com_a_prefeitura_de_caruaru_uma_passagem_o_molhada_no_beco_que_liga_o_areal_a_vila_canaa_com_largura_su.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1809/ind_412-2021_doutor_do_sao_joao_-_que_seja_construida_uma_estacao_de_energia_solar_usando_parte_do_terreno_do_antigo_lixao.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1810/ind_413-2021_doutor_do_sao_joao_-_que_seja_criada_a_moeda_verde_cidade_limpa..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1811/ind_414-2021_maviael_-_que_seja_contratado_um_assistente_social_para_o_hospital_nossa_senhora_de_fatima..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1812/ind_415-2021_ferreirinha_-_que_sejam_colocadas_as_luminarias_dos_30_postes_do_loteamento_de_jairo_de_aru..pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1813/ind_416-2021_ferreirinha_-_que_seja_criada_uma_oficina_de_corte_e_costura_na_nossa_cidade..pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1814/ind_417-2021_ferreirinha_-_que_seja_colocada_a_iluminacao_e_o_corrimao_das_pontes_do_valentim_e_do_antao..pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1815/ind_418-2021_ferreirinha_-_que_seja_feito_complemento_do_calcamento_da_r._jose_ferreira_da_silva_ao_posto_de_gasolina_da_feira_de_frutas..pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1816/ind_419-2021_ferreirinha_-_que_sejam_refeita_a_laje_do_canal_do_bairro_do_independente..pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1817/ind_420-2021_ferreirinha_-_que_seja_feito_o_calcamento_da_r._luiz_jose_de_sa_proximo_ao_campo_de_demir_no_bairro_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1818/ind_421-2021_lolo_-_que_sejam_reformas_todas_as_pracas_do_bairro_deus_e_fiel..pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1819/ind_422-2021_maviael_-_que_seja_adquirido_um_onibus_para_fazer_transporte_de_cidadaos_para_eventos_religiosos_e_atletas_para_eventos_esportivos..pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1820/ind_423-2021_maviael_-_que_sejam_colocadas_lixeiras_nas_ruas_e_no_entorno_do_parque_das_feiras..pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1841/ind_426-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_instituindo_um_calendario_anual_das_feiras_do_jeans_e_de_frutas_e_verduras_bem_como_da_coleta_do_lixo.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1840/ind_427-2021_maviael_-_que_sejam_instaladas_mesas_de_futemesa_nas_pracas_dos_bairros..pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1839/ind_428-2021_maviael_-_que_seja_retomado_o_viva_toritama.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1838/ind_429-2021_maviael_-_que_seja_calcada_a_r._maria_do_socorro_no_bairro_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1837/ind_430-2021_maviael_-_que_seja_cobrado_dos_loteadores_a_instalacao_da_rede_de_energia..pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1836/ind_431-2021_doutor_do_sao_joao_-_que_seja_feita_a_cessao_do_imovel_no_11_no_sitio_sao_joao_de_baixo_pelo_periodo_de_03_anos_para_sede_do_instituto_semear_br.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1835/ind_432-2021_maviael_-_que_seja_enviado_um_projeto_de_lei_regulamentando_a_jornada_de_trabalho_dos_servidores_da_secretaria_de_saude_nos_termos_da_minuta_anexa.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1842/ind_433-202_maviael_-_que_sejam_reformadas_todas_as_ubs_com_pintura_trocas_de_portas_macanetas_retocar_paredes_conserto_da_encanacao_iluminacao_e_colocaca.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1843/ind_434-2021_maviael_-_que_sejam_instalados_condicionadores_de_ar_e_computadores_com_impressoras_em_todas_as_ubs_e_postos_de_saude..pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1844/ind_435-2021_maviael_-_que_seja_adquirido_um_veiculo_para_dar_suporte_aos_usuarios_na_casa_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1845/ind_436-2021_maviael_-_que_seja_disponibilizado_um_profissional_de__enfermagem_para_acompanhar_os_passageiros_do_tfd.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1846/ind_437-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._largo_da_paz_proximo_ao_posto_nossa_senhora_aparecida_no_centro..pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1847/ind_438-2021_jeziel_-_que_seja_feito_o_recapeamento_do_calcamento_da_r._almirante_tamandare_no_bairro_independente..pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1848/ind_439-2021_ferreirinha_-_que_seja_feito_um_mural_na_entrada_de_toritama_e_na_saida_proximo_ao_lixao_com_a_frase_rota_do_jeans..pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1849/ind_440-2021_ferreirinha_-_que_sejam_asfaltadas_as_avenidas_sao_jose_e_planalto_entre_os_bairros_independente_e_planalto.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1850/ind_441-2021_ferreirinha_-_que_seja_calcada_a_trav._santa_lucia_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1851/ind_442-2021_ferreirinha_-_que_seja_feito_o_complemento_do_calcamento_da_r._santa_cruz_na_cohab.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1860/ind_444-2021_marli_-_que_seja_disponibilizado_tratamento_psicologico__exclusivo_para_mulheres_diagnosticadas_eou_em_tratamento_de_cancer_de_mama_eou_c.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1861/ind_445-2021_ferreirinha_-_que_seja_calcada_a_r._everaldo_guedes_no_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1862/ind_446-2021_ferreirinha_-_que_sejam_saneadas_e_calcadas_as_ruas_paulo_roberto_barbosa_camelo_maria_o_helena_amorim_jose_pedro_da_silva_a_rua_projetada_01_c.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1863/ind_447-2021_ferreirinha_-_que_seja_asfaltado_o_trecho_da_r._adalgiza_moura_ate_as_margens_da_pe-90_e_colocada_a_sinalizacao_toritama_centro.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1864/ind_448-2021_maviael_-_que_sejam_asfaltadas_as_ruas_artur_manto_da_silva_manoel_borba_trav._antonio_jose_da_silva_largo_da_paz_maria_idelfonso_de_andrade_.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1865/ind_449-2021_maviael_-_que_sejam_asfaltadas_as_ruas_zacarias_xavier_leite_e_manoel_jose_filho_no_bairro_duque_de_caxias.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1866/ind_450-2021_jeziel_-_que_seja_feito_quebra-molas_na_rua_joao_sampaio_de_jesus_no_bairro_do_planalto_e_que_sejam_trocadas_a_iluminacao_pois_tem_varias_lampadas.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1882/ind_451-2021_carol_-_que_seja_criada_e_implementada_a_sala_lilas_na_delegacia_de_policia_civil_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1883/ind_452-2021_carol_-_que_seja_realizado_treinamento_para_os_motoristas_dos_transportes_escolares_municipais_visando_melhorias_no_atendimento_aos_estudantes.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1884/ind_453-2021_carol_-_que_sejam_reposicionadas_as_rampas_de_acessibilidade_e_inseridas_placas_de_transito_na_praca_das_criancas_na_rua_04_de_outubro_no_centro..pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1885/ind_454-2021_doutor_do_sao_joao_-_que_seja_implantada_uma_clinica_de_ozonioterapia.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1886/ind_455-2021_doutor_do_sao_joao_-_que_seja_criado_o_sistema_de_abastecimento_de_combustiveis_para_a_frota_de_veiculos_municipal_com_a_compra_direto_da_refinari.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1887/ind_456-2021_edijan_-_que_seja_saneada_e_calcada_a_rua_virginia_maria_de_jesus_no_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1888/ind_457-2021_ferreirinha_-_que_seja_construida_uma_escola_no_bairro_do_colorado..pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1889/ind_458-2021_ferreirinha_-_que_seja_reajustado_o_salario_dos_garis_e_que_seja_concedida_uma_cesta_basica_mensal.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1890/ind_459-2021_ferreirinha_-_que_seja_revitalizada_a_praca_da_r._do_comercio_em_frente_ao_cartorio..pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1891/ind_460-2021_maviael_-_que_sejam_adquiridos_03_rolos_compactadores_e_02_placas_vibratorias..pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1892/ind_461-2021_maviael_-_que_sejam_adquiridas_o2_betoneiras_de_400_litros_e_01_acabadora_de_piso..pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1893/ind_462-2021_maviael_-_que_sejam_instalados_parques_infantis_em_todas_as_escolas_municipais..pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1894/ind_463-2021_maviael_-_que_seja_publicado_um_calendario_com_os_seguintes_numeros_de_telefones_guarda_municipal_cttu_bepi_pm_policia_civil_defesa_civil_bo.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1895/ind_464-2021_maviael_-_que_seja_adquirido_um_caminhao_com_cesto_aereo_isolado_para_substituicao_da_iluminacao_publica..pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1896/ind_465-2021_maviael_-_que_sejam_adquiridos_parques_infantis_para_as_ubss_do_nosso_municipio..pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1897/ind_466-2021_jeziel_-_que_sejam_substituida_a_iluminacao_da_r._santa_socorro_proximo_a_capela_nossa_senhora_de_fatima_na_cohab..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1898/ind_467-2021_jeziel_-_que_seja_feito_o_recapeamento_da_r._artur_benedito_por_tem_um_buraco_a_mais_de_03_meses_no_centro..pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1899/ind_468-2021_ferreirinha_-_que_seja_enviado_a_esta_casa_legislativa_um_projeto_de_lei_concedendo_es_isencao_de_impostos_municipais_as_pessoas_com_deficiencia..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1900/ind_469-2021_ferreirinha_-_que_seja_adquirida_para_o_municipio_uma_usina_de_asfalto..pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1901/ind_470-2021_ferreirinha_-_que_sejam_colocadas_lixeiras_nas_pracas_de_nossa_cidade.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1902/ind_471-2021_maviael_-_que_seja_construida_uma_sala_de_recursos_para_todas_as_escolas_com_necessidades_especiais_no_municipio_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1903/ind_472-2021_maviael_-_solicito_que_seja_colocada_iluminacao_natalina..pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1904/ind_473-2021_maviael_-_que_sejam_adquiridos_livros_infantis_e_uma_biblioteca_movel.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1905/ind_474-2021_maviael_-__que_sejam_adquiridos_para_todas_as_escolas_materiais_de_laboratorios_ciencias_geografia_etc..pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1906/ind_475-2021_maviael_-_que_sejam_construidas_bibliotecas_em_todas_as_escolas..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1907/ind_476-2021_maviael_-_que_seja_celebrada_uma_parceria_publico-privada_ppp_com_os_empresarios_em_torno_do_parque_das_feiras_para_que_seja_asfaltada_ou_calcada.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1908/ind_477-2021_maviael_-_que_seja_disponibilizado_ensino_ate_o_7o_ano_na_escola_elizete_borba.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1909/ind_478-2021_ferreirinha_-_que_sejam_colocados_enfeites_natalinos_na_av._joao_manoel_da_silva_e_em_todo_o_centro_da_cidade..pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1474/req_03-2021_rossana_-_que_sejam_enviadas_informacoes_sobre_a_quantidade_de_cestas_basicas_que_foram_doadas_nos_meses_de_outubro_novembro_e_dezembro_de_2020.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1492/req_04-2021_ze_neto_-_que_seja_enviado_relatorio_detalhado_sobre_as_multa_aplicadas_pela_cttu_contendo_valor_infracao_e_local_bem_como_total_arrecadado..pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1505/req_05-2021_mava_-_que_sejam_remetidas_as_seguintes_informacoes_sobre_o_funcionamento_do_tfd_a_copia_dos_livroscadernosagendas_de_marcacao_e_dos_diarios_de_bordo_dos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1530/requerimento_06-2021_jeziel_-_convoca_o_senhor_alex_monteiro_de_lima_secretario_de_ordem_social_para_comparecer_ao_plenario_da_camara.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1531/requerimento_07-2021_birino_-_que_seja_enviada_copia_da_licitacao_que_foi_ganha_pela_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1532/requerimento_08-2021_birino_-_que_sejam_envidas_copias_de_todos_os_pagamentos_a_empresa_ivanowytchy_valentin_viana_santana_-_me_dos_anos_2017_2018_2019_e_2020_con.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1533/requerimento_09-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_valores_enviados_pelo_governo_federal_para_a_prefeitura_de_toritama_para_o_uso_com_a_pandemia_do_c.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1573/req_10-2021_mava_-_voto_de_pesar_pelo_falecimento_de_eraldina_inacia_da_silva..pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1574/req_11-2021_mava_-_voto_de_pesar_pelo_falecimento_de_josenilda_ramos_da_silva_nida..pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1575/req_12-2021_mava_-_voto_de_pesar_pelo_falecimento_de_jose_reginaldo_de_lima_ze_de_chico.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1596/req_13-2021_rossana_-_mocao_de_aplauso_a_enfermeira_marli_ferreira_do_nascimento.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1753/req_14-2021_marli_-_mocao_de_aplauso_a_enfermeira_francisca_bezerra_do_nascimento..pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1754/req_15-2021_marli_-_mocao_de_aplauso_a_enfermeira_eraldina_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1755/req_16-2021_marli_-_mocao_de_aplauso_a_enfermeira_maria_de_lourdes_clemente..pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1756/req_17-2021_marli_-_mocao_de_aplauso_a_enfermeira_laurinete_maria_santos_da_silva..pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1757/req_18-2021_marli_-_mocao_de_aplauso_a_enfermeira_beatriz_inacia_da_silva.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1758/req_19-2021_marli_-_mocao_de_aplauso_a_enfermeira_marinete_luiza_de_oliveira..pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1668/req_21-2021_carol_-_a_mocao_de_aplausos_a_welton_silva.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1669/req_23-2021_birino_-_que_sejam_enviadas_copias_dos_empenhos_listados_do_favorecido_joelmo_sandro_jose_de_moraes_junto_com_as_respectivas_liquidacoes_pagamen.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1635/req_24-2021_birino_-_que_seja_enviada_lista_de_servidores_pcd_bem_como_declaracao_sobre_a_porcentagem_que_representa_do_numero_total_de_servidores..pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1647/req_25-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_abilio_laurindo_tavares..pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1670/req_26-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_sivonaldo_severino_da_silva_pele.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1671/req_27-2021_carol_-_requer_a_criacao_de_comissao_especial_de_reforma_do_regimento_interno..pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1718/req_28-2021_rossana_-_que_sejam_envidas_copias_dos_procedimentos_instaurados_pela_corregedoria_da_guarda_civil_e_da_cttu.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1719/req_29-2021_rossana_-_que_seja_enviada_certidao_sobre_os_conselhos_municipais_criados_e_que_nao_funcionam_bem_como_sejam_enviadas_as_seguintes_informacoes_s.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1720/req_30-2021_rossana_-_que_seja_enviado_relatorio_com_as_emendas_parlamentares_recebidas_no_ano_de_2021_informando_o_nome_do_parlamentar_que_destinou_a_emenda.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1717/req_32-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_obede_batista_da_silva..pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1759/req_33-2021_birino_-_que_seja_informado_as_farmacias_que_tem_conveniocontrato_com_o_municipio_para_fornecimento_de_medicamentos_bem_como_sejam_enviados_copias_de_con.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1774/req_35-2021_rossana_-_mocao_de_aplauso_a_vereadora_carolayne_kelley_goncalves.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1760/req_36-2021_birino_-_que_sejam_enviados_1_-_os_nomes_de_todos_os_participantes_que_formam_o_nucleo_gestor_do_plano_diretor_2__os_nomes_dos_servidores_que_represent.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1761/req_37-2021_rossana_-_requer_a_criacao_de_comissao_especial_para_avaliar_os_servicos_e_as_politicas_publicas_ofertadas_as_pessoas_com_deficiencia_pela_prefeitura_de_t.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1781/req_38-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_cheques_emitidos_pela_prefeitura_de_toritama_nos_anos_de_2017_e_2018..pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1782/req_39-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_juraci_francisca_david.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1783/req_40-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_domingos_inacio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1784/req_41-2021_birino_-_que_seja_enviada_copia_integral_do_processo_administrativo_disciplinar_a_respeito_da_irregularidade_na_secretaria_da_saude_instaurada_a.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1786/req_42-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_lindinaldo_rozendo_de_souza_galego_da_antena..pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1787/req_43-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_carlos_henrique_araujo..pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1788/req_44-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_candida_maria_da_conceicao..pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1826/req_45-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_luiz_jose_da_silva_luiz_toquinho..pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1827/req_46-2021_birino_-_que_seja_enviada_copia_da_folha_de_pagamento_do_gabinete_do_prefeito_e_de_todas_as_secretarias_do_periodo_compreendido_entre_janeiro_de.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1875/req_47-2021_rossana_-_que_seja_enviada_prestacao_de_conta_dos_valores_recebidos_atraves_do_finisa..pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1870/req_48-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_maria_lenilda_de_melo_silva..pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1871/req_49-2021_maviael_-_voto_de_pesar_pelo_falecimento_de_elpidio_jose_da_silva..pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1872/req_51-2021_maviael_-_convoca_todos_os_assessores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1873/req_52-2021_maviael_-_convoca_todos_os_contratados_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1874/req_53-2021_maviael_-_convoca_todos_os_servidores_da_camara_de_vereadores_de_toritama_para_comparecer_ao_plenario_da_camara..pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1876/req_54-2021_birino_-_que_sejam_enviadas_copias_de_todos_os_processos_licitatorios_de_pavimentacao_do_bairro_deus_e_fiel.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1877/req_55-2021_birino_-_que_sejam_enviadas_copias_dos_processos_licitatorios_contratos_e_pagamentos_referentes_a_construcao_das_escolas_municipais_do_ano_de_2.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1878/req_56-2021_birino_-que_sejam_enviados_os_valores_orcamentarios_de_2017_a_2021_da_secretaria_de_desenvolvimento_economico_junto_com_toda_a_suplementacao_do.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1879/req_57-2021_birino_-_que_sejam_envidas_copias_de_todos_os_extratos_bancarios_de_todas_as_contas_do_municipio_no_periodo_de_2017_a_2018_extrato_de_todos_os_.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1880/req_58-2021_birino_-_que_seja_enviada_copia_do_processo_administrativo_da_demolicao_dos_imoveis_na_r._04_de_outubro.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1384/pres_01-2021_concede_titulo_de_cidadania_toritamense_a_geniveva_maria_de_santana_araujo..pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1416/pres_02-2021_concede_titulo_de_cidadania_toritamense_a_arlei_luiz_zotti.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1447/pres_03-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_josue_bezerra_de_melo..pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1448/pres_04-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_severino_cosme_da_silva..pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1449/pres_05-2021_mava_-_concede_titulo_de_cidadania_toritamense_a_jose_geraldo_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3044/pres_07-2021_prestacao_de_contas_2017_-_mesa_diretora.docx.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3045/pres_08-2021_prestacao_de_contas_2018_-_mesa_diretora.docx.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1568/pres_09-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_eduardo_jose_menezes_dos_santos_junior..pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1569/pres_10-2021_ferreirinha_-_concede_titulo_de_cidadania_toritamense_a_jose_adriano_da_silva..pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1570/pres_11-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_ednalva_maria_soares_araujo..pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1571/pres_12-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_aurene_maria_da_silva..pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1572/pres_13-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_maria_dulce_goncalves_da_silva..pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1625/pres_14-2021_mesa_diretora_-_altera_a_resolucao_032014_dando_nova_redacao_ao_art._8o.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1626/pres_15-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_valdir_bezerra_da_silva_souza..pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1689/pres_18-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_solange_dos_santos_soares.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1666/pres_19-2021_jeziel_-_concede_titulo_de_cidadania_toritamense_a_adriano_marcell_da_silva_e_silva..pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1667/pres_20-2021_rossana_-concede_titulo_de_cidadania_toritamense_a_roberval_leandro_lacerda.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1690/pres_21-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_maria_luiza_leal..pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1691/pres_22-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_renato_romulo_da_silva_granja..pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1692/pres_23-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_orestes_bemvenuto_da_silva_filho..pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1706/pres_26-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_gleide_do_nascimento_angelo..pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1707/pres_27-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_niedson_nivaldo_lopes_da_silva..pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1752/pres_29-2021_marli_-_concede_titulo_de_cidadania_toritamense_a_elisangela_de_lourdes_barcelar..pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1776/pres_30-2021_maviael_-_concede_a_comenda_eneas_tavares_a_mariana_maria_do_nascimento_araujo.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1777/pres_31-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_helder_pinto_correia_de_araujo..pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1778/pres_32-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_ligia_carla_de_andrade_cabral.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1779/pres_33-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_joseana_nunes_de_souza..pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1733/pres_34-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_carla_marques_de_almeida_silva..pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1780/pres_35-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_iremar_ferreira_de_souza..pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1828/pres_39-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_thiago_meirelles_silva_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1829/pres_40-2021_maviael_-_concede_titulo_de_cidadania_toritamense_a_jose_adjailson_da_silva..pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1855/pres_41-2021_rossana_-_cria_a_procuradoria_especial_da_mulher_na_camara_de_toritama..pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1856/pres_42-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_elia_oliveira_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1857/pres_43-2021_doutor_do_sao_joao_-_concede_titulo_de_cidadania_toritamense_a_osenir_arruda_da_silva..pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1858/pres_44-2021_rossana_-_concede_titulo_de_cidadania_toritamense_a_marcio_costa_santos.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1734/pres_45-2021_ferreirinha-_concede_titulo_de_cidadania_toritamense_a_gilvan_florencio_da_silva.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1881/pres_47-2021_edijan_-_concede_titulo_de_cidadania_toritamense_a_janailton_alves_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1341/proj._lei_01-2023_mava_-_denomina_de_praca_jose_silvestre_compressed.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1342/projle_1.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1451/plol_05-2021_maviael_-_denomina_de_quadra_mario_de_araujo_a_quadra_da_escola_laura_lopes.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1467/plol_06-2021_maviael_-_denomina_de_quadra_eneas_vicente_de_lima_a_quadra_da_escola_elizete_borba..pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1470/plol_07-2021_maviael_-_denomina_de_quadra_manoelito_sena_guimaraes_manduca_do_vasco_a_quadra_da_escola_maria_goncalves..pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1468/plol_08-2021_maviael_-_denomina_de_ubs_adelma_maria_de_oliveira_a_ubs_centro_iii_do_bairro_antao..pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1469/plol_09-2021_maviael_-_dispoe_sobre_a_instalacao_em_pracas_e_parques_publicos_de_brinquedos_adaptados_e_equipamentos_especialmente_desenvolvidos_para_lazer_e_recreacao_de_crian.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3040/pl_10-2021_reconhece_essencial_atividade_fisica_-_jose_edmilson.docx.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3041/pl_11-2021_reconhece_essencial_atividade_religiosa_-_rossana.docx.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1472/plol_12-2021_mava_-_denomina_de_maria_da_conceicao_de_lima_ferreira_maria_cabral_a_r._projetada_cod._95000158_quadras_258_e_324_setor_7..pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1473/plol_13-2021_mava_-_denomina_de_joseneide_maria_de_lima_silva_a_r._projetada_cod._722_quadras_324_e_328_setor_12.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1486/plol_14-2021_mava_-_dispoe_sobre_a_implantacao_da_patrulha_escolar_de_toritama_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1487/plol_15-2021_ze_neto_-_dispoe_sobre_a_implantacao_de_sistema_solar_fotovoltaico_de_energia_nos_predios_a_serem_construidos..pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1488/plol_16-2021_mava_-_denomina_de_antonio_onival_fernandes_vava_guarda_a_r._projetada_cod._95000160_quadras_326_e_328_setor_7..pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1489/plol_17-2021_mava_-_denomina_de_amaro_soares_de_jesus_amaro_de_joao_senhor_a_r._projetada_cod._95000159_quadras_324_e_326_setor_7..pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1490/plol_18-2021_mava_-_denomina_de_josefa_izabel_da_silva_joselma_a_r._projetada_cod._706_quadras_246_e_249_setor_7..pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1491/plol_19-2021_mava_-_denomina_de_jose_alfredo_da_silva_ze_lala_a_r._projetada_cod._686_quadras_204_e_225_setor_7..pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1542/plol_20-2021_jeziel_-_denomina_de_vicente_genuino_de_souza_a_r._projetada_cod._655_quadras_124_e_133_setor_3..pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1543/plol_21-2021_jeziel_-_denomina_de_maria_carlinda_de_souza_a_r._projetada_cod._643_quadras_112_e_115_setor_3.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1544/plol_22-2021_jeziel_-_denomina_de_grineide_goncalves_de_lima_a_r._projetada_cod._652_quadras_115_e_124_setor_3..pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1545/plol_23-2021_jeziel_-_denomina_de_claudenilda_maria_da_silva_a_r._projetada_cod._642_quadras_109_a_112_setor_3..pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/240/pl_26-2021_denomina_de_av._dorgival_florencio_de_almeida_a_r._projetada_cod_557_setor_3_loteamento_campo_alegre_-_derivaldo.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1566/plol_27-2021_morica_-_denomina_de_r._do_sagrado_coracao_de_jesus_a_r._projetada_cod._95000151_quadras_422_e_424_setor_4..pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1567/plol_28-2021_morica_-_denomina_de_r._amara_izabel_da_silva_a_r._projetada_cod._95000152_quadras_424_e_426_setor_4.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1620/plol_30-2021_carol_-_dispoe_sobre_as_diretrizes_para_as_acoes_de_promocao_da_dignidade_menstrual_de_conscientizacao_e_informacao_sobre_a_menstruacao_o_fornecimento.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1621/plol_31-2021_carol_-_institui_as_diretrizes_para_emissao_da_carteira_de_identificacao_da_pessoa_com_transtorno_do_espectro_autista_ciptea_no_ambito_do_municipio_de.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1622/plol_32-2021_morica_-_institui_feriado_municipal_o_dia_24_de_junho_em_homenagem_a_sao_joao.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1623/plol_33-2021_maviael_-_denomina_de_jose_tavares_da_silva_beto_a_quadra_poliesportiva_da_escola_maria_aurora_de_jesus..pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1624/plol_35-2021_derivaldo_-_denomina_de_antonio_tiburcio_da_silva_antonio_zacarias_o_predio_publico_municipal_a_r._joao_chagas_sn_onde_funcionou_o_antigo_forum.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1633/plol_37-2021_maviael_-_denomina_de_praca_narciso_celestino_de_lima_a_praca_localizada_no_bairro_duque_de_caxias_ao_lado_da_ubs_na_rua_maria_etien.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1634/plol_38-2021_ze_neto_-_denomina_de_donizete_pedro_tavares_a_quadra_de_eventos_da_escola_maria_aurora_de_jesus_no_bairro_duque_de_caxia.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/241/pl_39-2021_denomina_de_av._jose_sergio_de_lucena_deda_de_sergio_a_r._projetada_cod._547quadras124_e_151_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/242/pl_40-2021_denomina_de_r._vereador_francisco_soares_da_silva_a_r._projetada_cod._672_quadras_145_e_151_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/243/pl_41-2021_denomina_de_r._jose_laurentino_neri_a_r._projetada_cod._688_quadras_145_e_148_setor_3_-_ze_neto.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/244/pl_42-2021_denomina_de_r._luis_ferreira_da_silva_luis_turiu_a_r._projetada_cod._755_quadra_155_setor_3_-_jose_neto.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1665/plol_43-2021_birino_-dispoe_sobre_a_implantacao_de_programa_de_restricao_ao_transito_de_veiculos_automotores_pesados_do_tipo_caminhao_no_municipio_de_toritama.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1699/plol_44-2021_maviael_-_dispoe_sobre_a_garantia_de_que_agressores_de_mulheres_e_meninas_nao_possam_assumir_cargos_publicos_no_municipio_de_toritama_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1748/plol_46-2021_ze_neto_-_dispoe_sobre_a_regulamentacao_de_casa_de_apoio_a_usuarios_do_municipio_de_toritama_em_tratamento_fora_de_domicilio..pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1749/plol_47-2021_ferreirinha_-_denomina_de_praca_otacilio_ferreira_de_carvalho_a_praca_localizada_no_bairro_planalto_entre_as_ruas_alfredo_feitosa_da_silva_e_rua_das_acacias..pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1750/plol_48-2021_ferreirinha_-_denomina_de_praca_rosemiro_felix_da_silva_a_praca_localizada_no_bairro_planalto_entre_a_rua_castro_alves_e_a_pe-90..pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1785/plol_49-2021_ferreirinha_-_denomina_de_praca_joao_amaro_do_nascimento_a_praca_localizada_no_sitio_oncinhas_entre_a_rua_jorge_goncalves_da_silva_e_a_rua_joaquim_borba.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1772/plol_50-2021_carol_-_dispoe_sobre_a_transparencia_na_lista_de_espera_por_vagas_no_centro_municipal_de_educacao_infantil_e_suas_prioridades..pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1773/plol_51-2021_carol_-_dispoe_sobre_a_criacao_do_dia_municipal_em_homenagem_as_vitimas_do_novo_coronavirus_na_cidade_de_toritama_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1775/plol_52-2021_maviael_-_denomina_de_r._jose_jackson_da_silva_marques_a_r._projetada_cod._795_quadra_374_e_376_setor_04..pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1808/plol_54-2021_maviael_-_denomina_de_r._irandi_ferreira_da_silva_a_r._projetada_15_setor_04_quadra_36_e_378_codigo_logradouro_796_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1821/plol_55-2021_maviael_-_denomina_de_r._auzira_anunciada_da_silva_a_r._projetada_setor_04_quadra_378_codigo_logradouro_797_no_loteamento_izidio_tavares..pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1822/plol_56-2021_maviael_-_denomina_de_r._edinaldo_jose_da_silva_naldinho_a_r._projetada_13_setor_o4_quadra_372_e_374_codigo_logradouro_794_no_loteamento_izidio_ta.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1823/plol_57-2021_maviael_-_denomina_de_r._edinalto_ferreira_neto_dinaldo_de_fazenda_velha_a_r._projetada_setor_04_quadra_368_codigo_logradouro_799_no_loteamento_iz.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1824/plol_58-2021_morica_-_denomina_de_prefeito_nelson_caetano_da_silva_o_teatro_municipal..pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1825/plol_59-2021_doutor_do_sao_joao_-_dispoe_sobre_a_criacao_do_programa_municipal_de_assistencia_tecnica_publica_e_gratuita_para_habitacao_de_interesse_social_atenden.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1830/plol_60-2021_maviael_-_denomina_de_eronildes_manoel_filho_nidim_a_ame_animal..pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1831/plol_61-2021_maviael_-_denomina_de_r._tertulina_maria_de_lima_teta_a_r._projetada_setor_04_quadra_378_codigo_logradouro_798_no_loteamento_izidio_tavares.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1832/plol_62-2021_maviael_-_denomina_de_r._ozanir_adauto_da_silva_zana_a_r._projetada_setor_02_quadra_22_e_24_loteamento_novo_alvorecer..pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1833/plol_63-2021_maviael_-_denomina_de_r._severina_maria_tavares_tirina_a_r._projetada_11_setor_o4_quadra_88_e_133_loteamento_novo_coqueiral..pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1853/plol_66-2021_ferreirinha_-_denomina_de_r._amaro_lopes_da_silva_a_r._projetada_quadra_84_e_85_cod_log_568_setor_03_loteamento_arlindo..pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1854/plol_67-2021_ferreirinha_-__denomina_de_r._adolfo_goncalves_de_melo_a_r._projetada_quadra_88_e_91_cod_log_564_setor_03_loteamento_maria_jose_cordeiro_de_melo..pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1834/plol_69-2021_maviael_-_dispoe_sobre_a_regulamentacao_da_area_para_estacionamento_em_estabelecimentos_comerciais_de_grande_circulacao_de_clientes..pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1868/plol_71-2021_ferreirinha_-_denomina_de_r._lourinaldo_jose_da_silva_a_r._projetada_16_quadra_130_e_133_cod_logradouro_658_setor_03_loteamento_maria_jose_cordeiro.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1869/plol_72-2021_carol_-_institui_a_semana_municipal_de_conscientizacao_e_prevencao_a_violencia_contra_a_mulher_na_cidade_de_toritama_e_suas_prioridades..pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1910/plol_73-2021_mesa_diretora_-_trata_sobre_o_subsidio_dos_secretarios_municipais_de_toritama_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3038/pl_02-2021_protocolo_vacina_-_pmt.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3047/pl_04-2021_reestrutura_o_cacs-fundeb_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3048/pl_05-2021_piso_dos_acs_e_ace_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3050/pl_08-2021_ldo_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3051/pl_09-2021_bustos_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3049/pl_10-2021_autoriza_convenio_para_emprestimo_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1806/plex_11-2021_poder_executivo_-_revoga_a_lei_municipal_no_1.5432016_e_dispositivos_da_lei_municipal_no_1.5462016..pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1807/plex_12-2021_poder_executivo_-_autoriza_o_poder_executivo_a_doar_ao_estado_de_pernambuco_bem_imovel_pertencente_ao_municipio_de_toritama_para_construccao_de_escola.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3052/pl_13-2021_loa_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3053/pl_14-2021_ppa_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1852/ploex_15-2021_pmt_-_institui_no_ambito_do_municipio_de_toritama_o_programa_saude_em_casa_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1867/ploex_16-2021_pmt_-_dispoe_sobre_autorizacao_para_abertura_de_credito_adicional_especial_ao_orcamento_geral_do_municipio_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3058/pl_17-2021_declara_os_feriados_religiosos_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3059/pl_18-2021_samol_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/2076/ploe_19-2021_dispoe_sobre_a_proibicao_de_deposito_de_materiais_e_a_obrigatoriedade_de_utilizacao_de_papa_metralha_ou_cacamba_para_acumulo_de_entulho_em_voas_pavimentadas_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3054/pl_20-2021_autoriza_finisa_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3060/pl_22-2021_risco_de_vida_e_auxilio_alimentacao_a_guarda_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3061/pl_23-2021_piso_magisterio_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3062/pl_24-2021_reajuste_conselheiros_tutelares_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3039/plc_01-2021_refis_2021_-_pmt.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3042/plc_02-2021_reestrutura_o_quadro_de_pessoal_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3043/plc_03-2021_modifica_o_suas_municipal_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3046/plc_04-2021_altera_a_lei_complementar_no_17_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1911/plc_05-2021_poder_executivo_-_altera_a_lei_no_022017_e_a_lei_no_7411998_com_as_alteracoes_da_lei_no_192021_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3057/plc_06-2021_abono_a_profissionais_da_educacao_basica_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3055/plc_07-2021_risco_de_vida_e_auxilio_alimentacao_a_agente_de_transito_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/3056/plc_08-2021_reajusta_vencimentos_cargos_comissionados_-_pmt.docx.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.toritama.pe.leg.br/media/sapl/public/materialegislativa/2021/1688/plo_01-2021_mesa_diretora_-_dispoe_sobre_a_alteracao_do_artigo_21_da_lei_organica_do_municipio_de_toritama..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H602"/>
+  <dimension ref="A1:H623"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -20283,2640 +20472,3183 @@
       </c>
       <c r="D502" t="s">
         <v>1958</v>
       </c>
       <c r="E502" t="s">
         <v>1959</v>
       </c>
       <c r="F502" t="s">
         <v>39</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>1972</v>
       </c>
       <c r="H502" t="s">
         <v>1973</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>1974</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D503" t="s">
         <v>1958</v>
       </c>
       <c r="E503" t="s">
         <v>1959</v>
       </c>
       <c r="F503" t="s">
-        <v>13</v>
+        <v>1975</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="H503" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D504" t="s">
         <v>1958</v>
       </c>
       <c r="E504" t="s">
         <v>1959</v>
       </c>
       <c r="F504" t="s">
-        <v>13</v>
+        <v>1975</v>
       </c>
       <c r="G504" s="1" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="H504" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D505" t="s">
         <v>1958</v>
       </c>
       <c r="E505" t="s">
         <v>1959</v>
       </c>
       <c r="F505" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="H505" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D506" t="s">
         <v>1958</v>
       </c>
       <c r="E506" t="s">
         <v>1959</v>
       </c>
       <c r="F506" t="s">
-        <v>146</v>
+        <v>13</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="H506" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D507" t="s">
         <v>1958</v>
       </c>
       <c r="E507" t="s">
         <v>1959</v>
       </c>
       <c r="F507" t="s">
         <v>146</v>
       </c>
       <c r="G507" s="1" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="H507" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D508" t="s">
         <v>1958</v>
       </c>
       <c r="E508" t="s">
         <v>1959</v>
       </c>
       <c r="F508" t="s">
-        <v>1990</v>
+        <v>146</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>1991</v>
       </c>
       <c r="H508" t="s">
         <v>1992</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>1993</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D509" t="s">
         <v>1958</v>
       </c>
       <c r="E509" t="s">
         <v>1959</v>
       </c>
       <c r="F509" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>1994</v>
       </c>
       <c r="H509" t="s">
         <v>1995</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
         <v>1996</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="D510" t="s">
         <v>1958</v>
       </c>
       <c r="E510" t="s">
         <v>1959</v>
       </c>
       <c r="F510" t="s">
-        <v>70</v>
+        <v>1975</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>1997</v>
       </c>
       <c r="H510" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
         <v>1999</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>91</v>
+        <v>74</v>
       </c>
       <c r="D511" t="s">
         <v>1958</v>
       </c>
       <c r="E511" t="s">
         <v>1959</v>
       </c>
       <c r="F511" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G511" s="1" t="s">
         <v>2000</v>
       </c>
       <c r="H511" t="s">
         <v>2001</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
         <v>2002</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D512" t="s">
         <v>1958</v>
       </c>
       <c r="E512" t="s">
         <v>1959</v>
       </c>
       <c r="F512" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G512" s="1" t="s">
         <v>2003</v>
       </c>
       <c r="H512" t="s">
         <v>2004</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
         <v>2005</v>
       </c>
       <c r="B513" t="s">
         <v>9</v>
       </c>
       <c r="C513" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D513" t="s">
         <v>1958</v>
       </c>
       <c r="E513" t="s">
         <v>1959</v>
       </c>
       <c r="F513" t="s">
-        <v>26</v>
+        <v>70</v>
       </c>
       <c r="G513" s="1" t="s">
         <v>2006</v>
       </c>
       <c r="H513" t="s">
         <v>2007</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
         <v>2008</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D514" t="s">
         <v>1958</v>
       </c>
       <c r="E514" t="s">
         <v>1959</v>
       </c>
       <c r="F514" t="s">
         <v>26</v>
       </c>
       <c r="G514" s="1" t="s">
         <v>2009</v>
       </c>
       <c r="H514" t="s">
         <v>2010</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
         <v>2011</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="D515" t="s">
         <v>1958</v>
       </c>
       <c r="E515" t="s">
         <v>1959</v>
       </c>
       <c r="F515" t="s">
         <v>26</v>
       </c>
       <c r="G515" s="1" t="s">
         <v>2012</v>
       </c>
       <c r="H515" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
         <v>2014</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D516" t="s">
         <v>1958</v>
       </c>
       <c r="E516" t="s">
         <v>1959</v>
       </c>
       <c r="F516" t="s">
         <v>26</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>2015</v>
       </c>
       <c r="H516" t="s">
         <v>2016</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
         <v>2017</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="D517" t="s">
         <v>1958</v>
       </c>
       <c r="E517" t="s">
         <v>1959</v>
       </c>
       <c r="F517" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G517" s="1" t="s">
         <v>2018</v>
       </c>
       <c r="H517" t="s">
         <v>2019</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
         <v>2020</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="D518" t="s">
         <v>1958</v>
       </c>
       <c r="E518" t="s">
         <v>1959</v>
       </c>
       <c r="F518" t="s">
-        <v>146</v>
+        <v>26</v>
       </c>
       <c r="G518" s="1" t="s">
         <v>2021</v>
       </c>
       <c r="H518" t="s">
         <v>2022</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
         <v>2023</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D519" t="s">
         <v>1958</v>
       </c>
       <c r="E519" t="s">
         <v>1959</v>
       </c>
       <c r="F519" t="s">
         <v>39</v>
       </c>
       <c r="G519" s="1" t="s">
         <v>2024</v>
       </c>
       <c r="H519" t="s">
         <v>2025</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
         <v>2026</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D520" t="s">
         <v>1958</v>
       </c>
       <c r="E520" t="s">
         <v>1959</v>
       </c>
       <c r="F520" t="s">
-        <v>39</v>
+        <v>146</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>2027</v>
       </c>
       <c r="H520" t="s">
         <v>2028</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
         <v>2029</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D521" t="s">
         <v>1958</v>
       </c>
       <c r="E521" t="s">
         <v>1959</v>
       </c>
       <c r="F521" t="s">
         <v>39</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>2030</v>
       </c>
       <c r="H521" t="s">
         <v>2031</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>2032</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="D522" t="s">
         <v>1958</v>
       </c>
       <c r="E522" t="s">
         <v>1959</v>
       </c>
       <c r="F522" t="s">
         <v>39</v>
       </c>
       <c r="G522" s="1" t="s">
         <v>2033</v>
       </c>
       <c r="H522" t="s">
         <v>2034</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
         <v>2035</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>154</v>
+        <v>145</v>
       </c>
       <c r="D523" t="s">
         <v>1958</v>
       </c>
       <c r="E523" t="s">
         <v>1959</v>
       </c>
       <c r="F523" t="s">
         <v>39</v>
       </c>
       <c r="G523" s="1" t="s">
         <v>2036</v>
       </c>
       <c r="H523" t="s">
         <v>2037</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
         <v>2038</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>158</v>
+        <v>150</v>
       </c>
       <c r="D524" t="s">
         <v>1958</v>
       </c>
       <c r="E524" t="s">
         <v>1959</v>
       </c>
       <c r="F524" t="s">
         <v>39</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>2039</v>
       </c>
       <c r="H524" t="s">
         <v>2040</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
         <v>2041</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>174</v>
+        <v>154</v>
       </c>
       <c r="D525" t="s">
         <v>1958</v>
       </c>
       <c r="E525" t="s">
         <v>1959</v>
       </c>
       <c r="F525" t="s">
-        <v>271</v>
+        <v>39</v>
       </c>
       <c r="G525" s="1" t="s">
         <v>2042</v>
       </c>
       <c r="H525" t="s">
         <v>2043</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
         <v>2044</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>178</v>
+        <v>158</v>
       </c>
       <c r="D526" t="s">
         <v>1958</v>
       </c>
       <c r="E526" t="s">
         <v>1959</v>
       </c>
       <c r="F526" t="s">
         <v>39</v>
       </c>
       <c r="G526" s="1" t="s">
         <v>2045</v>
       </c>
       <c r="H526" t="s">
         <v>2046</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
         <v>2047</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="D527" t="s">
         <v>1958</v>
       </c>
       <c r="E527" t="s">
         <v>1959</v>
       </c>
       <c r="F527" t="s">
-        <v>26</v>
+        <v>271</v>
       </c>
       <c r="G527" s="1" t="s">
         <v>2048</v>
       </c>
       <c r="H527" t="s">
         <v>2049</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
         <v>2050</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="D528" t="s">
         <v>1958</v>
       </c>
       <c r="E528" t="s">
         <v>1959</v>
       </c>
       <c r="F528" t="s">
-        <v>271</v>
+        <v>39</v>
       </c>
       <c r="G528" s="1" t="s">
         <v>2051</v>
       </c>
       <c r="H528" t="s">
         <v>2052</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
         <v>2053</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D529" t="s">
         <v>1958</v>
       </c>
       <c r="E529" t="s">
         <v>1959</v>
       </c>
       <c r="F529" t="s">
-        <v>57</v>
+        <v>26</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>2054</v>
       </c>
       <c r="H529" t="s">
         <v>2055</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
         <v>2056</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="D530" t="s">
         <v>1958</v>
       </c>
       <c r="E530" t="s">
         <v>1959</v>
       </c>
       <c r="F530" t="s">
-        <v>26</v>
+        <v>271</v>
       </c>
       <c r="G530" s="1" t="s">
         <v>2057</v>
       </c>
       <c r="H530" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
         <v>2059</v>
       </c>
       <c r="B531" t="s">
         <v>9</v>
       </c>
       <c r="C531" t="s">
-        <v>199</v>
+        <v>191</v>
       </c>
       <c r="D531" t="s">
         <v>1958</v>
       </c>
       <c r="E531" t="s">
         <v>1959</v>
       </c>
       <c r="F531" t="s">
-        <v>13</v>
+        <v>57</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>2060</v>
       </c>
       <c r="H531" t="s">
         <v>2061</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
         <v>2062</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="D532" t="s">
         <v>1958</v>
       </c>
       <c r="E532" t="s">
         <v>1959</v>
       </c>
       <c r="F532" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1456</v>
+        <v>2063</v>
       </c>
       <c r="H532" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>207</v>
+        <v>199</v>
       </c>
       <c r="D533" t="s">
         <v>1958</v>
       </c>
       <c r="E533" t="s">
         <v>1959</v>
       </c>
       <c r="F533" t="s">
-        <v>271</v>
+        <v>13</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="H533" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>10</v>
+        <v>203</v>
       </c>
       <c r="D534" t="s">
-        <v>2068</v>
+        <v>1958</v>
       </c>
       <c r="E534" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F534" t="s">
+        <v>105</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H534" t="s">
         <v>2069</v>
-      </c>
-[...7 lines deleted...]
-        <v>2071</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
+        <v>2070</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>207</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F535" t="s">
+        <v>271</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>2071</v>
+      </c>
+      <c r="H535" t="s">
         <v>2072</v>
-      </c>
-[...19 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>10</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E536" t="s">
         <v>2075</v>
-      </c>
-[...10 lines deleted...]
-        <v>2069</v>
       </c>
       <c r="F536" t="s">
         <v>39</v>
       </c>
       <c r="G536" s="1" t="s">
         <v>2076</v>
       </c>
       <c r="H536" t="s">
         <v>2077</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
         <v>2078</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>34</v>
+        <v>17</v>
       </c>
       <c r="D537" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E537" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F537" t="s">
-        <v>39</v>
+        <v>1975</v>
       </c>
       <c r="G537" s="1" t="s">
         <v>2079</v>
       </c>
       <c r="H537" t="s">
         <v>2080</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
         <v>2081</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="D538" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E538" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F538" t="s">
         <v>39</v>
       </c>
       <c r="G538" s="1" t="s">
         <v>2082</v>
       </c>
       <c r="H538" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
         <v>2084</v>
       </c>
       <c r="B539" t="s">
         <v>9</v>
       </c>
       <c r="C539" t="s">
-        <v>43</v>
+        <v>34</v>
       </c>
       <c r="D539" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E539" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F539" t="s">
         <v>39</v>
       </c>
       <c r="G539" s="1" t="s">
         <v>2085</v>
       </c>
       <c r="H539" t="s">
         <v>2086</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
         <v>2087</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="D540" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E540" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F540" t="s">
         <v>39</v>
       </c>
       <c r="G540" s="1" t="s">
         <v>2088</v>
       </c>
       <c r="H540" t="s">
         <v>2089</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
         <v>2090</v>
       </c>
       <c r="B541" t="s">
         <v>9</v>
       </c>
       <c r="C541" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
       <c r="D541" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E541" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F541" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="G541" s="1" t="s">
         <v>2091</v>
       </c>
       <c r="H541" t="s">
         <v>2092</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
         <v>2093</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D542" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E542" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F542" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="G542" s="1" t="s">
         <v>2094</v>
       </c>
       <c r="H542" t="s">
         <v>2095</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
         <v>2096</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="D543" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E543" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F543" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="G543" s="1" t="s">
         <v>2097</v>
       </c>
       <c r="H543" t="s">
         <v>2098</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
         <v>2099</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="D544" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E544" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F544" t="s">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="G544" s="1" t="s">
         <v>2100</v>
       </c>
       <c r="H544" t="s">
         <v>2101</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>2102</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D545" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E545" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F545" t="s">
         <v>39</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>2103</v>
       </c>
       <c r="H545" t="s">
         <v>2104</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>2105</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="D546" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E546" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F546" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G546" s="1" t="s">
         <v>2106</v>
       </c>
       <c r="H546" t="s">
         <v>2107</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>2108</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="D547" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E547" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F547" t="s">
         <v>39</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>2109</v>
       </c>
       <c r="H547" t="s">
         <v>2110</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>2111</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
-        <v>82</v>
+        <v>74</v>
       </c>
       <c r="D548" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E548" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F548" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>2112</v>
       </c>
       <c r="H548" t="s">
         <v>2113</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
         <v>2114</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="D549" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E549" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F549" t="s">
         <v>39</v>
       </c>
       <c r="G549" s="1" t="s">
         <v>2115</v>
       </c>
       <c r="H549" t="s">
         <v>2116</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
         <v>2117</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>91</v>
+        <v>82</v>
       </c>
       <c r="D550" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E550" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F550" t="s">
         <v>39</v>
       </c>
       <c r="G550" s="1" t="s">
         <v>2118</v>
       </c>
       <c r="H550" t="s">
         <v>2119</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
         <v>2120</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="D551" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E551" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F551" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G551" s="1" t="s">
         <v>2121</v>
       </c>
       <c r="H551" t="s">
         <v>2122</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
         <v>2123</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>100</v>
+        <v>91</v>
       </c>
       <c r="D552" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E552" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F552" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="G552" s="1" t="s">
         <v>2124</v>
       </c>
       <c r="H552" t="s">
         <v>2125</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
         <v>2126</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>104</v>
+        <v>96</v>
       </c>
       <c r="D553" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E553" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F553" t="s">
         <v>70</v>
       </c>
       <c r="G553" s="1" t="s">
         <v>2127</v>
       </c>
       <c r="H553" t="s">
         <v>2128</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>2129</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
-        <v>109</v>
+        <v>100</v>
       </c>
       <c r="D554" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E554" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F554" t="s">
         <v>70</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>2130</v>
       </c>
       <c r="H554" t="s">
         <v>2131</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>895</v>
+        <v>2132</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>121</v>
+        <v>104</v>
       </c>
       <c r="D555" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E555" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F555" t="s">
-        <v>105</v>
+        <v>70</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2132</v>
+        <v>2133</v>
       </c>
       <c r="H555" t="s">
-        <v>2133</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>125</v>
+        <v>109</v>
       </c>
       <c r="D556" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E556" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F556" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="H556" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>2137</v>
+        <v>895</v>
       </c>
       <c r="B557" t="s">
         <v>9</v>
       </c>
       <c r="C557" t="s">
-        <v>129</v>
+        <v>121</v>
       </c>
       <c r="D557" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E557" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F557" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
       <c r="G557" s="1" t="s">
         <v>2138</v>
       </c>
       <c r="H557" t="s">
         <v>2139</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
         <v>2140</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D558" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E558" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F558" t="s">
-        <v>179</v>
+        <v>87</v>
       </c>
       <c r="G558" s="1" t="s">
         <v>2141</v>
       </c>
       <c r="H558" t="s">
         <v>2142</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
         <v>2143</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="D559" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E559" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F559" t="s">
-        <v>179</v>
+        <v>87</v>
       </c>
       <c r="G559" s="1" t="s">
         <v>2144</v>
       </c>
       <c r="H559" t="s">
         <v>2145</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
         <v>2146</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>145</v>
+        <v>137</v>
       </c>
       <c r="D560" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E560" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F560" t="s">
-        <v>87</v>
+        <v>179</v>
       </c>
       <c r="G560" s="1" t="s">
         <v>2147</v>
       </c>
       <c r="H560" t="s">
         <v>2148</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
         <v>2149</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>150</v>
+        <v>141</v>
       </c>
       <c r="D561" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E561" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F561" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="G561" s="1" t="s">
         <v>2150</v>
       </c>
       <c r="H561" t="s">
         <v>2151</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
         <v>2152</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="D562" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E562" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F562" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="G562" s="1" t="s">
         <v>2153</v>
       </c>
       <c r="H562" t="s">
         <v>2154</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
         <v>2155</v>
       </c>
       <c r="B563" t="s">
         <v>9</v>
       </c>
       <c r="C563" t="s">
-        <v>166</v>
+        <v>150</v>
       </c>
       <c r="D563" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E563" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F563" t="s">
         <v>39</v>
       </c>
       <c r="G563" s="1" t="s">
         <v>2156</v>
       </c>
       <c r="H563" t="s">
         <v>2157</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
         <v>2158</v>
       </c>
       <c r="B564" t="s">
         <v>9</v>
       </c>
       <c r="C564" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="D564" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E564" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F564" t="s">
-        <v>52</v>
+        <v>105</v>
       </c>
       <c r="G564" s="1" t="s">
         <v>2159</v>
       </c>
       <c r="H564" t="s">
         <v>2160</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>899</v>
+        <v>2161</v>
       </c>
       <c r="B565" t="s">
         <v>9</v>
       </c>
       <c r="C565" t="s">
-        <v>174</v>
+        <v>166</v>
       </c>
       <c r="D565" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E565" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F565" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="G565" s="1" t="s">
-        <v>2161</v>
+        <v>2162</v>
       </c>
       <c r="H565" t="s">
-        <v>2162</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>903</v>
+        <v>2164</v>
       </c>
       <c r="B566" t="s">
         <v>9</v>
       </c>
       <c r="C566" t="s">
-        <v>178</v>
+        <v>170</v>
       </c>
       <c r="D566" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E566" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F566" t="s">
         <v>52</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="H566" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>2165</v>
+        <v>899</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
       <c r="D567" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E567" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F567" t="s">
         <v>52</v>
       </c>
       <c r="G567" s="1" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="H567" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>907</v>
+        <v>903</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="D568" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E568" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F568" t="s">
         <v>52</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="H568" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>191</v>
+        <v>183</v>
       </c>
       <c r="D569" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E569" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F569" t="s">
-        <v>284</v>
+        <v>52</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="H569" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>2173</v>
+        <v>907</v>
       </c>
       <c r="B570" t="s">
         <v>9</v>
       </c>
       <c r="C570" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="D570" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E570" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F570" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="G570" s="1" t="s">
         <v>2174</v>
       </c>
       <c r="H570" t="s">
         <v>2175</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
         <v>2176</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>203</v>
+        <v>191</v>
       </c>
       <c r="D571" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E571" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F571" t="s">
-        <v>52</v>
+        <v>284</v>
       </c>
       <c r="G571" s="1" t="s">
         <v>2177</v>
       </c>
       <c r="H571" t="s">
         <v>2178</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>2179</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>207</v>
+        <v>195</v>
       </c>
       <c r="D572" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E572" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F572" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G572" s="1" t="s">
         <v>2180</v>
       </c>
       <c r="H572" t="s">
         <v>2181</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
         <v>2182</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>211</v>
+        <v>203</v>
       </c>
       <c r="D573" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E573" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F573" t="s">
-        <v>13</v>
+        <v>52</v>
       </c>
       <c r="G573" s="1" t="s">
         <v>2183</v>
       </c>
       <c r="H573" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>2185</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="D574" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E574" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F574" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>2186</v>
       </c>
       <c r="H574" t="s">
         <v>2187</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>2188</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="D575" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E575" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F575" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="G575" s="1" t="s">
         <v>2189</v>
       </c>
       <c r="H575" t="s">
         <v>2190</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
         <v>2191</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="D576" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E576" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F576" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="G576" s="1" t="s">
         <v>2192</v>
       </c>
       <c r="H576" t="s">
         <v>2193</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
         <v>2194</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>227</v>
+        <v>219</v>
       </c>
       <c r="D577" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E577" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F577" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="G577" s="1" t="s">
         <v>2195</v>
       </c>
       <c r="H577" t="s">
         <v>2196</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
         <v>2197</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>235</v>
+        <v>223</v>
       </c>
       <c r="D578" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E578" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F578" t="s">
-        <v>39</v>
+        <v>179</v>
       </c>
       <c r="G578" s="1" t="s">
         <v>2198</v>
       </c>
       <c r="H578" t="s">
         <v>2199</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
         <v>2200</v>
       </c>
       <c r="B579" t="s">
         <v>9</v>
       </c>
       <c r="C579" t="s">
-        <v>239</v>
+        <v>227</v>
       </c>
       <c r="D579" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E579" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F579" t="s">
         <v>39</v>
       </c>
       <c r="G579" s="1" t="s">
         <v>2201</v>
       </c>
       <c r="H579" t="s">
         <v>2202</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
         <v>2203</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>243</v>
+        <v>235</v>
       </c>
       <c r="D580" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E580" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F580" t="s">
         <v>39</v>
       </c>
       <c r="G580" s="1" t="s">
         <v>2204</v>
       </c>
       <c r="H580" t="s">
         <v>2205</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
         <v>2206</v>
       </c>
       <c r="B581" t="s">
         <v>9</v>
       </c>
       <c r="C581" t="s">
-        <v>247</v>
+        <v>239</v>
       </c>
       <c r="D581" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E581" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F581" t="s">
         <v>39</v>
       </c>
       <c r="G581" s="1" t="s">
         <v>2207</v>
       </c>
       <c r="H581" t="s">
         <v>2208</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
         <v>2209</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
       <c r="D582" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E582" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F582" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="G582" s="1" t="s">
         <v>2210</v>
       </c>
       <c r="H582" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
         <v>2212</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>255</v>
+        <v>247</v>
       </c>
       <c r="D583" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E583" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F583" t="s">
-        <v>57</v>
+        <v>39</v>
       </c>
       <c r="G583" s="1" t="s">
         <v>2213</v>
       </c>
       <c r="H583" t="s">
         <v>2214</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
         <v>2215</v>
       </c>
       <c r="B584" t="s">
         <v>9</v>
       </c>
       <c r="C584" t="s">
-        <v>259</v>
+        <v>251</v>
       </c>
       <c r="D584" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E584" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F584" t="s">
-        <v>39</v>
+        <v>87</v>
       </c>
       <c r="G584" s="1" t="s">
         <v>2216</v>
       </c>
       <c r="H584" t="s">
         <v>2217</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
         <v>2218</v>
       </c>
       <c r="B585" t="s">
         <v>9</v>
       </c>
       <c r="C585" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="D585" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E585" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F585" t="s">
-        <v>39</v>
+        <v>57</v>
       </c>
       <c r="G585" s="1" t="s">
         <v>2219</v>
       </c>
       <c r="H585" t="s">
         <v>2220</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
         <v>2221</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="D586" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E586" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F586" t="s">
         <v>39</v>
       </c>
       <c r="G586" s="1" t="s">
         <v>2222</v>
       </c>
       <c r="H586" t="s">
         <v>2223</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
         <v>2224</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D587" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E587" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F587" t="s">
         <v>39</v>
       </c>
       <c r="G587" s="1" t="s">
         <v>2225</v>
       </c>
       <c r="H587" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
         <v>2227</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>283</v>
+        <v>267</v>
       </c>
       <c r="D588" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E588" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F588" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G588" s="1" t="s">
         <v>2228</v>
       </c>
       <c r="H588" t="s">
         <v>2229</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
         <v>2230</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>288</v>
+        <v>270</v>
       </c>
       <c r="D589" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E589" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F589" t="s">
-        <v>13</v>
+        <v>39</v>
       </c>
       <c r="G589" s="1" t="s">
         <v>2231</v>
       </c>
       <c r="H589" t="s">
         <v>2232</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
         <v>2233</v>
       </c>
       <c r="B590" t="s">
         <v>9</v>
       </c>
       <c r="C590" t="s">
-        <v>296</v>
+        <v>283</v>
       </c>
       <c r="D590" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E590" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F590" t="s">
-        <v>39</v>
+        <v>13</v>
       </c>
       <c r="G590" s="1" t="s">
         <v>2234</v>
       </c>
       <c r="H590" t="s">
         <v>2235</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
         <v>2236</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>304</v>
+        <v>288</v>
       </c>
       <c r="D591" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E591" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F591" t="s">
         <v>13</v>
       </c>
       <c r="G591" s="1" t="s">
         <v>2237</v>
       </c>
       <c r="H591" t="s">
         <v>2238</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
         <v>2239</v>
       </c>
       <c r="B592" t="s">
         <v>9</v>
       </c>
       <c r="C592" t="s">
-        <v>308</v>
+        <v>296</v>
       </c>
       <c r="D592" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E592" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F592" t="s">
-        <v>179</v>
+        <v>39</v>
       </c>
       <c r="G592" s="1" t="s">
         <v>2240</v>
       </c>
       <c r="H592" t="s">
         <v>2241</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
         <v>2242</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>312</v>
+        <v>304</v>
       </c>
       <c r="D593" t="s">
-        <v>2068</v>
+        <v>2074</v>
       </c>
       <c r="E593" t="s">
-        <v>2069</v>
+        <v>2075</v>
       </c>
       <c r="F593" t="s">
-        <v>1990</v>
+        <v>13</v>
       </c>
       <c r="G593" s="1" t="s">
         <v>2243</v>
       </c>
       <c r="H593" t="s">
         <v>2244</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
         <v>2245</v>
       </c>
       <c r="B594" t="s">
         <v>9</v>
       </c>
       <c r="C594" t="s">
-        <v>17</v>
+        <v>308</v>
       </c>
       <c r="D594" t="s">
+        <v>2074</v>
+      </c>
+      <c r="E594" t="s">
+        <v>2075</v>
+      </c>
+      <c r="F594" t="s">
+        <v>179</v>
+      </c>
+      <c r="G594" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="E594" t="s">
+      <c r="H594" t="s">
         <v>2247</v>
-      </c>
-[...7 lines deleted...]
-        <v>2250</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2251</v>
+        <v>2248</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>56</v>
+        <v>312</v>
       </c>
       <c r="D595" t="s">
-        <v>2246</v>
+        <v>2074</v>
       </c>
       <c r="E595" t="s">
-        <v>2247</v>
+        <v>2075</v>
       </c>
       <c r="F595" t="s">
-        <v>2248</v>
+        <v>1975</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
       <c r="H595" t="s">
-        <v>2253</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
+        <v>2251</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>17</v>
+      </c>
+      <c r="D596" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E596" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F596" t="s">
         <v>2254</v>
-      </c>
-[...13 lines deleted...]
-        <v>2248</v>
       </c>
       <c r="G596" s="1" t="s">
         <v>2255</v>
       </c>
       <c r="H596" t="s">
         <v>2256</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
         <v>2257</v>
       </c>
       <c r="B597" t="s">
         <v>9</v>
       </c>
       <c r="C597" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="D597" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="E597" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="F597" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="G597" s="1" t="s">
         <v>2258</v>
       </c>
       <c r="H597" t="s">
         <v>2259</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
         <v>2260</v>
       </c>
       <c r="B598" t="s">
         <v>9</v>
       </c>
       <c r="C598" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D598" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="E598" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="F598" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="G598" s="1" t="s">
         <v>2261</v>
       </c>
       <c r="H598" t="s">
         <v>2262</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
         <v>2263</v>
       </c>
       <c r="B599" t="s">
         <v>9</v>
       </c>
       <c r="C599" t="s">
-        <v>91</v>
+        <v>43</v>
       </c>
       <c r="D599" t="s">
-        <v>2246</v>
+        <v>2252</v>
       </c>
       <c r="E599" t="s">
-        <v>2247</v>
+        <v>2253</v>
       </c>
       <c r="F599" t="s">
-        <v>2248</v>
+        <v>2254</v>
       </c>
       <c r="G599" s="1" t="s">
         <v>2264</v>
       </c>
       <c r="H599" t="s">
         <v>2265</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
         <v>2266</v>
       </c>
       <c r="B600" t="s">
         <v>9</v>
       </c>
       <c r="C600" t="s">
-        <v>10</v>
+        <v>47</v>
       </c>
       <c r="D600" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E600" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F600" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G600" s="1" t="s">
         <v>2267</v>
       </c>
-      <c r="E600" t="s">
+      <c r="H600" t="s">
         <v>2268</v>
-      </c>
-[...7 lines deleted...]
-        <v>2270</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
+        <v>2269</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>51</v>
+      </c>
+      <c r="D601" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E601" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F601" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2270</v>
+      </c>
+      <c r="H601" t="s">
         <v>2271</v>
-      </c>
-[...19 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
+        <v>2272</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>56</v>
+      </c>
+      <c r="D602" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E602" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F602" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2273</v>
+      </c>
+      <c r="H602" t="s">
         <v>2274</v>
       </c>
-      <c r="B602" t="s">
-[...2 lines deleted...]
-      <c r="C602" t="s">
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2275</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>61</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E603" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F603" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>65</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F604" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2279</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>69</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F605" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2282</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2283</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>74</v>
+      </c>
+      <c r="D606" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F606" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2285</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2286</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2287</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>78</v>
+      </c>
+      <c r="D607" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E607" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F607" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>82</v>
+      </c>
+      <c r="D608" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E608" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F608" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2292</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>86</v>
+      </c>
+      <c r="D609" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E609" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F609" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2294</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2295</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>91</v>
+      </c>
+      <c r="D610" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E610" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F610" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2297</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2298</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2299</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>96</v>
+      </c>
+      <c r="D611" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E611" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F611" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>104</v>
+      </c>
+      <c r="D612" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E612" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F612" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2303</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2305</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>109</v>
+      </c>
+      <c r="D613" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E613" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F613" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>113</v>
+      </c>
+      <c r="D614" t="s">
+        <v>2252</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2253</v>
+      </c>
+      <c r="F614" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2310</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2311</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
         <v>10</v>
       </c>
-      <c r="D602" t="s">
-[...12 lines deleted...]
-        <v>2278</v>
+      <c r="D615" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E615" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F615" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>17</v>
+      </c>
+      <c r="D616" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E616" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F616" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2318</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2319</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>21</v>
+      </c>
+      <c r="D617" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E617" t="s">
+        <v>2313</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>25</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F618" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2323</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2324</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2325</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>30</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F619" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2326</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2327</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>34</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F620" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2330</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>38</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F621" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>43</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2312</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2313</v>
+      </c>
+      <c r="F622" t="s">
+        <v>2254</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2335</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2337</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>10</v>
+      </c>
+      <c r="D623" t="s">
+        <v>2338</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F623" t="s">
+        <v>1975</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2341</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -23478,50 +24210,71 @@
     <hyperlink ref="G578" r:id="rId577"/>
     <hyperlink ref="G579" r:id="rId578"/>
     <hyperlink ref="G580" r:id="rId579"/>
     <hyperlink ref="G581" r:id="rId580"/>
     <hyperlink ref="G582" r:id="rId581"/>
     <hyperlink ref="G583" r:id="rId582"/>
     <hyperlink ref="G584" r:id="rId583"/>
     <hyperlink ref="G585" r:id="rId584"/>
     <hyperlink ref="G586" r:id="rId585"/>
     <hyperlink ref="G587" r:id="rId586"/>
     <hyperlink ref="G588" r:id="rId587"/>
     <hyperlink ref="G589" r:id="rId588"/>
     <hyperlink ref="G590" r:id="rId589"/>
     <hyperlink ref="G591" r:id="rId590"/>
     <hyperlink ref="G592" r:id="rId591"/>
     <hyperlink ref="G593" r:id="rId592"/>
     <hyperlink ref="G594" r:id="rId593"/>
     <hyperlink ref="G595" r:id="rId594"/>
     <hyperlink ref="G596" r:id="rId595"/>
     <hyperlink ref="G597" r:id="rId596"/>
     <hyperlink ref="G598" r:id="rId597"/>
     <hyperlink ref="G599" r:id="rId598"/>
     <hyperlink ref="G600" r:id="rId599"/>
     <hyperlink ref="G601" r:id="rId600"/>
     <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>